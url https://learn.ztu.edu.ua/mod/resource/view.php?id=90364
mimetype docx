--- v0 (2025-10-24)
+++ v1 (2026-03-27)
@@ -1,664 +1,1189 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2B395AF5" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="002630BE" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002630BE">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Міністерство освіти і науки України</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52633235" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Державний університет «Житомирська політехніка»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="428A06DA" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
+    <w:p w14:paraId="7523C545" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRPr="00107B60" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF1481">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Факультет </w:t>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Факультет: бізнесу та сфери обслуговування</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7853D216" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRPr="00107B60" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рівень вищої освіти: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">бізнесу та сфери обслуговування </w:t>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>перший</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>бакалаврський</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4435ACBE" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
+    <w:p w14:paraId="42AF9718" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRPr="00107B60" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
       <w:pPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ступінь: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>бакалавр</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5A30BCCE" w14:textId="663C9608" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
+    <w:p w14:paraId="65444C5B" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRPr="00107B60" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
       <w:pPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF1481">
-[...11 lines deleted...]
-        <w:t>та цифрової економіки</w:t>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Спеціальність: 072 «Фінанси, банківська, страхування та фондовий ринок»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AC80521" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
+    <w:p w14:paraId="08323AB2" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRPr="00107B60" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
       <w:pPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Освітньо-професійна програма: «Фінанси, банківська справа, страхування та фондовий ринок»</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="067971BF" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
+    <w:p w14:paraId="0A0266E7" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRPr="00107B60" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
       <w:pPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Курс: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE791F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>І Група ФБСМ-1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7C0D6D0C" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
+    <w:p w14:paraId="19327427" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRPr="00107B60" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
       <w:pPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...16 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Кафедра: фінансів та цифрової економіки</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="58F8A658" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="561261D9" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF1481">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ЗВІТ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A40A08B" w14:textId="51A2F7CF" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
+    <w:p w14:paraId="1A40A08B" w14:textId="36D571A0" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="00FE791F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF1481">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ПРО ПРОХОДЖЕННЯ </w:t>
+        <w:t>З</w:t>
+      </w:r>
+      <w:r w:rsidR="0064487F" w:rsidRPr="00DF1481">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA7AC2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>НАВЧАЛЬНОЇ ПРАКТИКИ</w:t>
       </w:r>
-    </w:p>
-[...100 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="6241EEAA" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Об’єкт дослідження: </w:t>
       </w:r>
       <w:r w:rsidRPr="00104B4C">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Україна</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="166DE446" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
+    <w:p w14:paraId="5D7A5156" w14:textId="0D54EB7A" w:rsidR="00FE791F" w:rsidRPr="00107B60" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Термін практики: з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE791F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE791F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE791F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE791F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>січня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE791F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE791F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE791F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE791F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>лютого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE791F">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> р.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="166DE446" w14:textId="39D651CB" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="00FE791F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Виконав здобувач закладу вищої освіти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104B4C">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Іванов Іван Іванович</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="10DB1638" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FF00C14" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
+    <w:p w14:paraId="44375EA2" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
       <w:pPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Керівники практики</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="770C3BC5" w14:textId="5ADEEEBE" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
-[...188 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4468"/>
+        <w:gridCol w:w="1336"/>
+        <w:gridCol w:w="3767"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FE791F" w14:paraId="6B657B99" w14:textId="77777777" w:rsidTr="00FE791F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3495D36C" w14:textId="58729B44" w:rsidR="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">професор кафедри, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>д.е.н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>. проф.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72DCAE33" w14:textId="7EC4D6DC" w:rsidR="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3793" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1713BDCF" w14:textId="11396FD3" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE791F">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Полчанов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE791F">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Андрій Юрійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE791F" w14:paraId="51E8BD9C" w14:textId="77777777" w:rsidTr="00FE791F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F438EC6" w14:textId="7D02D794" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE791F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>посада, вчене звання, науковий ступінь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC914E0" w14:textId="40E4DA75" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE791F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>підпис</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3793" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3632B223" w14:textId="738DB003" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE791F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>ПІБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="484A9691" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="707F0E17" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
+    <w:p w14:paraId="5F13FCCA" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRPr="00107B60" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Дата складання заліку «____»__________ 2025 року</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD5BDF5" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRPr="00107B60" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оцінка: за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>нац</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. шкалою ________ ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE51B0C" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Кількість балів____ За шкалою ЄКТС____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E7EA7F" w14:textId="3FBCB7D0" w:rsidR="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+      <w:pPr>
+        <w:ind w:left="3539"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107B60">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Члени комісії</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="5211" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1284"/>
+        <w:gridCol w:w="3076"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FE791F" w:rsidRPr="00FE791F" w14:paraId="13A45D22" w14:textId="77777777" w:rsidTr="00FE791F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48880FE5" w14:textId="0DF4AF0B" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D6A5D3" w14:textId="0A1B2913" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE791F" w:rsidRPr="00FE791F" w14:paraId="6578099A" w14:textId="77777777" w:rsidTr="00FE791F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23958DC9" w14:textId="54BD02C8" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE791F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>підпис</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6D26D8" w14:textId="7220830D" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE791F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>ПІБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE791F" w:rsidRPr="00FE791F" w14:paraId="0EADDC11" w14:textId="77777777" w:rsidTr="00FE791F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="491550AE" w14:textId="7123B734" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51C50717" w14:textId="0238401A" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE791F" w:rsidRPr="00FE791F" w14:paraId="7C47DCC1" w14:textId="77777777" w:rsidTr="00FE791F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE0426E" w14:textId="6DAD1656" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE791F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>підпис</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C615006" w14:textId="17F4AB46" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE791F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>ПІБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE791F" w:rsidRPr="00FE791F" w14:paraId="3EE4763E" w14:textId="77777777" w:rsidTr="00FE791F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BECCB80" w14:textId="5E569FBB" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7647E336" w14:textId="3C3ABFD8" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE791F" w:rsidRPr="00FE791F" w14:paraId="63CDBD15" w14:textId="77777777" w:rsidTr="00FE791F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D990A74" w14:textId="5C7D05E9" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE791F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>підпис</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5332ED7D" w14:textId="3B374784" w:rsidR="00FE791F" w:rsidRPr="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="00FE791F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE791F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>ПІБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3F7C9F26" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="554C8B41" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
+    <w:p w14:paraId="295BC8AC" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7487230A" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
+    <w:p w14:paraId="24520F97" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F581C15" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
+    <w:p w14:paraId="01F30204" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="0064487F">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59178D2A" w14:textId="77777777" w:rsidR="00FE791F" w:rsidRDefault="00FE791F" w:rsidP="0064487F">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F581C15" w14:textId="62A117B6" w:rsidR="0064487F" w:rsidRPr="00DF1481" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF1481">
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Житомир</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2CAE45" w14:textId="77777777" w:rsidR="00FC64B6" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00104B4C">
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A47AC8" w14:textId="0C9CFEF8" w:rsidR="00FC64B6" w:rsidRDefault="00FC64B6">
+    <w:p w14:paraId="00A47AC8" w14:textId="6E0CB5E1" w:rsidR="00FE791F" w:rsidRDefault="00FE791F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AA7078" w14:textId="77777777" w:rsidR="00FC64B6" w:rsidRDefault="00FC64B6">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:id w:val="1864320526"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
@@ -668,383 +1193,470 @@
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="745923E3" w14:textId="143A5AB1" w:rsidR="00414311" w:rsidRPr="00414311" w:rsidRDefault="00414311" w:rsidP="00414311">
           <w:pPr>
             <w:pStyle w:val="ab"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00414311">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Зміст</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="51B62867" w14:textId="448D0A7F" w:rsidR="00BE3DD5" w:rsidRDefault="00414311">
+        <w:p w14:paraId="42C5651B" w14:textId="11AF15D6" w:rsidR="00481953" w:rsidRDefault="00414311">
           <w:pPr>
             <w:pStyle w:val="11"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9345"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc56099310" w:history="1">
-            <w:r w:rsidR="00BE3DD5" w:rsidRPr="00787232">
+          <w:hyperlink w:anchor="_Toc213866115" w:history="1">
+            <w:r w:rsidR="00481953" w:rsidRPr="007C7FC4">
               <w:rPr>
                 <w:rStyle w:val="aa"/>
                 <w:noProof/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1. Оцінка масштабів економіки та рівня економічного розвитку</w:t>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r w:rsidR="00481953">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r w:rsidR="00481953">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r w:rsidR="00481953">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc56099310 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BE3DD5">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213866115 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00481953">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r w:rsidR="00481953">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000107C4">
+            <w:r w:rsidR="00481953">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r w:rsidR="00481953">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5438E257" w14:textId="208C8E32" w:rsidR="00BE3DD5" w:rsidRDefault="00000000">
+        <w:p w14:paraId="29C49646" w14:textId="71D3E9E4" w:rsidR="00481953" w:rsidRDefault="00481953">
           <w:pPr>
             <w:pStyle w:val="11"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9345"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc56099311" w:history="1">
-            <w:r w:rsidR="00BE3DD5" w:rsidRPr="00787232">
+          <w:hyperlink w:anchor="_Toc213866116" w:history="1">
+            <w:r w:rsidRPr="007C7FC4">
               <w:rPr>
                 <w:rStyle w:val="aa"/>
                 <w:noProof/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2. Оцінка рівня зайнятості в національній економіці</w:t>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc56099311 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BE3DD5">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213866116 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000107C4">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2550052A" w14:textId="36B067B7" w:rsidR="00BE3DD5" w:rsidRDefault="00000000">
+        <w:p w14:paraId="75C5D09F" w14:textId="20E343BB" w:rsidR="00481953" w:rsidRDefault="00481953">
           <w:pPr>
             <w:pStyle w:val="11"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9345"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc56099312" w:history="1">
-            <w:r w:rsidR="00BE3DD5" w:rsidRPr="00787232">
+          <w:hyperlink w:anchor="_Toc213866117" w:history="1">
+            <w:r w:rsidRPr="007C7FC4">
               <w:rPr>
                 <w:rStyle w:val="aa"/>
                 <w:noProof/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3. Оцінка стану публічних фінансів</w:t>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc56099312 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BE3DD5">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213866117 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000107C4">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="09E2E2C5" w14:textId="7814EF2F" w:rsidR="00BE3DD5" w:rsidRDefault="00000000">
+        <w:p w14:paraId="40E151C2" w14:textId="1DD3EBD8" w:rsidR="00481953" w:rsidRDefault="00481953">
           <w:pPr>
             <w:pStyle w:val="11"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9345"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc56099313" w:history="1">
-            <w:r w:rsidR="00BE3DD5" w:rsidRPr="00787232">
+          <w:hyperlink w:anchor="_Toc213866118" w:history="1">
+            <w:r w:rsidRPr="007C7FC4">
               <w:rPr>
                 <w:rStyle w:val="aa"/>
                 <w:noProof/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4. Оцінка обсягів та динаміки зміни золотовалютних резервів та їх чутливості до зміни обсягу експорту</w:t>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc56099313 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BE3DD5">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213866118 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000107C4">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00BE3DD5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1AC2AA49" w14:textId="7FA0AA67" w:rsidR="00414311" w:rsidRDefault="00414311">
+        <w:p w14:paraId="1F0A4BD5" w14:textId="604C21D5" w:rsidR="00481953" w:rsidRDefault="00481953">
+          <w:pPr>
+            <w:pStyle w:val="11"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9345"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213866119" w:history="1">
+            <w:r w:rsidRPr="007C7FC4">
+              <w:rPr>
+                <w:rStyle w:val="aa"/>
+                <w:noProof/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Список використаних джерел</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213866119 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1AC2AA49" w14:textId="690BE160" w:rsidR="00414311" w:rsidRDefault="00414311">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="723A4FBB" w14:textId="698951CC" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07E82A13" w14:textId="5DEBB7B9" w:rsidR="00FC64B6" w:rsidRDefault="00FC64B6" w:rsidP="00FC64B6">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc56099310"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc213866115"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC64B6">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Оцінк</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC64B6">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> масштабів економіки та рівня економічного розвитку</w:t>
       </w:r>
@@ -1101,148 +1713,246 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> якої </w:t>
       </w:r>
       <w:r w:rsidRPr="00626536">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>багатогалузева промисловість, сільське господарство і сфера послуг.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B43591F" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Відповідно до бази даних Групи Світового банку ВВП України зріс з 31,26 млрд дол. США у 2000 р. до </w:t>
+        <w:t xml:space="preserve">Відповідно до бази даних Групи Світового банку ВВП України зріс з 31,26 млрд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. США у 2000 р. до </w:t>
       </w:r>
       <w:r w:rsidRPr="003F6B68">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>130,83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> млрд дол. США у 2018 р., тобто на </w:t>
+        <w:t xml:space="preserve"> млрд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. США у 2018 р., тобто на </w:t>
       </w:r>
       <w:r w:rsidRPr="003F6B68">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>99,57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> млрд дол. США або на 318,51 % (рис. 1). У цей період середній річний абсолютний приріст у 2000–2018 рр. ВВП складав 5,5 млрд дол. США (тобто ВВП України щорічно зростав в середньому на 5,5 млрд дол. США протягом 2000–2018 рр.), а середній річний темп зростання склав 1,082 (тобто ВВП зростав в середньому на 8,2 % щорічно протягом 2000–2018 рр.).</w:t>
+        <w:t xml:space="preserve"> млрд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. США або на 318,51 % (рис. 1). У цей період середній річний абсолютний приріст у 2000–2018 рр. ВВП складав 5,5 млрд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. США (тобто ВВП України щорічно зростав в середньому на 5,5 млрд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. США протягом 2000–2018 рр.), а середній річний темп зростання склав 1,082 (тобто ВВП зростав в середньому на 8,2 % щорічно протягом 2000–2018 рр.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21BEC0D9" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Найбільше значення ВВП спостерігалось у 2008 році (</w:t>
       </w:r>
       <w:r w:rsidRPr="00E134CA">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>179,82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> млрд дол. США), а найменше у 2000 р. – </w:t>
+        <w:t xml:space="preserve"> млрд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. США), а найменше у 2000 р. – </w:t>
       </w:r>
       <w:r w:rsidRPr="00E134CA">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>31,26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> млрд дол. США. При цьому економіка зросла найбільше у 2004 році (ВВП зріс за рік на 12,11 %), а найменше – у 2009 р. (скорочення ВВП за рік – </w:t>
+        <w:t xml:space="preserve"> млрд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. США. При цьому економіка зросла найбільше у 2004 році (ВВП зріс за рік на 12,11 %), а найменше – у 2009 р. (скорочення ВВП за рік – </w:t>
       </w:r>
       <w:r w:rsidRPr="00E134CA">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>14,76%</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DF8FC5B" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="0022687E" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E134CA">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2EA4D45C" wp14:editId="7F6F70FF">
             <wp:extent cx="5911215" cy="3987209"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Диаграмма 8"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="43F5F963" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Рис. 1. Динаміка ВВП України протягом 2000– 2018 рр.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E6D2BFF" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -1264,97 +1974,111 @@
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>У свою чергу рівень економічного розвитку, що визначається таким показником як ВВП на душу населення за підсумками 2018 р. в Україні був менший ніж значення аналогічного показника, як у сусідніх країнах (Молдові, Білорусі, Росії, Румунії, Польщі, Угорщині, Словаччині), так і в Європейському Союзі та світі в цілому (рис. 2).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53CC3E1E" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7278F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="633DCE83" wp14:editId="552859D2">
             <wp:extent cx="5937662" cy="3930732"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Диаграмма 1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D77F716" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Рис. 2. ВВП на душу населення в Україні </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:br/>
-        <w:t>та сусідніх країнах за підсумками 2018 р., дол. США</w:t>
+        <w:t xml:space="preserve">та сусідніх країнах за підсумками 2018 р., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. США</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4F004D" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10E24E4F" w14:textId="558B8F83" w:rsidR="00FC64B6" w:rsidRDefault="00FC64B6" w:rsidP="00FC64B6">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc56099311"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc213866116"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Оцінка </w:t>
       </w:r>
       <w:r w:rsidRPr="003C4E09">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>рівн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>я</w:t>
       </w:r>
       <w:r w:rsidRPr="003C4E09">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> зайнятості в національній економіці</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
@@ -1405,160 +2129,202 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F4141">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, тобто на </w:t>
       </w:r>
       <w:r w:rsidRPr="003F4141">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2,33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в.п. (рис. 3). При цьому серед чоловічого населення рівень безробіття знизився на </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>в.п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (рис. 3). При цьому серед чоловічого населення рівень безробіття знизився на </w:t>
       </w:r>
       <w:r w:rsidRPr="003F4141">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>1,63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в.п., а серед жіночого на </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>в.п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., а серед жіночого на </w:t>
       </w:r>
       <w:r w:rsidRPr="003F4141">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>3,12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t> в.п. відповідно.</w:t>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>в.п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. відповідно.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F1AFE9A" w14:textId="25C67E4A" w:rsidR="00F66BB2" w:rsidRDefault="00F66BB2">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2443500E" w14:textId="77777777" w:rsidR="00F66BB2" w:rsidRDefault="00F66BB2" w:rsidP="00F66BB2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE104C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E2CE10A" wp14:editId="7CAAD91C">
             <wp:extent cx="5949315" cy="5049672"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Диаграмма 4"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4562E661" w14:textId="77777777" w:rsidR="00F66BB2" w:rsidRDefault="00F66BB2" w:rsidP="00F66BB2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Рис. 3. Рівень безробіття в Україні у 2000-2018 рр. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:br/>
         <w:t>(за оцінкою Міжнародної організації праці)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AE792FB" w14:textId="77777777" w:rsidR="00F66BB2" w:rsidRDefault="00F66BB2" w:rsidP="003C34C5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19A6075B" w14:textId="1E52FDB5" w:rsidR="00F66BB2" w:rsidRDefault="00F66BB2" w:rsidP="00F66BB2">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc56099312"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc213866117"/>
       <w:bookmarkStart w:id="3" w:name="_Hlk56098727"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Оцінка </w:t>
       </w:r>
       <w:r w:rsidRPr="00F66BB2">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>стан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r w:rsidRPr="00F66BB2">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> публічних фінансів</w:t>
       </w:r>
@@ -1593,51 +2359,51 @@
         <w:t>За підсумками 2017 р. частка державних видатків у ВВП в Україні склала 33,35 %, що вище ніж у Молдові, Білорусі, Росії та Румунії та перевищала загальносвітовий рівень (рис. 4). У той же час більший рівень державної централізації ВВП був у Польщі (34,21 %), Словаччині (38,85%) та Угорщині (42,21 %).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="470A4AE7" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80B2C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36A1D976" wp14:editId="7A2044D4">
             <wp:extent cx="5940425" cy="3083944"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Диаграмма 7"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="70E864EB" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Рис. 4. Частка державних видатків до ВВП в Україні </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -1666,81 +2432,81 @@
         </w:rPr>
         <w:t>За результатами вивчення структури державних доходів в Україні встановлено, що головним джерелом надходжень до державних фондів (рис. 5) були податки на товари та послуги (43,99 %), соціальні внески (18,94 %), податки з доходу, прибутку та на приріст капіталу (14,50 %).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7740E1FA" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007076C9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="42FD655D" wp14:editId="6B61A2BD">
             <wp:extent cx="5741035" cy="3411941"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="12" name="Диаграмма 5"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2A1A7A" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Рис. 5. Структура державних доходів України за підсумками 2017 р.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66A92715" w14:textId="32BF6A82" w:rsidR="005106A5" w:rsidRDefault="005106A5" w:rsidP="005106A5">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc56099313"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc213866118"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4. Оцінка </w:t>
       </w:r>
       <w:r w:rsidRPr="005106A5">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>обсяг</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ів</w:t>
       </w:r>
       <w:r w:rsidRPr="005106A5">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> та динамік</w:t>
       </w:r>
@@ -1779,200 +2545,2085 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> до зміни обсягу експорту</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="1CF57B9F" w14:textId="647CCDA0" w:rsidR="005106A5" w:rsidRDefault="005106A5" w:rsidP="003C34C5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7114869B" w14:textId="7DBB7E9E" w:rsidR="003C34C5" w:rsidRDefault="003C34C5" w:rsidP="003C34C5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Золотовалютні резерви України протягом 2000–2018 рр. зросли на 19,34 млрд дол. США, тобто у </w:t>
+        <w:t xml:space="preserve">Золотовалютні резерви України протягом 2000–2018 рр. зросли на 19,34 млрд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. США, тобто у </w:t>
       </w:r>
       <w:r w:rsidRPr="00D33442">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>14,09</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> раза, і становили на кінець аналізованого періоду 20,82 млрд дол. США (рис. 6). При цьому найбільший їх обсяг був у 2010 р. (34,57 млрд. дол. США), а найменший у 2000 – 1,48 млрд. дол. США.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>раза</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, і становили на кінець аналізованого періоду 20,82 млрд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. США (рис. 6). При цьому найбільший їх обсяг був у 2010 р. (34,57 млрд. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. США), а найменший у 2000 – 1,48 млрд. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. США.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B7CEE5B" w14:textId="77777777" w:rsidR="003C34C5" w:rsidRDefault="003C34C5" w:rsidP="003C34C5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Порівнюючи обсяги експорту товарів та послуг із обсягом золотовалютних резервів (рис. 7) виявлено прямий лінійний взаємозв'язок між ними (зростання експорту на 1 млрд дол. США в середньому призводило до зростання золотовалютних резервів на 0,395 млрд дол. США).</w:t>
+        <w:t xml:space="preserve">Порівнюючи обсяги експорту товарів та послуг із обсягом золотовалютних резервів (рис. 7) виявлено прямий лінійний взаємозв'язок між ними (зростання експорту на 1 млрд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. США в середньому призводило до зростання золотовалютних резервів на 0,395 млрд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. США).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CC3F7DD" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D33442">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7341348E" wp14:editId="278A27BE">
             <wp:extent cx="5427023" cy="3431969"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="13" name="Диаграмма 9"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1508C5A2" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Рис. 6. Обсяги золотовалютних резервів України </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:br/>
-        <w:t>у 2000-2018 рр., млрд дол. США</w:t>
+        <w:t xml:space="preserve">у 2000-2018 рр., млрд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. США</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C92A45B" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D33442">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A237D1C" wp14:editId="3E839A40">
             <wp:extent cx="5940425" cy="2918434"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="14" name="Диаграмма 10"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="70B7FBFD" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Рис. 7. Залежність золотовалютних резервів від експорту товарів та послуг України у 2000-2018 рр.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D4B1D4F" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25B0380B" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="003C34C5">
+    <w:p w14:paraId="25B0380B" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="00120CD1">
       <w:pPr>
-        <w:spacing w:line="312" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Отже, незважаючи на помітне зростання масштабів національної економіки України (ВВП зріс в 4,18 раза), рівень її економічного розвитку поступався рівню сусідніх країн. Головним джерелом формування державних доходів були податки та соціальні внески (близько 80 % доходів). Зміна обсягів золотовалютних резервів демонструвала неоднозначну динаміку, але протягом 2014-2018 рр. простежується тенденція до їх зростання.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Отже, незважаючи на помітне зростання масштабів національної економіки України (ВВП зріс в 4,18 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:t>раза</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>), рівень її економічного розвитку поступався рівню сусідніх країн. Головним джерелом формування державних доходів були податки та соціальні внески (близько 80 % доходів). Зміна обсягів золотовалютних резервів демонструвала неоднозначну динаміку, але протягом 2014-2018 рр. простежується тенденція до їх зростання.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7462B763" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="001C3EF0" w:rsidP="0064487F">
+    <w:p w14:paraId="7AE4ABE1" w14:textId="46C51FFD" w:rsidR="00481953" w:rsidRPr="00481953" w:rsidRDefault="00481953" w:rsidP="00481953">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc213866119"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Список використаних джерел</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="794EDDDE" w14:textId="77777777" w:rsidR="00481953" w:rsidRPr="00481953" w:rsidRDefault="00481953" w:rsidP="00120CD1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Expense</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GDP)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The World Bank Group. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00481953">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://data.worldbank.org/indicator/GC.XPN.TOTL.GD.ZS</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="61A294E4" w14:textId="77777777" w:rsidR="00481953" w:rsidRPr="00481953" w:rsidRDefault="00481953" w:rsidP="00120CD1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Exports</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>goods</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>current</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> US$)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The World Bank Group. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00481953">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://data.worldbank.org/indicator/NE.EXP.GNFS.CD</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3536E9C9" w14:textId="77777777" w:rsidR="00481953" w:rsidRPr="00481953" w:rsidRDefault="00481953" w:rsidP="00120CD1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GDP (current US$). The World Bank Group. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00481953">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://data.worldbank.org/indicator/NY.GDP.MKTP.CD</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="16B3A0A2" w14:textId="77777777" w:rsidR="00481953" w:rsidRPr="00481953" w:rsidRDefault="00481953" w:rsidP="00120CD1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GDP </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>growth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>annual</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The World Bank Group. URL: https://data.worldbank.org/indicator/NY.GDP.MKTP.KD.ZG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04262DD0" w14:textId="77777777" w:rsidR="00481953" w:rsidRPr="00481953" w:rsidRDefault="00481953" w:rsidP="00120CD1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GDP </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>capita</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>current</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> US$)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The World Bank Group. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00481953">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://data.worldbank.org/indicator/NY.GDP.PCAP.CD</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="47B83890" w14:textId="77777777" w:rsidR="00481953" w:rsidRPr="00481953" w:rsidRDefault="00481953" w:rsidP="00120CD1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Social</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>contributions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>revenue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The World Bank Group. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00481953">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://data.worldbank.org/indicator/GC.REV.SOCL.ZS</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="015EC867" w14:textId="77777777" w:rsidR="00481953" w:rsidRPr="00481953" w:rsidRDefault="00481953" w:rsidP="00120CD1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Taxes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>goods</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>revenue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The World Bank Group. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00481953">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://data.worldbank.org/indicator/GC.TAX.GSRV.RV.ZS</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2C3AD3F6" w14:textId="77777777" w:rsidR="00481953" w:rsidRPr="00481953" w:rsidRDefault="00481953" w:rsidP="00120CD1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Taxes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>income</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>profits</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>capital</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>gains</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>revenue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The World Bank Group. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00481953">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://data.worldbank.org/indicator/GC.TAX.YPKG.RV.ZS</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="67E25537" w14:textId="77777777" w:rsidR="00481953" w:rsidRPr="00481953" w:rsidRDefault="00481953" w:rsidP="00120CD1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Taxes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>international</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>trade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>revenue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The World Bank Group. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00481953">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://data.worldbank.org/indicator/GC.TAX.INTT.RV.ZS</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="70EC03F2" w14:textId="77777777" w:rsidR="00481953" w:rsidRPr="00481953" w:rsidRDefault="00481953" w:rsidP="00120CD1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Total</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>reserves</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>includes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>gold</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>current</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> US$)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The World Bank Group. URL: https://data.worldbank.org/indicator/FI.RES.TOTL.CD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29603EB8" w14:textId="77777777" w:rsidR="00481953" w:rsidRPr="00481953" w:rsidRDefault="00481953" w:rsidP="00120CD1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Unemployment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>female</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>female</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>labor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>force</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>modeled</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ILO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>estimate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The World Bank Group. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00481953">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://data.worldbank.org/indicator/SL.UEM.TOTL.FE.ZS</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6C52F095" w14:textId="77777777" w:rsidR="00481953" w:rsidRPr="00481953" w:rsidRDefault="00481953" w:rsidP="00120CD1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Unemployment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>male</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>male</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>labor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>force</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>modeled</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ILO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>estimate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481953">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The World Bank Group. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00481953">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://data.worldbank.org/indicator/SL.UEM.TOTL.MA.ZS</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="45268D5A" w14:textId="25C162BA" w:rsidR="00481953" w:rsidRPr="00120CD1" w:rsidRDefault="00481953" w:rsidP="00D62463">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Unemployment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>total</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>total</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>labor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>force</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>modeled</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ILO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>estimate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The World Bank Group. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00120CD1">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://data.worldbank.org/indicator/SL.UEM.TOTL.ZS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00120CD1">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7462B763" w14:textId="289DB49C" w:rsidR="0064487F" w:rsidRDefault="001C3EF0" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Додаток А</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A22566A" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1982,1172 +4633,2196 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9719" w:type="dxa"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4681"/>
         <w:gridCol w:w="5038"/>
       </w:tblGrid>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="17D7C187" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6259E750" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Англійською мовою</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E0BDADB" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Українською мовою</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="6A89B329" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B2813D6" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Expense (% of GDP)</w:t>
-[...20 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:t>Expense</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> (% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Державні видатки (% від ВВП)</w:t>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> GDP)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5038" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8DD0A2" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Державні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>видатки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>від</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВВП)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="57A14DBF" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3FAB23B5" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Exports of goods and services (current US$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23859B3E" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Експорт товарів та послуг (у дол. США за поточними цінами)</w:t>
+              <w:t>Експорт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>товарів</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>послуг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (у дол. США за </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>поточними</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цінами</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="2876DEA1" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62308960" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>GDP (current US$)</w:t>
-[...20 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:t>GDP (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>current</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ВВП (у дол. США за поточними цінами)</w:t>
+              <w:t xml:space="preserve"> US$)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5038" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1324C7" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ВВП (у дол. США за </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>поточними</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цінами</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="757FE2B8" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73479589" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>GDP growth (annual %)</w:t>
-[...20 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:t xml:space="preserve">GDP </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>growth</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Зростання ВВП (річний %)</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>annual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> %)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5038" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C409AD0" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Зростання</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВВП (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>річний</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="4A99D064" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46299FC9" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>GDP per capita (current US$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45E3AE12" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ВВП на душу населення (у дол. США за поточними цінами)</w:t>
+              <w:t xml:space="preserve">ВВП на душу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>населення</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (у дол. США за </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>поточними</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цінами</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="15BB656A" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09DC5CBB" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Social contributions (% of revenue)</w:t>
-[...20 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:t xml:space="preserve">Social </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>contributions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Соціальні внески (% від доходу)</w:t>
+              <w:t xml:space="preserve"> (% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>revenue</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5038" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65DE2196" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соціальні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>внески</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>від</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доходу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="1353309B" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="512E58E4" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Taxes on goods and services (% of revenue)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A15044E" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Податки на товари та послуги (% від доходу)</w:t>
+              <w:t>Податки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>товари</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>послуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>від</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доходу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="54153317" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="797C5EFB" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Taxes on income, profits and capital gains (% of revenue)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3354B7A0" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Податки з доходу, прибутку та приросту капіталу (% від доходу)</w:t>
+              <w:t>Податки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> з доходу, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>прибутку</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та приросту </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>капіталу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>від</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доходу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="7EF932FE" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C55DB83" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Taxes on international trade (% of revenue)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14D3087C" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Податки з міжнародної торгівлі (% від доходу)</w:t>
+              <w:t>Податки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> з </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>міжнародної</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>торгівлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>від</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доходу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="323F14C8" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39263216" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Total reserves (includes gold, current US$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="095C3A8E" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Золотовалютні резерви (у дол. США за поточними цінами)</w:t>
+              <w:t>Золотовалютні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>резерви</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (у дол. США за </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>поточними</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цінами</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="6B8141CC" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="390D032A" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Unemployment, female (% of female labor force) (modeled ILO estimate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="433F392D" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Безробіття, жінки (% жіночої робочої сили) (за підрахунками МОП)</w:t>
+              <w:t>Безробіття</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жінки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жіночої</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>робочої</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сили) (за </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>підрахунками</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> МОП)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="5D475E75" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58C60FC4" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Unemployment, male (% of male labor force) (modeled ILO estimate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4157B855" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Безробіття, чоловіки (% чоловічої робочої сили) (за підрахунками МОП)</w:t>
+              <w:t>Безробіття</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>чоловіки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>чоловічої</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>робочої</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сили) (за </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>підрахунками</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> МОП)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064487F" w:rsidRPr="00D33442" w14:paraId="0D0A2932" w14:textId="77777777" w:rsidTr="00414311">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15FF9695" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Unemployment, total (% of total labor force) (modeled ILO estimate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09409113" w14:textId="77777777" w:rsidR="0064487F" w:rsidRPr="00D33442" w:rsidRDefault="0064487F" w:rsidP="00414311">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D33442">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Безробіття, загальна (% від загальної робочої сили) (за підрахунками МОП)</w:t>
+              <w:t>Безробіття</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>загальна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>від</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>загальної</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>робочої</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сили) (за </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>підрахунками</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D33442">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> МОП)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="59DB2BD8" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="0064487F" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="482DDEA7" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRDefault="001C3EF0">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="22C376B3" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="0064487F">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:sectPr w:rsidR="001C3EF0" w:rsidSect="009D3DEB">
-          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="default" r:id="rId26"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="381"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FAD7630" w14:textId="77777777" w:rsidR="0064487F" w:rsidRDefault="001C3EF0" w:rsidP="00347F02">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Додаток Б</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C9BDC03" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="00347F02">
@@ -3188,10299 +6863,10287 @@
         <w:gridCol w:w="659"/>
         <w:gridCol w:w="659"/>
         <w:gridCol w:w="659"/>
         <w:gridCol w:w="659"/>
         <w:gridCol w:w="659"/>
         <w:gridCol w:w="659"/>
         <w:gridCol w:w="659"/>
         <w:gridCol w:w="659"/>
         <w:gridCol w:w="659"/>
         <w:gridCol w:w="659"/>
         <w:gridCol w:w="653"/>
       </w:tblGrid>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="785B3F14" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0254515C" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C3EF0">
-[...6 lines deleted...]
-              <w:t>Indicator Name</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Indicator</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77C1EA0B" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="653CADF8" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63EAEB51" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="465275AA" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6478E288" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C976B34" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27F85DAB" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E2E304D" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4CFFE93E" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10A3BF53" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74EF97C9" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="269EE28C" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3865D752" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3602430D" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FD31088" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2F2DFDD6" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="126FB8B6" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="630DD9E8" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="256D978A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="223C878B" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F8FDA13" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C3EF0">
-[...19 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Expense</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> GDP)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="226" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CADF5D4" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>26,87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28BC8136" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>27,64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62B5BB1F" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>29,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70D8918A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>29,74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F544FF2" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>33,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="208BD7A6" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>36,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FDCC1E3" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>36,83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4306FF5A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>34,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E7EEA05" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>37,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65E4C936" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>40,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1507FF27" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>41,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6ED4292C" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>38,27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C3C6B0D" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>41,07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14E3CB7C" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>40,20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02020DE5" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>43,54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23DBC65C" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>37,37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41558BCB" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>33,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09E0C976" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>33,58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F9D57C3" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="56D9346D" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07289FB7" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Exports of goods and services (current US$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C83D625" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>19 521 221 885</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28BB18CB" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>19 941 549 859</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CB2E4EF" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>22 091 578 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66057FB6" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>27 388 564 892</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C014F9E" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>39 057 153 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59584CD2" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>41 949 382 403</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B87E7D6" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>47 525 544 554</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17D5C487" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>60 543 960 396</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7EE122F7" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">79 896 </w:t>
             </w:r>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>529 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E075937" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>51 428 149 707</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AF653A5" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>63 998 815 464</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="76F3B169" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>81 280 184 748</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7DEA0C7E" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>83 884 244 775</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16EE27A6" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>78 744 026 023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4973D81B" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>64 873 261 713</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C36649D" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>47 880 172 307</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DBECEF3" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>46 023 216 040</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C161A1E" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>53 867 411 624</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66F4C291" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>59 149 280 344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="29C325AB" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65BD2E2F" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GDP (current US$)</w:t>
-[...12 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>GDP (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>current</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> US$)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="226" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25A1B331" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>31 261 527 363</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47642AC7" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>37 972 301 335</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="68C9F52C" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>42 351 593 887</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26CF93DE" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>50 084 197 498</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0468814C" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>64 819 702 952</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3834E553" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>86 057 915 585</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="604E7B24" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>107 647 920 792</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DD6F3B0" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>142 579 603 960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A4F7815" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>179 816 790 705</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55BEB2F7" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>117 113 410 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FE498F5" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>136 013 155 905</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4FCC9FB5" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>163 159 671 670</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7817BF23" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>175 781 379 051</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="420CA07E" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>183 310 146 378</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7975E87F" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>133 503 411 376</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B655177" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>91 030 959 455</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="38F3097D" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>93 355 993 629</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5EBFD048" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>112 190 355 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FA64C1E" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>130 832 374 405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="67D931DC" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E88D3E2" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GDP growth (annual %)</w:t>
-[...12 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t xml:space="preserve">GDP </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>growth</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>annual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> %)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="226" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="223558E0" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="739F3FB2" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9,20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F5B83F4" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34E1FDE2" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CD5A390" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>12,11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0AF0AAB3" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DD15145" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72279F67" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7,59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="751B1C5D" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C1C15FF" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>-14,76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C849501" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15551824" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5,47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C8BC935" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="19B2F5EF" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>-0,03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01919916" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>-6,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="49AA8A81" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>-9,77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E904278" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F52BF19" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="547A0330" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="16B93790" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="125AB491" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>GDP per capita (current US$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CCDEAE1" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>635,71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42B8892A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>779,98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C72D86A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>878,62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CE53147" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1047,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1FA0314F" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1366,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F90663C" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1826,93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41AEF106" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2300,77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F615C3A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3065,61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="051C103D" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3887,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20A7AEAE" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2543,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BE51DBB" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2965,14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FB26493" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3569,76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="79C94CD7" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3855,42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A95D49C" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4029,72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="210A2BEE" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3104,66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E441956" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2124,66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="358CC3D9" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2187,73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="744219DF" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2640,68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26E76923" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3095,17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="039086CB" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A954C9A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Social contributions (% of revenue)</w:t>
-[...12 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t xml:space="preserve">Social </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>contributions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>revenue</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C3EF0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="226" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CA8A01D" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>30,41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C134F27" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>34,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6BD0641B" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>36,21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="349D50F4" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>36,26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="12375EE9" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>37,88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7140C1F2" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>35,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C5D4EAF" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>35,43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02A06D77" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>37,12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F941232" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>33,84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4E8AE933" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>35,57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42211C9F" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>36,06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0B53EA77" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>33,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D567D85" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>34,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6A1A2A2F" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>36,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="08D1493C" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>30,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FF33572" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>26,54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10564E87" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>18,12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A0F4B09" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>18,94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17BE88BD" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="50186D79" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A8FBBD6" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Taxes on goods and services (% of revenue)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5725F362" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>32,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65F6CCFE" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>27,84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="482316AC" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>26,53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05299BA1" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>22,89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28442C7B" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>21,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A6B3EFA" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>27,96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F5BE3EC" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>31,32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6343AC2D" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>29,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="36311337" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>31,34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13BAE8CB" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>33,87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="048175FD" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>31,38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="75980DE6" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>35,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="655A2A16" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>34,36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F0D7FCF" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>34,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53ECFEAA" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>33,82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45F2B120" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>40,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A81EBA6" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>44,54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3539FCAC" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>43,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C9F2343" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="7E473159" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="542C9445" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Taxes on income, profits and capital gains (% of revenue)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D4108B0" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>12,34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52F717CF" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11,07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C59522A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11,79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39B1F9AA" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>15,87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7BC3B184" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>15,42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D7E0F17" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>15,39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="08159BD5" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>13,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4007EFE1" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>13,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0B8A58BE" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>13,66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="557B27DF" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70B56E59" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10,56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B575273" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>12,81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="60030B5F" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11,81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6FD8369E" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11,62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="54B435F2" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8,51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20866A25" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FA2D020" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>15,17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04174ECB" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>14,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D367C32" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="38E378AD" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C3D2377" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Taxes on international trade (% of revenue)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="208630B9" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4,14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5707EE4A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="664D78DA" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45223995" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5,41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D07E2AB" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5,46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="428F9648" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="19853208" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4,26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25DD29A2" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="309305B1" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="134E28FA" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3886B1D9" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2261A00F" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16462B34" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CF435DF" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FC36687" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="664143EC" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5,71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70D7B0BD" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DA4341B" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F6FA396" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="1690048D" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09994DC2" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Total reserves (includes gold, current US$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5948B4D6" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1 477 202 336</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="554E59C5" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3 088 921 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39D6C737" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4 462 353 859</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FA54AFD" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6 946 076 994</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="033ACD17" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9 718 436 096</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01DAA488" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>19 388 177 691</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3BE6993A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>22 359 564 313</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="189109CE" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>32 483 841 813</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F31D777" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>31 543 343 237</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0623A97B" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>26 500 887 342</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="21297E78" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>34 571 298 928</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4FE59091" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>31 788 750 907</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34E7F5C0" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>24 552 796 497</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41CB8FE1" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 413 621 999</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="395B8F5E" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7 538 804 512</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0897E0D1" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>13 300 880 765</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45987955" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>15 537 256 304</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05738FB1" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>18 810 931 197</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D5C3CA9" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 817 897 004</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="2220080B" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E0B50F1" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Unemployment, female (% of female labor force) (modeled ILO estimate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="032CFE7A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11,26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="702B4863" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10,71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4784F567" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9,77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52C74F80" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8,71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4341CE99" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8,29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4E9F890A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59592D15" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D236069" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6136778E" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01957382" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5D7CEB70" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C60FDC9" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4FF4BBA5" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7ACF888C" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="06B65A60" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CB5BD90" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="033608FE" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7,70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B03BD48" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69815829" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8,14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="7FC9476F" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41E15E18" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Unemployment, male (% of male labor force) (modeled ILO estimate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7DE39F39" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>12,13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20604C1D" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11,39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2954B87F" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10,48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3236B050" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9,39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7716AE2C" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8,87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C24C845" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7,51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6A23C353" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="79093332" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70FE0284" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BB37DCF" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10,27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FEE51C8" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9,29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44C4287E" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8,79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34524483" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8,51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="531B2E27" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8,04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="54C682D5" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5E95F819" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A5BC54D" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10,84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6DACFC3A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11,09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2055346F" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w14:paraId="60A8B368" w14:textId="77777777" w:rsidTr="001C3EF0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67C6679B" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Unemployment, total (% of total labor force) (modeled ILO estimate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41818FEF" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11,71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="227B8982" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11,06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="78571737" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10,14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="402294C3" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9,06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09B1D961" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8,59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="06ED1E3B" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7,18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51AD758E" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0683A44D" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0342DE0A" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="374CE4B9" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8,84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1BEF64CE" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="49FAE3EA" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="390660E0" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7,53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44BF352F" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7,17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="766834AC" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9,27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16B99A35" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9,14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="695D9022" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="226" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="456F60FC" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9,51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="224" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CE88E51" w14:textId="77777777" w:rsidR="001C3EF0" w:rsidRPr="001C3EF0" w:rsidRDefault="001C3EF0" w:rsidP="001C3EF0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3EF0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9,38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42F791E5" w14:textId="77777777" w:rsidR="00E80B2C" w:rsidRDefault="00E80B2C" w:rsidP="00347F02">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E80B2C" w:rsidSect="001C3EF0">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5073B172" w14:textId="77777777" w:rsidR="002B05F7" w:rsidRDefault="002B05F7" w:rsidP="009D3DEB">
+    <w:p w14:paraId="64767239" w14:textId="77777777" w:rsidR="00CB2CD3" w:rsidRDefault="00CB2CD3" w:rsidP="009D3DEB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="081BF080" w14:textId="77777777" w:rsidR="002B05F7" w:rsidRDefault="002B05F7" w:rsidP="009D3DEB">
+    <w:p w14:paraId="01A34E9F" w14:textId="77777777" w:rsidR="00CB2CD3" w:rsidRDefault="00CB2CD3" w:rsidP="009D3DEB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="058776BC" w14:textId="77777777" w:rsidR="002B05F7" w:rsidRDefault="002B05F7" w:rsidP="009D3DEB">
+    <w:p w14:paraId="64EEEC70" w14:textId="77777777" w:rsidR="00CB2CD3" w:rsidRDefault="00CB2CD3" w:rsidP="009D3DEB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BDF5A63" w14:textId="77777777" w:rsidR="002B05F7" w:rsidRDefault="002B05F7" w:rsidP="009D3DEB">
+    <w:p w14:paraId="142732C9" w14:textId="77777777" w:rsidR="00CB2CD3" w:rsidRDefault="00CB2CD3" w:rsidP="009D3DEB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1350062725"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="1046CF39" w14:textId="1B291D3F" w:rsidR="009D3DEB" w:rsidRDefault="009D3DEB" w:rsidP="00172932">
         <w:pPr>
           <w:pStyle w:val="ac"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28050DBA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8A041E6E"/>
+    <w:lvl w:ilvl="0" w:tplc="0422000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0422000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0422000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="201137998">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="60"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002630BE"/>
     <w:rsid w:val="000107C4"/>
     <w:rsid w:val="00035BA1"/>
     <w:rsid w:val="0004047E"/>
+    <w:rsid w:val="000B5AD1"/>
     <w:rsid w:val="00104B4C"/>
+    <w:rsid w:val="00120CD1"/>
     <w:rsid w:val="00122B1D"/>
+    <w:rsid w:val="00151149"/>
     <w:rsid w:val="00172932"/>
     <w:rsid w:val="00193F05"/>
     <w:rsid w:val="001C3EF0"/>
     <w:rsid w:val="001E3BC1"/>
     <w:rsid w:val="0022687E"/>
     <w:rsid w:val="002630BE"/>
-    <w:rsid w:val="002B05F7"/>
     <w:rsid w:val="002B2368"/>
     <w:rsid w:val="00347F02"/>
     <w:rsid w:val="003C34C5"/>
     <w:rsid w:val="003F4141"/>
     <w:rsid w:val="003F6B68"/>
     <w:rsid w:val="00414311"/>
     <w:rsid w:val="00456A31"/>
     <w:rsid w:val="00467A99"/>
+    <w:rsid w:val="00481953"/>
     <w:rsid w:val="004C7057"/>
     <w:rsid w:val="005106A5"/>
     <w:rsid w:val="00536464"/>
     <w:rsid w:val="00547657"/>
     <w:rsid w:val="00574DEE"/>
+    <w:rsid w:val="00582420"/>
     <w:rsid w:val="005B709F"/>
     <w:rsid w:val="005F1BDB"/>
     <w:rsid w:val="00626536"/>
     <w:rsid w:val="0064487F"/>
     <w:rsid w:val="007076C9"/>
     <w:rsid w:val="00714FC2"/>
     <w:rsid w:val="007B66EC"/>
+    <w:rsid w:val="007F7C6E"/>
     <w:rsid w:val="008408F7"/>
     <w:rsid w:val="00852254"/>
+    <w:rsid w:val="00866215"/>
     <w:rsid w:val="00902F6F"/>
     <w:rsid w:val="009C25A4"/>
     <w:rsid w:val="009C62B4"/>
     <w:rsid w:val="009D3DEB"/>
     <w:rsid w:val="00A11853"/>
     <w:rsid w:val="00AC6CD8"/>
     <w:rsid w:val="00AE3611"/>
     <w:rsid w:val="00B01450"/>
+    <w:rsid w:val="00B21C1B"/>
     <w:rsid w:val="00B65ABB"/>
     <w:rsid w:val="00B86BD5"/>
     <w:rsid w:val="00B86FC5"/>
     <w:rsid w:val="00BE3DD5"/>
+    <w:rsid w:val="00C661F2"/>
+    <w:rsid w:val="00CB2CD3"/>
     <w:rsid w:val="00CB74CF"/>
     <w:rsid w:val="00D33442"/>
     <w:rsid w:val="00D41F3E"/>
     <w:rsid w:val="00D87141"/>
     <w:rsid w:val="00E123BB"/>
     <w:rsid w:val="00E134CA"/>
+    <w:rsid w:val="00E53D07"/>
     <w:rsid w:val="00E64D91"/>
     <w:rsid w:val="00E7278F"/>
     <w:rsid w:val="00E80B2C"/>
     <w:rsid w:val="00EA7AC2"/>
     <w:rsid w:val="00EB2504"/>
     <w:rsid w:val="00EE104C"/>
     <w:rsid w:val="00EF7BD4"/>
     <w:rsid w:val="00F66BB2"/>
     <w:rsid w:val="00FC64B6"/>
+    <w:rsid w:val="00FE791F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="25DA5C32"/>
   <w15:docId w15:val="{AE211591-7EC7-4DB8-99CA-C88905325426}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13907,91 +17570,91 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002630BE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Текст выноски Знак"/>
+    <w:name w:val="Текст у виносці Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002630BE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002630BE"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:rsid w:val="00122B1D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
-    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:name w:val="Основний текст з відступом Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:rsid w:val="00122B1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:qFormat/>
     <w:rsid w:val="00122B1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:iCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a9">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A11853"/>
@@ -14061,90 +17724,90 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00414311"/>
     <w:pPr>
       <w:spacing w:after="100"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009D3DEB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4844"/>
         <w:tab w:val="right" w:pos="9689"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
-    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:name w:val="Верхній колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009D3DEB"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009D3DEB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4844"/>
         <w:tab w:val="right" w:pos="9689"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
-    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:name w:val="Нижній колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009D3DEB"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="364719200">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="394159761">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14162,85 +17825,85 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1608610707">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart6.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.worldbank.org/indicator/NY.GDP.PCAP.CD" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.worldbank.org/indicator/GC.TAX.YPKG.RV.ZS" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.worldbank.org/indicator/NY.GDP.MKTP.CD" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.worldbank.org/indicator/SL.UEM.TOTL.ZS" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.worldbank.org/indicator/NE.EXP.GNFS.CD" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.worldbank.org/indicator/GC.TAX.GSRV.RV.ZS" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.worldbank.org/indicator/SL.UEM.TOTL.MA.ZS" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.worldbank.org/indicator/GC.XPN.TOTL.GD.ZS" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.worldbank.org/indicator/SL.UEM.TOTL.FE.ZS" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.worldbank.org/indicator/GC.REV.SOCL.ZS" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart7.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.worldbank.org/indicator/GC.TAX.INTT.RV.ZS" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\&#1044;&#1054;&#1050;&#1059;&#1052;&#1045;&#1053;&#1058;&#1067;\&#1040;&#1053;&#1044;&#1056;&#1045;&#1049;\__&#1046;&#1044;&#1058;&#1059;%20&#1056;&#1040;&#1041;&#1054;&#1058;&#1040;\2019-2020\&#1059;&#1082;&#1088;&#1072;&#1111;&#1085;&#1072;%20&#1090;&#1088;&#1077;&#1085;&#1110;&#1085;&#1075;\API_UKR_DS2_en_excel_v2_321048.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\&#1044;&#1054;&#1050;&#1059;&#1052;&#1045;&#1053;&#1058;&#1067;\&#1040;&#1053;&#1044;&#1056;&#1045;&#1049;\__&#1046;&#1044;&#1058;&#1059;%20&#1056;&#1040;&#1041;&#1054;&#1058;&#1040;\2019-2020\&#1059;&#1082;&#1088;&#1072;&#1111;&#1085;&#1072;%20&#1090;&#1088;&#1077;&#1085;&#1110;&#1085;&#1075;\API_NY.GDP.PCAP.CD_DS2_en_excel_v2_316185.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\&#1044;&#1054;&#1050;&#1059;&#1052;&#1045;&#1053;&#1058;&#1067;\&#1040;&#1053;&#1044;&#1056;&#1045;&#1049;\__&#1046;&#1044;&#1058;&#1059;%20&#1056;&#1040;&#1041;&#1054;&#1058;&#1040;\2019-2020\&#1059;&#1082;&#1088;&#1072;&#1111;&#1085;&#1072;%20&#1090;&#1088;&#1077;&#1085;&#1110;&#1085;&#1075;\API_UKR_DS2_en_excel_v2_321048.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\&#1044;&#1054;&#1050;&#1059;&#1052;&#1045;&#1053;&#1058;&#1067;\&#1040;&#1053;&#1044;&#1056;&#1045;&#1049;\__&#1046;&#1044;&#1058;&#1059;%20&#1056;&#1040;&#1041;&#1054;&#1058;&#1040;\2019-2020\&#1059;&#1082;&#1088;&#1072;&#1111;&#1085;&#1072;%20&#1090;&#1088;&#1077;&#1085;&#1110;&#1085;&#1075;\API_GC.XPN.TOTL.GD.ZS_DS2_en_excel_v2_317224.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\&#1044;&#1054;&#1050;&#1059;&#1052;&#1045;&#1053;&#1058;&#1067;\&#1040;&#1053;&#1044;&#1056;&#1045;&#1049;\__&#1046;&#1044;&#1058;&#1059;%20&#1056;&#1040;&#1041;&#1054;&#1058;&#1040;\2019-2020\&#1059;&#1082;&#1088;&#1072;&#1111;&#1085;&#1072;%20&#1090;&#1088;&#1077;&#1085;&#1110;&#1085;&#1075;\API_UKR_DS2_en_excel_v2_321048.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\&#1044;&#1054;&#1050;&#1059;&#1052;&#1045;&#1053;&#1058;&#1067;\&#1040;&#1053;&#1044;&#1056;&#1045;&#1049;\__&#1046;&#1044;&#1058;&#1059;%20&#1056;&#1040;&#1041;&#1054;&#1058;&#1040;\2019-2020\&#1059;&#1082;&#1088;&#1072;&#1111;&#1085;&#1072;%20&#1090;&#1088;&#1077;&#1085;&#1110;&#1085;&#1075;\API_UKR_DS2_en_excel_v2_321048.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\&#1044;&#1054;&#1050;&#1059;&#1052;&#1045;&#1053;&#1058;&#1067;\&#1040;&#1053;&#1044;&#1056;&#1045;&#1049;\__&#1046;&#1044;&#1058;&#1059;%20&#1056;&#1040;&#1041;&#1054;&#1058;&#1040;\2019-2020\&#1059;&#1082;&#1088;&#1072;&#1111;&#1085;&#1072;%20&#1090;&#1088;&#1077;&#1085;&#1110;&#1085;&#1075;\API_UKR_DS2_en_excel_v2_321048.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="ru-RU"/>
+  <c:lang val="uk-UA"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="7.53414581139141E-2"/>
           <c:y val="4.7446665320681133E-2"/>
           <c:w val="0.81693916445157866"/>
           <c:h val="0.72368228009960289"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
@@ -14709,51 +18372,51 @@
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="1200">
           <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
           <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="uk-UA"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="ru-RU"/>
+  <c:lang val="uk-UA"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="110"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="10"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="bar"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:invertIfNegative val="0"/>
           <c:dPt>
             <c:idx val="9"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
@@ -14942,51 +18605,51 @@
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="1200">
           <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
           <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="uk-UA"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="ru-RU"/>
+  <c:lang val="uk-UA"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="101"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="1"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Лист4!$A$2</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
@@ -15543,51 +19206,51 @@
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="1200">
           <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
           <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="uk-UA"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="ru-RU"/>
+  <c:lang val="uk-UA"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="110"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="10"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.36059796201945465"/>
           <c:y val="4.1548630783758263E-2"/>
           <c:w val="0.5913677628531725"/>
           <c:h val="0.82621340887629757"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="bar"/>
@@ -15792,51 +19455,51 @@
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="1200">
           <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
           <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="uk-UA"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="ru-RU"/>
+  <c:lang val="uk-UA"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:dLbls>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
@@ -15930,51 +19593,51 @@
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="1200">
           <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
           <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="uk-UA"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="ru-RU"/>
+  <c:lang val="uk-UA"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="109"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="9"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Лист3!$A$2</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
@@ -16211,51 +19874,51 @@
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="1200">
           <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
           <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="uk-UA"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart7.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="ru-RU"/>
+  <c:lang val="uk-UA"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:scatterChart>
         <c:scatterStyle val="lineMarker"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Лист3!$A$3</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
@@ -16811,71 +20474,71 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{241513FE-4AA1-4198-932E-60650F17D906}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>3239</Characters>
+  <Pages>11</Pages>
+  <Words>7605</Words>
+  <Characters>4335</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8903</CharactersWithSpaces>
+  <CharactersWithSpaces>11917</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>andrey</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>