--- v0 (2025-12-04)
+++ v1 (2026-01-20)
@@ -1,347 +1,205 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="12841655" w14:textId="77777777" w:rsidR="009F79DD" w:rsidRPr="007E47E0" w:rsidRDefault="009F79DD" w:rsidP="00CC03F1">
+    <w:p w14:paraId="23079C8A" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="705973BF" w14:textId="77777777" w:rsidR="009F79DD" w:rsidRPr="007E47E0" w:rsidRDefault="009F79DD" w:rsidP="00CC03F1">
+    <w:p w14:paraId="760D30F9" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32BA616C" w14:textId="77777777" w:rsidR="009F79DD" w:rsidRPr="007E47E0" w:rsidRDefault="009F79DD" w:rsidP="00CC03F1">
+    <w:p w14:paraId="731CAE4D" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        </w:tabs>
+      <w:r w:rsidRPr="007E47E0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ДОГОВІР № ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E57A4E7" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>ДОГОВІР</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C807F4" w:rsidRPr="007E47E0">
+        <w:t>про проведення практики студентів</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735DFF2B" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="235" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...160 lines deleted...]
-    <w:p w14:paraId="0D6764EC" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00CC03F1">
+        <w:t>вищого навчального закладу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7812F8DF" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="529778FE" w14:textId="2C36D907" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="00986766">
+    <w:p w14:paraId="0AE284B7" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:ind w:firstLine="340"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>м.</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">м. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E47E0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Житомир</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E47E0">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
-          <w:bCs/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
@@ -355,1875 +213,751 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
-          <w:b/>
-[...46 lines deleted...]
-      <w:r w:rsidR="001B3318">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>"___"  _________ 20</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:r w:rsidR="00C807F4" w:rsidRPr="007E47E0">
-[...16 lines deleted...]
-    <w:p w14:paraId="18097826" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="00986766">
+      <w:r w:rsidRPr="007E47E0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> р.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0A2424" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E531568" w14:textId="5CA62358" w:rsidR="009144E7" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="00206665">
+    <w:p w14:paraId="331953BE" w14:textId="1142B2F4" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:ind w:left="142" w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Ми,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C807F4" w:rsidRPr="007E47E0">
+        <w:t xml:space="preserve">Ми, що нижче підписалися, з однієї сторони Державний університет «Житомирська політехніка», в особі </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4F98">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в. о. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E47E0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ректора </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4F98">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Олійник</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E47E0">
-[...133 lines deleted...]
-        <w:t>«Жи</w:t>
+      <w:r w:rsidR="00AB4F98">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E47E0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.В</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00206665" w:rsidRPr="007E47E0">
-[...312 lines deleted...]
-    <w:p w14:paraId="14691B30" w14:textId="77777777" w:rsidR="00633DCA" w:rsidRPr="007E47E0" w:rsidRDefault="009144E7" w:rsidP="009144E7">
+      <w:r w:rsidRPr="007E47E0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. діючи на підставі Статуту Державного університету «Житомирська політехніка» і, з іншої сторони</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DAE719E" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F44C333" w14:textId="77777777" w:rsidR="00811BA3" w:rsidRPr="007E47E0" w:rsidRDefault="00811BA3" w:rsidP="00061EAD">
+    <w:p w14:paraId="5849B32F" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="9923"/>
         </w:tabs>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>(назва</w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="494BF34C" w14:textId="77777777" w:rsidR="00156038" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00CC03F1">
+        <w:t>(назва підприємства, організації, установи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E6BE46C" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="9923"/>
         </w:tabs>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>(надалі</w:t>
-[...89 lines deleted...]
-        <w:t>особі</w:t>
+        <w:t>(надалі – база практики) в особі</w:t>
       </w:r>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>_________________________________</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="01C1788A" w14:textId="77777777" w:rsidR="00156038" w:rsidRPr="007E47E0" w:rsidRDefault="00156038" w:rsidP="00156038">
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C26CE9D" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="9923"/>
         </w:tabs>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:firstLine="1980"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>(посада,</w:t>
-[...56 lines deleted...]
-    <w:p w14:paraId="7639F602" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="001465ED" w:rsidP="00CC03F1">
+        <w:t>(посада, прізвище та ініціали)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D12C88" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="9923"/>
         </w:tabs>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>діючого</w:t>
-[...82 lines deleted...]
-    <w:p w14:paraId="289FAD8E" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00156038" w:rsidP="00156038">
+        <w:t>діючого на підставі_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E47E0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>__________________________________________________________(далі – сторони),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA652E4" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>(статут</w:t>
-[...56 lines deleted...]
-    <w:p w14:paraId="610B4A15" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00CC03F1">
+        <w:t>(статут підприємства, розпорядження, доручення)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC6EDD7" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>уклали</w:t>
-[...56 lines deleted...]
-    <w:p w14:paraId="0925DFAC" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00CC03F1">
+        <w:t>уклали між собою договір:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="439F11FE" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D028D5F" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00CC03F1">
+    <w:p w14:paraId="488222A7" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...62 lines deleted...]
-    <w:p w14:paraId="35F63EB8" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00CC03F1">
+        <w:t>1. База практики зобов'язується:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4378314A" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1.1.</w:t>
-[...143 lines deleted...]
-        <w:t>планом:</w:t>
+        <w:t>1.1. Прийняти студентів на практику згідно з календарним планом:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="551"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="694"/>
+        <w:gridCol w:w="545"/>
+        <w:gridCol w:w="1959"/>
+        <w:gridCol w:w="687"/>
         <w:gridCol w:w="1554"/>
-        <w:gridCol w:w="1550"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1053"/>
+        <w:gridCol w:w="1535"/>
+        <w:gridCol w:w="971"/>
+        <w:gridCol w:w="1047"/>
+        <w:gridCol w:w="1046"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CF233D" w:rsidRPr="007E47E0" w14:paraId="24433215" w14:textId="77777777" w:rsidTr="003A1D25">
+      <w:tr w:rsidR="0012017F" w:rsidRPr="007E47E0" w14:paraId="153457FD" w14:textId="77777777" w:rsidTr="007F5B61">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcW w:w="292" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42D0DE14" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="7507CECD" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61E478CF" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="47959664" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>з/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
+            <w:tcW w:w="1049" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14FB8B59" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="00C807F4">
+          <w:p w14:paraId="50B76759" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Шифр</w:t>
-[...35 lines deleted...]
-              <w:t>спеціальності</w:t>
+              <w:t>Шифр і назва, спеціальності</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="379" w:type="pct"/>
+            <w:tcW w:w="368" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="111D8943" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="2704A630" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Курс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="757" w:type="pct"/>
+            <w:tcW w:w="831" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35277E19" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="786845A4" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Вид</w:t>
-[...11 lines deleted...]
-              <w:t>практики</w:t>
+              <w:t>Вид практики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="pct"/>
+            <w:tcW w:w="822" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="471D45BF" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="00D1400F">
+          <w:p w14:paraId="5344AC59" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>ПІБ</w:t>
-[...11 lines deleted...]
-              <w:t>студента</w:t>
+              <w:t>ПІБ студента</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="pct"/>
+            <w:tcW w:w="520" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="490980DC" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="0C94B145" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Кількість</w:t>
-[...15 lines deleted...]
-              <w:t>студентів</w:t>
+              <w:t>Кількість студентів</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1138" w:type="pct"/>
+            <w:tcW w:w="1119" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA154E9" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="3F615CDD" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Строки</w:t>
-[...11 lines deleted...]
-              <w:t>практики</w:t>
+              <w:t>Строки практики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF233D" w:rsidRPr="007E47E0" w14:paraId="0DEAD748" w14:textId="77777777" w:rsidTr="004C401D">
+      <w:tr w:rsidR="0012017F" w:rsidRPr="007E47E0" w14:paraId="78749319" w14:textId="77777777" w:rsidTr="007F5B61">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcW w:w="292" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40E51563" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="14204640" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
+            <w:tcW w:w="1049" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F7254ED" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="3533C7B6" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="379" w:type="pct"/>
+            <w:tcW w:w="368" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5030D965" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="1E816F61" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="757" w:type="pct"/>
+            <w:tcW w:w="831" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D10D499" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="669AA30B" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="pct"/>
+            <w:tcW w:w="822" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09B8FAC8" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="556DCFC9" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="pct"/>
+            <w:tcW w:w="520" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18796E40" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="70C93659" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="569" w:type="pct"/>
+            <w:tcW w:w="560" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05874B72" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="7236D67C" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>початок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="569" w:type="pct"/>
+            <w:tcW w:w="560" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3265FEC0" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00986766" w:rsidP="006B6E07">
+          <w:p w14:paraId="3CCF5174" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>закінчення</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF233D" w:rsidRPr="007E47E0" w14:paraId="5EE1889A" w14:textId="77777777" w:rsidTr="004C401D">
+      <w:tr w:rsidR="0012017F" w:rsidRPr="007E47E0" w14:paraId="54DCFE43" w14:textId="77777777" w:rsidTr="007F5B61">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcW w:w="292" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05519C3C" w14:textId="77777777" w:rsidR="002E0F08" w:rsidRPr="007E47E0" w:rsidRDefault="002E0F08" w:rsidP="00FD3994">
+          <w:p w14:paraId="2B3C1C9F" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
+            <w:tcW w:w="1049" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26E34A51" w14:textId="1D6B2FA7" w:rsidR="00F729EA" w:rsidRPr="007E47E0" w:rsidRDefault="00096CE5" w:rsidP="00CF233D">
+          <w:p w14:paraId="3C22C106" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF233D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF233D">
@@ -2240,7275 +974,1587 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Автомобільний транспорт</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF233D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="379" w:type="pct"/>
+            <w:tcW w:w="368" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78A6D8D1" w14:textId="25A8DD70" w:rsidR="00986766" w:rsidRPr="00492DAE" w:rsidRDefault="00986766" w:rsidP="00C807F4">
+          <w:p w14:paraId="1C53E50A" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="00A2258B" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="757" w:type="pct"/>
+            <w:tcW w:w="831" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33D8D080" w14:textId="2C208A5B" w:rsidR="00986766" w:rsidRPr="003A1D25" w:rsidRDefault="003E3134" w:rsidP="00CF233D">
+          <w:p w14:paraId="59866CA6" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="003A1D25" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Переддипломна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="822" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC37AAB" w14:textId="7A002828" w:rsidR="00072FAB" w:rsidRPr="007E47E0" w:rsidRDefault="00072FAB" w:rsidP="00CF233D">
+          <w:p w14:paraId="1503091A" w14:textId="7661A963" w:rsidR="0012017F" w:rsidRPr="00820A24" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="pct"/>
+            <w:tcW w:w="520" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2945C67E" w14:textId="77777777" w:rsidR="00986766" w:rsidRPr="007E47E0" w:rsidRDefault="00FD3994" w:rsidP="00C807F4">
+          <w:p w14:paraId="3080FA65" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="569" w:type="pct"/>
+            <w:tcW w:w="560" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74DC977A" w14:textId="7311865B" w:rsidR="00EE6E6B" w:rsidRPr="007E47E0" w:rsidRDefault="00EE6E6B" w:rsidP="00FD3994">
+          <w:p w14:paraId="5F12C743" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="0012017F" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012017F">
+              <w:rPr>
+                <w:rStyle w:val="a7"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0012017F">
+              <w:rPr>
+                <w:rStyle w:val="a7"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.01.202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0012017F">
+              <w:rPr>
+                <w:rStyle w:val="a7"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0012017F">
+              <w:rPr>
+                <w:rStyle w:val="a7"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="569" w:type="pct"/>
+            <w:tcW w:w="560" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAC1D01" w14:textId="025C4CC5" w:rsidR="00EE6E6B" w:rsidRPr="007E47E0" w:rsidRDefault="00EE6E6B" w:rsidP="00FD3994">
+          <w:p w14:paraId="6E73359F" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="0012017F" w:rsidRDefault="0012017F" w:rsidP="007F5B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012017F">
+              <w:rPr>
+                <w:rStyle w:val="a7"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0012017F">
+              <w:rPr>
+                <w:rStyle w:val="a7"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0012017F">
+              <w:rPr>
+                <w:rStyle w:val="a7"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0012017F">
+              <w:rPr>
+                <w:rStyle w:val="a7"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0012017F">
+              <w:rPr>
+                <w:rStyle w:val="a7"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D42629A" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00CC03F1">
+    <w:p w14:paraId="3D132097" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46CD5B94" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+    <w:p w14:paraId="21D608F0" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1.2.</w:t>
-[...128 lines deleted...]
-    <w:p w14:paraId="4F3F07FE" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+        <w:t>1.2. Призначити наказом кваліфікованих фахівців для керівництва практикою.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B21AEFD" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1.3.</w:t>
-[...470 lines deleted...]
-    <w:p w14:paraId="40228333" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+        <w:t>1.3. Створити належні умови для виконання студентами програми практики, не допускати їх використання до зайняття посад та виконання робіт, що не відповідають програмі практики та майбутньому фаху.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4642E48B" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1018"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1.4.</w:t>
-[...506 lines deleted...]
-    <w:p w14:paraId="071012E6" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+        <w:t>1.4. Забезпечити студентам умови безпечної праці на конкретному робочому місці. Проводити обов’язкові інструктажі з охорони праці: ввідний та на робочому місці. У разі потреби навчати студентів-практикантів безпечних методів праці.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F469106" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1210"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1.5.</w:t>
-[...254 lines deleted...]
-    <w:p w14:paraId="0EB1AD17" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+        <w:t>1.5. Надати студентам-практикантам можливість користуватися матеріально-технічними засобами та інформаційними ресурсами, необхідними для  виконання  програми практики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21365592" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1210"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1.6.</w:t>
-[...380 lines deleted...]
-    <w:p w14:paraId="514A1349" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+        <w:t>1.6. Забезпечити облік виходів на роботу студентів-практикантів. Про всі порушення трудової дисципліни, внутрішнього розпорядку та про інші порушення повідомляти вищий навчальний заклад.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7D72F8" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1210"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1.7.</w:t>
-[...344 lines deleted...]
-    <w:p w14:paraId="21D2BFBF" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+        <w:t>1.7. Після закінчення практики надати характеристику на кожного студента-практиканта, в котрій  відобразити виконання програми практики, якість підготовленого ним  звіту тощо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B05F06" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1210"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1.8.</w:t>
-[...425 lines deleted...]
-    <w:p w14:paraId="2D12CF44" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00377F6A" w:rsidP="00D76C49">
+        <w:t>1.8. Надавати студентам можливість збору інформації для курсових та дипломних робіт за результатами діяльності підприємства, яка не є комерційною таємницею, на підставі направлень кафедр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103A353C" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1210"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1.9.</w:t>
-[...55 lines deleted...]
-      <w:r w:rsidR="007A6036" w:rsidRPr="007E47E0">
+        <w:t>1.9. Додаткові умови ______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>відсутні</w:t>
       </w:r>
-      <w:r w:rsidR="00CC03F1" w:rsidRPr="007E47E0">
+      <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A6251E" w14:textId="77777777" w:rsidR="009144E7" w:rsidRPr="007E47E0" w:rsidRDefault="009144E7" w:rsidP="00D76C49">
+    <w:p w14:paraId="24190049" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1056"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11EAB955" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+    <w:p w14:paraId="6E2CC0EA" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1056"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>2.</w:t>
-[...83 lines deleted...]
-      <w:pPr>
+        <w:t>2. Вищий навчальний заклад зобов’язується:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F1CD64" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="009B61C7" w:rsidRDefault="0012017F" w:rsidP="0012017F">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1210"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B61C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>До початку практики надати базі практики для погодження програму практики, а не пізніше ніж за тиждень – список студентів, яких направляють на практику.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68613CE2" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="0012017F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1210"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>До</w:t>
-[...398 lines deleted...]
-    <w:p w14:paraId="1CE3E537" w14:textId="77777777" w:rsidR="00F82C46" w:rsidRPr="007E47E0" w:rsidRDefault="00F82C46" w:rsidP="00D76C49">
+        <w:t>Призначити керівниками практики кваліфікованих викладачів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="756995D8" w14:textId="77777777" w:rsidR="0012017F" w:rsidRPr="00A2258B" w:rsidRDefault="0012017F" w:rsidP="0012017F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1210"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Призначити</w:t>
-[...79 lines deleted...]
-        </w:numPr>
+        <w:t>Забезпечити додержання студентами трудової дисципліни і правил внутрішнього трудового розпорядку. Брати участь у розслідуванні комісією бази практики нещасних випадків, якщо  вони сталися  зі  студентами під час проходження практики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4682F0CB" w14:textId="6EA68750" w:rsidR="0012017F" w:rsidRDefault="0012017F" w:rsidP="0012017F">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1210"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="540"/>
+        <w:ind w:right="141" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
-          <w:color w:val="000000"/>
-[...580 lines deleted...]
-    <w:p w14:paraId="68671C65" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+          <w:sz w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2.4. Практика проводиться на безоплатній основі.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A24491" w14:textId="070784EB" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1210"/>
         </w:tabs>
-        <w:ind w:firstLine="540"/>
+        <w:ind w:right="141" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2.</w:t>
-[...380 lines deleted...]
-    <w:p w14:paraId="56B94A06" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+        <w:t>2.5. Навчальний заклад зобов'язується не розголошувати використану інформацію про діяльність підприємства через знищення курсових, дипломних робіт та звітів у встановленому порядку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2D39E8" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1210"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
         </w:tabs>
-        <w:ind w:firstLine="540"/>
-[...88 lines deleted...]
-      <w:r w:rsidR="007A6036" w:rsidRPr="007E47E0">
+        <w:ind w:right="141" w:firstLine="540"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E47E0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2.6. Додаткові умови _______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>відсутні</w:t>
       </w:r>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D59A146" w14:textId="77777777" w:rsidR="00D76C49" w:rsidRPr="007E47E0" w:rsidRDefault="00D76C49" w:rsidP="00D76C49">
+    <w:p w14:paraId="1B133AD9" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1056"/>
         </w:tabs>
-        <w:ind w:firstLine="540"/>
+        <w:ind w:right="141" w:firstLine="540"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="128CACC9" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+    <w:p w14:paraId="4BC547D6" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1056"/>
         </w:tabs>
-        <w:ind w:firstLine="540"/>
+        <w:ind w:right="141" w:firstLine="540"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Відповідальність</w:t>
-[...92 lines deleted...]
-    <w:p w14:paraId="39CD50E5" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+        <w:t>Відповідальність сторін за невиконання договору:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A61AEA3" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1214"/>
         </w:tabs>
-        <w:ind w:firstLine="540"/>
+        <w:ind w:right="141" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>3.1.</w:t>
-[...371 lines deleted...]
-    <w:p w14:paraId="14A52BAC" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+        <w:t>3.1. Сторони відповідають за невиконання покладених на них обов’язків щодо організації і проведення практики згідно із законодавством про працю в Україні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40759182" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1214"/>
           <w:tab w:val="left" w:pos="9639"/>
         </w:tabs>
-        <w:ind w:firstLine="540"/>
+        <w:ind w:right="141" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>3.2.</w:t>
-[...227 lines deleted...]
-    <w:p w14:paraId="1F892E18" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+        <w:t>3.2. Усі суперечки, що виникають між сторонами за договором, вирішуються  у встановленому порядку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="795C1073" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1214"/>
         </w:tabs>
-        <w:ind w:firstLine="540"/>
+        <w:ind w:right="141" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>3.3.</w:t>
-[...290 lines deleted...]
-    <w:p w14:paraId="6CBA0291" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+        <w:t>3.3. Договір набуває сили після його підписання сторонами і діє до кінця практики згідно з календарним планом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEFFF04" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1214"/>
         </w:tabs>
-        <w:ind w:firstLine="540"/>
+        <w:ind w:right="141" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>3.4.</w:t>
-[...254 lines deleted...]
-    <w:p w14:paraId="37016931" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00D76C49">
+        <w:t>3.4. Договір складений у двох примірниках: по одному – базі практики і вищому навчальному закладу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21172462" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1214"/>
         </w:tabs>
-        <w:ind w:firstLine="540"/>
+        <w:ind w:right="141" w:firstLine="540"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>3.5.</w:t>
       </w:r>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...19 lines deleted...]
-    <w:p w14:paraId="4C2D41A9" w14:textId="77777777" w:rsidR="00633DCA" w:rsidRPr="007E47E0" w:rsidRDefault="00633DCA" w:rsidP="00CC03F1">
+        <w:t>Місцезнаходження:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDB749C" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6926"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F3CC775" w14:textId="77777777" w:rsidR="00CC03F1" w:rsidRPr="007E47E0" w:rsidRDefault="00CC03F1" w:rsidP="00CC03F1">
+    <w:p w14:paraId="71153034" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6926"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E47E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Підписи</w:t>
-[...35 lines deleted...]
-        <w:t>печатки</w:t>
+        <w:t>Підписи та печатки</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4751"/>
-        <w:gridCol w:w="4820"/>
+        <w:gridCol w:w="4643"/>
+        <w:gridCol w:w="4711"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00940D68" w:rsidRPr="007E47E0" w14:paraId="300B93A5" w14:textId="77777777" w:rsidTr="00D76C49">
+      <w:tr w:rsidR="004671DA" w:rsidRPr="007E47E0" w14:paraId="63A8DA9E" w14:textId="77777777" w:rsidTr="001147C1">
         <w:trPr>
           <w:trHeight w:val="3915"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2482" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="59BCD641" w14:textId="77777777" w:rsidR="00C807F4" w:rsidRPr="007E47E0" w:rsidRDefault="00DE293E" w:rsidP="00C807F4">
-            <w:pPr>
+          <w:p w14:paraId="54E7292F" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Державний</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>Державний університет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4323D84D" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>університет</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>«Житомирська політехніка»:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="512DCED9" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>«Житомирська</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>вул. Чуднівська, 103,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6565429B" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>політехніка»</w:t>
-[...11 lines deleted...]
-            <w:pPr>
+              <w:t>м. Житомир, 10005</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78B92419" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>в</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>тел. (0412) 24-14-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71AAD395" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4183E8C0" w14:textId="7E1491C0" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="0012017F" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>В.о. р</w:t>
+            </w:r>
+            <w:r w:rsidR="004671DA" w:rsidRPr="007E47E0">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>ектор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="004671DA" w:rsidRPr="007E47E0">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Державного університету</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C84DDB2" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...51 lines deleted...]
-            <w:pPr>
+              <w:t>«Житомирська політехніка»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1039EE9A" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19834404" w14:textId="4FD8874F" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>м.</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>____________</w:t>
+            </w:r>
+            <w:r w:rsidR="0012017F">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Оксана ОЛІЙНИК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BD51E86" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A00E90D" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FF9608E" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CF9F058" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Житомир,</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>“__” _________ 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>__</w:t>
             </w:r>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>10005</w:t>
-[...308 lines deleted...]
-              <w:t>р.</w:t>
+              <w:t xml:space="preserve"> р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6028F793" w14:textId="77777777" w:rsidR="00940D68" w:rsidRPr="007E47E0" w:rsidRDefault="00940D68" w:rsidP="00EC7CB0">
-            <w:pPr>
+          <w:p w14:paraId="6B8621C1" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>База</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>База практики:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C9D563" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>практики:</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="410BFC93" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03E5636E" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E47E0">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12242624" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E47E0">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FD7E8E1" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="690DC33F" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50083AFA" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E47E0">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>База практики</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66CB62A8" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2394BF12" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E47E0">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_______________/_______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C72C891" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A8530E6" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62B1D9AB" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BF86789" w14:textId="77777777" w:rsidR="004671DA" w:rsidRPr="007E47E0" w:rsidRDefault="004671DA" w:rsidP="004671DA">
+            <w:pPr>
+              <w:ind w:right="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E47E0">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>“___” __________ 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidR="001465ED" w:rsidRPr="007E47E0">
-[...16 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="007E47E0">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>__</w:t>
-[...253 lines deleted...]
-              <w:t>р.</w:t>
+              <w:t xml:space="preserve"> р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="472BE281" w14:textId="700FA70E" w:rsidR="001909BF" w:rsidRPr="000D4B91" w:rsidRDefault="001909BF" w:rsidP="004C401D">
-[...15 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId9"/>
+    <w:p w14:paraId="28A715E2" w14:textId="77777777" w:rsidR="00EB4CD4" w:rsidRDefault="00EB4CD4" w:rsidP="004671DA">
+      <w:pPr>
+        <w:ind w:right="141"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00EB4CD4" w:rsidSect="00211937">
+      <w:headerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="709" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37F2A5B8" w14:textId="77777777" w:rsidR="00025247" w:rsidRDefault="00025247">
+    <w:p w14:paraId="3B98EA66" w14:textId="77777777" w:rsidR="00C25CD7" w:rsidRDefault="00C25CD7" w:rsidP="0012017F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23C5C4AC" w14:textId="77777777" w:rsidR="00025247" w:rsidRDefault="00025247">
+    <w:p w14:paraId="6528CF2D" w14:textId="77777777" w:rsidR="00C25CD7" w:rsidRDefault="00C25CD7" w:rsidP="0012017F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...28 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...35 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E039D27" w14:textId="77777777" w:rsidR="00025247" w:rsidRDefault="00025247">
+    <w:p w14:paraId="70657EF3" w14:textId="77777777" w:rsidR="00C25CD7" w:rsidRDefault="00C25CD7" w:rsidP="0012017F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37F45707" w14:textId="77777777" w:rsidR="00025247" w:rsidRDefault="00025247">
+    <w:p w14:paraId="025966DD" w14:textId="77777777" w:rsidR="00C25CD7" w:rsidRDefault="00C25CD7" w:rsidP="0012017F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="5B84825F" w14:textId="77777777" w:rsidR="00C807F4" w:rsidRPr="00C807F4" w:rsidRDefault="00C807F4" w:rsidP="00C807F4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="69F9A37D" w14:textId="39A070A4" w:rsidR="0012017F" w:rsidRDefault="0012017F" w:rsidP="0012017F">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:leader="underscore" w:pos="0"/>
       </w:tabs>
       <w:spacing w:line="235" w:lineRule="auto"/>
       <w:jc w:val="right"/>
-      <w:rPr>
-[...5 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009F79DD">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
       <w:t>Форма</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="009F79DD">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
@@ -9521,1031 +2567,430 @@
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="009F79DD">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
       <w:t>Н-6.01</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="0AB5677A"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="303172CB"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="211C9C32"/>
+    <w:tmpl w:val="2AF8DF96"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="2160" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="2880" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:ind w:left="3960" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:ind w:left="4680" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:ind w:left="5760" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1800" w:hanging="1800"/>
+        <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...466 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="3"/>
-[...7 lines deleted...]
-  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00CC03F1"/>
-[...190 lines deleted...]
-    <w:rsid w:val="00FF3E8E"/>
+    <w:rsidRoot w:val="00FE57A4"/>
+    <w:rsid w:val="0012017F"/>
+    <w:rsid w:val="00211937"/>
+    <w:rsid w:val="004671DA"/>
+    <w:rsid w:val="009360D9"/>
+    <w:rsid w:val="00AB4F98"/>
+    <w:rsid w:val="00C25CD7"/>
+    <w:rsid w:val="00EB4CD4"/>
+    <w:rsid w:val="00FE57A4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="uk-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3CA471A3"/>
+  <w14:docId w14:val="285C6D88"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{916F826C-4001-4471-A72D-CD60289FAD3B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
-[...15 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -10590,769 +3035,443 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC03F1"/>
+    <w:rsid w:val="004671DA"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
-    <w:name w:val="Стиль1"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00535410"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00CC03F1"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0012017F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...1 lines deleted...]
-    <w:rsid w:val="00CC03F1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0012017F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a5">
-    <w:name w:val="Знак"/>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00CC03F1"/>
-[...49 lines deleted...]
-    <w:link w:val="a7"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00682441"/>
-[...298 lines deleted...]
-    <w:rsid w:val="00CC03F1"/>
+    <w:rsid w:val="0012017F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...1 lines deleted...]
-    <w:rsid w:val="00CC03F1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0012017F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a5">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="0012017F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-[...68 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a9"/>
-[...16 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0012017F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...40 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Офіс">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Офіс">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Офіс">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -11450,80 +3569,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65BC49C3-D671-4CEB-BB09-05D5BDA6B52C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2623</Words>
-  <Characters>1496</Characters>
+  <Words>619</Words>
+  <Characters>3529</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4111</CharactersWithSpaces>
+  <CharactersWithSpaces>4140</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Nata</dc:creator>
+  <dc:creator>NITRO</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>