--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -486,52 +486,63 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C98A668" w14:textId="381201DF" w:rsidR="00613409" w:rsidRPr="001434C8" w:rsidRDefault="00613409" w:rsidP="004A3BA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>П. Друкер</w:t>
-            </w:r>
+              <w:t>П. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Друкер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7506" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77349F59" w14:textId="3ECC6887" w:rsidR="00613409" w:rsidRPr="001434C8" w:rsidRDefault="00613409" w:rsidP="004A3BA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Особливий вид діяльності, що перетворює неорганізований натовп в ефективну цілеспрямовану і продуктивну групу.</w:t>
@@ -567,52 +578,83 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67FD5587" w14:textId="712D0360" w:rsidR="00613409" w:rsidRPr="001434C8" w:rsidRDefault="00613409" w:rsidP="004A3BA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>М. Мескон, М. Альберт, Ф. Хедоурі</w:t>
-            </w:r>
+              <w:t>М. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мескон</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, М. Альберт, Ф. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Хедоурі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7506" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CC7095C" w14:textId="19CC2966" w:rsidR="00613409" w:rsidRPr="001434C8" w:rsidRDefault="00613409" w:rsidP="004A3BA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Процес планування, організації, мотивації і контролю, необхідний для того, щоб сформулювати і досягти цілей організації.</w:t>
@@ -959,270 +1001,352 @@
           </w:tcPr>
           <w:p w14:paraId="32EE6F7C" w14:textId="1375347A" w:rsidR="00613409" w:rsidRPr="001434C8" w:rsidRDefault="00374881" w:rsidP="004A3BA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Цілеспрямована дія на об’єкт з метою змінити його стан або поведінку у зв’язку зі зміною обставин.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="60A0E9F7" w14:textId="5CFB6224" w:rsidR="00EA1D0A" w:rsidRPr="001434C8" w:rsidRDefault="00790452" w:rsidP="004A3BA7">
+    <w:p w14:paraId="60A0E9F7" w14:textId="55628F7E" w:rsidR="00EA1D0A" w:rsidRPr="001434C8" w:rsidRDefault="00790452" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Так, колектив авторів на чолі з Г.С. Одинцовою наводить двадцять визначень відповідної категорії, які класифікуються за такими основними групами: загальна, функціональна, процесуальна та суб’єктно-об’єктна. Слід зауважити, що проблемним у наукових колах є співставлення понять «управління» та «менеджмент». Багато науковців у сфері управління знаходяться у процесі формулювання власного погляду на визначення відмінностей у зазначених поняттях. Загалом у сучасній науковій літературі склалося два основних підходи до визначення сутності зазначених понять. Перший підхід полягає у тому, що деякі дослідники ототожнюють ці поняття (Б.З.</w:t>
+        <w:t>Так, колектив авторів на чолі з Г.С. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Одинцовою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наводить </w:t>
+      </w:r>
+      <w:r w:rsidR="00887CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ть визначень відповідної категорії, які класифікуються за такими основними групами: загальна, функціональна, процесуальна та суб’єктно-об’єктна. Слід зауважити, що проблемним у наукових колах є співставлення понять «управління» та «менеджмент». Багато науковців у сфері управління знаходяться у процесі формулювання власного погляду на визначення відмінностей у зазначених поняттях. Загалом у сучасній науковій літературі склалося два основних підходи до визначення сутності зазначених понять. Перший підхід полягає у тому, що деякі дослідники ототожнюють ці поняття (Б.З.</w:t>
       </w:r>
       <w:r w:rsidR="0039250A" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001434C8">
-[...6 lines deleted...]
-        <w:t>Зельдович, Р.Б.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зельдович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Р.Б.</w:t>
       </w:r>
       <w:r w:rsidR="0039250A" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001434C8">
-[...6 lines deleted...]
-        <w:t>Казначевська, І.М.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казначевська</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, О.В.</w:t>
       </w:r>
       <w:r w:rsidR="0039250A" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Чуєв, О.В.</w:t>
+        <w:t>Матросова, З.П.</w:t>
       </w:r>
       <w:r w:rsidR="0039250A" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Матросова, З.П.</w:t>
+        <w:t>Румянцева, М.А.</w:t>
       </w:r>
       <w:r w:rsidR="0039250A" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001434C8">
-[...6 lines deleted...]
-        <w:t>Румянцева, М.А.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Саломатін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Р.З.</w:t>
       </w:r>
       <w:r w:rsidR="0039250A" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001434C8">
-[...6 lines deleted...]
-        <w:t>Саломатін, Р.З.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Акбердін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та ін.). Прихильники другого підходу розмежовують дані категорії та загалом уважають, що «управління» є ширшим поняттям, ніж «менеджмент» (В.О.</w:t>
       </w:r>
       <w:r w:rsidR="0039250A" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Акбердін та ін.). Прихильники другого підходу розмежовують дані категорії та загалом уважають, що «управління» є ширшим поняттям, ніж «менеджмент» (В.О.</w:t>
+        <w:t>Кравченко, Л.С.</w:t>
       </w:r>
       <w:r w:rsidR="0039250A" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Кравченко, Л.С.</w:t>
+        <w:t>Шевченко, С.І.</w:t>
       </w:r>
       <w:r w:rsidR="0039250A" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Шевченко, С.І.</w:t>
+        <w:t>Михайлов, Г.В.</w:t>
       </w:r>
       <w:r w:rsidR="0039250A" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Михайлов, Г.В.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0039250A" w:rsidRPr="001434C8">
+        <w:t>Атаманчук</w:t>
+      </w:r>
+      <w:r w:rsidR="00963E9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Атаманчук та</w:t>
+        <w:t>та</w:t>
       </w:r>
       <w:r w:rsidR="0039250A" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ін.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64359683" w14:textId="77777777" w:rsidR="0039250A" w:rsidRPr="001434C8" w:rsidRDefault="0039250A" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
@@ -1366,61 +1490,61 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (управління людьми, групами людей, суспільством тощо – вивчається соціально-управлінськими науками). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63A42E65" w14:textId="77777777" w:rsidR="0039250A" w:rsidRPr="001434C8" w:rsidRDefault="0039250A" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Таким чином, категорія «управління» охоплює значно більшу кількість об’єктів та явищ, а власне менеджмент виникає та проявляється у соціальній сфері. Не менш складним та проблемним питанням у наукових колах є й визначення поняття «персонал», а також зіставлення його з близьким за змістом поняттям «кадри». Так співставлення цих понять, яке наведено в табл. 2, показує, що поняття «персонал» традиційно розглядається у широкому і вузькому значеннях. І найчастіше саме на рівні вузького тлумачення деякими науковцями поняття «персонал» співвідноситься чи ототожнюються з поняттям «кадри». Таким чином, можна стверджувати, що поняття «персонал» у широкому розумінні є більш містким, адже включає у себе всіх </w:t>
+        <w:t xml:space="preserve">Таким чином, категорія «управління» охоплює значно більшу кількість об’єктів та явищ, а власне менеджмент виникає та проявляється у соціальній сфері. Не менш складним та проблемним питанням у наукових колах є й визначення поняття «персонал», а також зіставлення його з близьким за змістом поняттям «кадри». Так співставлення цих понять, яке наведено в табл. 2, показує, що поняття «персонал» традиційно розглядається у широкому і вузькому значеннях. І найчастіше саме на рівні вузького тлумачення деякими науковцями поняття «персонал» співвідноситься чи ототожнюються з поняттям «кадри». Таким чином, можна стверджувати, що поняття «персонал» у широкому розумінні є більш містким, адже включає у себе всіх працівників організації (постійних, сумісників, працівників, які виконують роботи за </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">працівників організації (постійних, сумісників, працівників, які виконують роботи за договорами цивільно-правового характеру). </w:t>
+        <w:t xml:space="preserve">договорами цивільно-правового характеру). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09A3BEEA" w14:textId="67B29FB4" w:rsidR="002D7277" w:rsidRPr="001434C8" w:rsidRDefault="0039250A" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>У зарубіжній та українській науковій літературі відомі різні трактування поняття «управління персоналом». Зокрема, відомий англійський економіст М</w:t>
       </w:r>
       <w:r w:rsidR="00374881" w:rsidRPr="001434C8">
         <w:rPr>
@@ -1558,51 +1682,71 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001434C8" w:rsidRPr="001434C8" w14:paraId="450A7DFB" w14:textId="77777777" w:rsidTr="002C2699">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5980D5B7" w14:textId="0245258D" w:rsidR="002C2699" w:rsidRPr="001434C8" w:rsidRDefault="002C2699" w:rsidP="004A3BA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Персонал – це сукупність його працівників (постійних і тимчасових, кваліфікованих і некваліфікованих), що працюють за наймом та мають трудові відносини с роботодавцем.</w:t>
+              <w:t xml:space="preserve">Персонал – це сукупність його працівників (постійних і тимчасових, кваліфікованих і некваліфікованих), що працюють за </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наймом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та мають трудові відносини с роботодавцем.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E93BEC6" w14:textId="31EDE5E1" w:rsidR="002C2699" w:rsidRPr="001434C8" w:rsidRDefault="002C2699" w:rsidP="004A3BA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1693,51 +1837,71 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001434C8" w:rsidRPr="001434C8" w14:paraId="1DDC81F0" w14:textId="77777777" w:rsidTr="002C2699">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BB1E1A2" w14:textId="5B678EE9" w:rsidR="002C2699" w:rsidRPr="001434C8" w:rsidRDefault="002C2699" w:rsidP="004A3BA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Персонал – працівники організації, які працюють за наймом і мають трудові відносини із працедавцем незалежно від періоду їхнього перебування в даній якості.</w:t>
+              <w:t xml:space="preserve">Персонал – працівники організації, які працюють за </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наймом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> і мають трудові відносини із працедавцем незалежно від періоду їхнього перебування в даній якості.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0229EFAD" w14:textId="7C5926C3" w:rsidR="002C2699" w:rsidRPr="001434C8" w:rsidRDefault="00250391" w:rsidP="004A3BA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1810,338 +1974,551 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Інші західні дослідники Д</w:t>
       </w:r>
       <w:r w:rsidR="00374881" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
-      <w:r w:rsidRPr="001434C8">
-[...6 lines deleted...]
-        <w:t>Мілкович і Д</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мілкович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і Д</w:t>
       </w:r>
       <w:r w:rsidR="00374881" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
-      <w:r w:rsidRPr="001434C8">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Бодро пропонують розглядати управління персоналом як «серію рішень у сфері відносин із найманими працівниками, які впливають на ефективність діяльності співробітників і організації у цілому». Дослідження праць українських учених, присвячених проблемам управління персоналом, дає підстави стверджувати, що вони використовують різні підходи до тлумачення поняття «управління персоналом». Але, на нашу думку, основними серед них є процесний, системний та функціональний підходи. Так, деякі </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бодро</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пропонують розглядати управління персоналом як «серію рішень у сфері відносин із найманими працівниками, які впливають на ефективність діяльності співробітників і організації у цілому». Дослідження праць українських учених, присвячених проблемам управління персоналом, дає підстави стверджувати, що вони використовують різні підходи до тлумачення поняття «управління персоналом». Але, на нашу думку, основними серед них є процесний, системний та функціональний підходи. Так, деякі </w:t>
       </w:r>
       <w:r w:rsidR="00374881" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>українські</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дослідники зазначають, що «управління персоналом – це дуже складний і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>українські</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> дослідники зазначають, що «управління персоналом – це дуже складний і багатогранний процес, у якому задіяно багато різноманітних ресурсів, у тому числі людських, фінансових і матеріальних»</w:t>
+        <w:t>багатогранний процес, у якому задіяно багато різноманітних ресурсів, у тому числі людських, фінансових і матеріальних»</w:t>
       </w:r>
       <w:r w:rsidR="002D7277" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, а також визначають його як специфічну сферу управлінської діяльності, головним об’єктом якої є люди, які входять у певні соціальні групи, трудові колективи.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EA9BDEB" w14:textId="77777777" w:rsidR="002D7277" w:rsidRPr="001434C8" w:rsidRDefault="002D7277" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>В.А. Рульєв, С.О. Гуткевич, Т.Л. Мостенська зазначають, що «управління персоналом – це системно організований процес відтворення й ефективного використання всіх кадрів організації, спрямований на досягнення поставленої мети». О.В.</w:t>
+        <w:t>В.А. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рульєв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, С.О. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гуткевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Т.Л. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мостенська</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зазначають, що «управління персоналом – це системно організований процес відтворення й ефективного використання всіх кадрів організації, спрямований на досягнення поставленої мети». О.В.</w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Крушельницька та Д.П.</w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мельничук стверджують, що управління персоналом передбачає системний планомірно організований вплив через систему взаємопов’язаних організаційно-економічних і соціальних заходів, спрямованих на створення умов нормального розвитку й використання потенціалу робочої сили на рівні підприємства. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6533EB4E" w14:textId="77777777" w:rsidR="0065125E" w:rsidRPr="001434C8" w:rsidRDefault="002D7277" w:rsidP="004A3BA7">
+        <w:t xml:space="preserve">Мельничук стверджують, що управління персоналом передбачає системний </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>планомірно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> організований вплив через систему взаємопов’язаних організаційно-економічних і соціальних заходів, спрямованих на створення умов нормального розвитку й використання потенціалу робочої сили на рівні підприємства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6533EB4E" w14:textId="37FA3F70" w:rsidR="0065125E" w:rsidRPr="001434C8" w:rsidRDefault="002D7277" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Також на основі системного підходу визначають сутність поняття «управління персоналом» науковці О.Д.</w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001434C8">
-[...6 lines deleted...]
-        <w:t>Матросов, В.Г.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Матросов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, В.Г.</w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001434C8">
-[...6 lines deleted...]
-        <w:t>Дюжев, В.О.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дюжев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, В.О.</w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Матросова. Вони вважають, що сукупність цілей, напрямів, форм і методів управління персоналом є системою кадрової роботи, яка, своєю чергою, представлена такими підсистемами: підсистемою аналізу, планування і прогнозу кадрів; підсистемою підбору, розстановки, оцінки і безперервного навчання кадрів та підсистемою використання кадрів. Інші українські науковці розглядають поняття «управління персоналом» як специфічну функцію менеджменту (управлінської діяльності) (Л.В.</w:t>
+        <w:t>Матросова. Вони вважають, що сукупність цілей, напрямів, форм і методів управління персоналом є системою кадрової роботи, яка, своєю чергою, представлена такими підсистемами: підсистемою аналізу, планування і прогнозу кадрів; підсистемою підбору, розстановки, оцін</w:t>
+      </w:r>
+      <w:r w:rsidR="00D32E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ювання</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і безперервного навчання </w:t>
+      </w:r>
+      <w:r w:rsidR="00D32E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>персоналу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та підсистемою використання кадрів. Інші українські науковці розглядають поняття «управління персоналом» як специфічну функцію менеджменту (управлінської діяльності) (Л.В.</w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001434C8">
-[...6 lines deleted...]
-        <w:t>Балабанова, О.В.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балабанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, О.В.</w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001434C8">
-[...6 lines deleted...]
-        <w:t>Сардак, Ф.І.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сардак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Ф.І.</w:t>
       </w:r>
       <w:r w:rsidR="0065125E" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Хміль). В.О.</w:t>
       </w:r>
       <w:r w:rsidR="0065125E" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001434C8">
-[...6 lines deleted...]
-        <w:t>Храмов, А.П.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Храмов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, А.П.</w:t>
       </w:r>
       <w:r w:rsidR="0065125E" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001434C8">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Бовтрук розглядають управління персоналом як «частину функціональної сфери кадрового господарства як основного механізму організації». </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бовтрук</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> розглядають управління персоналом як «частину функціональної сфери кадрового господарства як основного механізму організації». </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E093B0F" w14:textId="77777777" w:rsidR="004345C0" w:rsidRPr="001434C8" w:rsidRDefault="004345C0" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01CE98FB" w14:textId="77777777" w:rsidR="004345C0" w:rsidRPr="001434C8" w:rsidRDefault="004345C0" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2564,73 +2941,113 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Проаналізуємо детальніше кожен із зазначених елементів сучасної підсистеми управління персоналом.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10066596" w14:textId="0DD9D3D0" w:rsidR="00125EBE" w:rsidRPr="001434C8" w:rsidRDefault="00125EBE" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1. Формування, функціонування та розвиток управління персоналом повинні базуватися на застосуванні сучасних методологічних підходів. Основними компонентами методології управління персоналом є:</w:t>
+        <w:t xml:space="preserve">1. Формування, функціонування та розвиток управління персоналом повинні базуватися на застосуванні сучасних методологічних підходів. Основними </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57182">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>компонентами методології управління персоналом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> є:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6073E449" w14:textId="77777777" w:rsidR="00125EBE" w:rsidRPr="001434C8" w:rsidRDefault="00125EBE" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>– філософія управління персоналом (сукупність внутрішньоорганізаційних законів, адміністративно-організаційних та етичних норм, система цінностей та переконань організації);</w:t>
+        <w:t xml:space="preserve">– філософія управління персоналом (сукупність </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внутрішньоорганізаційних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законів, адміністративно-організаційних та етичних норм, система цінностей та переконань організації);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5909B895" w14:textId="77777777" w:rsidR="00125EBE" w:rsidRPr="001434C8" w:rsidRDefault="00125EBE" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>– концепція управління персоналом (методологічні та теоретичні засади, а також система практичних підходів до формування механізму управління в конкретних умовах);</w:t>
       </w:r>
     </w:p>
@@ -2673,73 +3090,73 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>– моделі управління персоналом (сукупність засобів, методів, прийомів, які застосовуються для найбільш ефективного використання людського ресурсу в системі менеджменту організації).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="686FEE0D" w14:textId="5779E790" w:rsidR="007025B4" w:rsidRPr="001434C8" w:rsidRDefault="00250391" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D975581" wp14:editId="741CD0F3">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="635" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D975581" wp14:editId="41FB6F81">
+            <wp:extent cx="6381115" cy="6053077"/>
+            <wp:effectExtent l="0" t="0" r="635" b="5080"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId4"/>
-                    <a:srcRect l="30866" t="29017" r="32093" b="7657"/>
+                    <a:srcRect l="30866" t="29853" r="32093" b="7657"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6444668" cy="6195193"/>
+                      <a:ext cx="6444668" cy="6113363"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EDB65F9" w14:textId="77777777" w:rsidR="00250391" w:rsidRPr="001434C8" w:rsidRDefault="007025B4" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -2816,51 +3233,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00125EBE" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Управління персоналом реалізовується за допомогою проведення кадрової політики організації. У наукових колах існує багато поглядів щодо тлумачення поняття «кадрова політика». Ми погоджуємося з визначенням дослідника Є.П. Пархімчіка, який стверджує, що «кадрова політика організації – це сформульовані (усно або письмово) принципи, пріоритети, норми, правила роботи з кадрами, обов’язкові для всіх учасників процесу управління персоналом, які спрямовані на досягнення завдань і стратегічних цілей організації та використовуються з урахуванням постійних змін у внутрішньоорганізаційних умовах і вимогах зовнішнього середовища».</w:t>
+        <w:t>Управління персоналом реалізовується за допомогою проведення кадрової політики організації. У наукових колах існує багато поглядів щодо тлумачення поняття «кадрова політика». Ми погоджуємося з визначенням дослідника Є.П. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пархімчіка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, який стверджує, що «кадрова політика організації – це сформульовані (усно або письмово) принципи, пріоритети, норми, правила роботи з кадрами, обов’язкові для всіх учасників процесу управління персоналом, які спрямовані на досягнення завдань і стратегічних цілей організації та використовуються з урахуванням постійних змін у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внутрішньоорганізаційних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> умовах і вимогах зовнішнього середовища».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="676FD87A" w14:textId="0CE9DF59" w:rsidR="007025B4" w:rsidRPr="001434C8" w:rsidRDefault="007025B4" w:rsidP="004A3BA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Таким, чином кадрова політика визначає головний напрям у роботі з персоналом на довгу перспективу. Кадрова політика включає такі складники:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07BF312A" w14:textId="7DAAA4D8" w:rsidR="007025B4" w:rsidRPr="001434C8" w:rsidRDefault="007025B4" w:rsidP="004A3BA7">
@@ -3624,150 +4081,197 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Прийнятий стиль керівництва може служити характеристикою якості діяльності керівника, його здатності забезпечувати ефективну управлінську діяльність, а так само створювати в колективі особливу атмосферу, сприяє розвитку сприятливих взаємин і поведінки. Ступінь, до якої управляючий делегує свої повноваження, типи влади, використовувані ним, і його турбота, перш за все про людські відносини або, перш за все, про виконання завдання </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA35E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> все відображає стиль керівництва даного керівника.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A30F339" w14:textId="35F01BC7" w:rsidR="00EA35E4" w:rsidRPr="00EA35E4" w:rsidRDefault="00EA35E4" w:rsidP="00EA35E4">
+    <w:p w14:paraId="4A30F339" w14:textId="4FA98910" w:rsidR="00EA35E4" w:rsidRPr="00EA35E4" w:rsidRDefault="00EA35E4" w:rsidP="00EA35E4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA35E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Стиль керівництва являє собою інтегральну характеристику, що включає в себе особливості як керівника, так і об</w:t>
+        <w:t xml:space="preserve">Стиль </w:t>
+      </w:r>
+      <w:r w:rsidR="001E4B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>управління</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA35E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> являє собою інтегральну характеристику, що включає в себе особливості як керівника, так і об</w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA35E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">єкта. Стиль керівництва </w:t>
+        <w:t xml:space="preserve">єкта. Стиль </w:t>
+      </w:r>
+      <w:r w:rsidR="001E4B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>управління</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA35E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA35E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> це цілісна, відносно стійка система методів, способів, прийомів впливу керівника на колектив для ефективної реалізації управлінських функці</w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>й</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA35E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52EFA9BF" w14:textId="1CB3D5E2" w:rsidR="00EA35E4" w:rsidRPr="00EA35E4" w:rsidRDefault="00EA35E4" w:rsidP="00EA35E4">
+    <w:p w14:paraId="52EFA9BF" w14:textId="06C603E9" w:rsidR="00EA35E4" w:rsidRPr="00EA35E4" w:rsidRDefault="00EA35E4" w:rsidP="00EA35E4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA35E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Стиль керівництва</w:t>
+        <w:t xml:space="preserve">Стиль </w:t>
+      </w:r>
+      <w:r w:rsidR="001E4B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>управління</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA35E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – це система методів впливу керівника на підлеглих, також це особливості взаємодії керівника з колективом, що стабільно проявляються і формуються як під впливом об’єктивних і суб’єктивних умов управління, так і індивідуально-психологічних особливостей керівника.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F4FEEA2" w14:textId="4478717C" w:rsidR="00EA35E4" w:rsidRPr="00EA35E4" w:rsidRDefault="00EA35E4" w:rsidP="00EA35E4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA35E4">
@@ -3976,51 +4480,71 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001434C8" w:rsidRPr="001434C8" w14:paraId="5128BA4F" w14:textId="77777777" w:rsidTr="00E97DC1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F630EC1" w14:textId="3054C43C" w:rsidR="00C703E7" w:rsidRPr="001434C8" w:rsidRDefault="00C703E7" w:rsidP="00E97DC1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Л.Г. Дідковська, П.Г. Гордієнко </w:t>
+              <w:t>Л.Г. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дідковська</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, П.Г. Гордієнко </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6639C433" w14:textId="274CE660" w:rsidR="00C703E7" w:rsidRPr="001434C8" w:rsidRDefault="00C703E7" w:rsidP="00C703E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4102,52 +4626,63 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001434C8" w:rsidRPr="001434C8" w14:paraId="3326722F" w14:textId="77777777" w:rsidTr="00E97DC1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BAAEC8E" w14:textId="5425F5EB" w:rsidR="00C703E7" w:rsidRPr="001434C8" w:rsidRDefault="00E97DC1" w:rsidP="00E97DC1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>О.Є. Кузьмін, Н.Т. Мала, О.Г. Мельник, І.С. Процик</w:t>
-            </w:r>
+              <w:t>О.Є. Кузьмін, Н.Т. Мала, О.Г. Мельник, І.С. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Процик</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7741D21C" w14:textId="16143A92" w:rsidR="00C703E7" w:rsidRPr="001434C8" w:rsidRDefault="00E97DC1" w:rsidP="00C703E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Характерна манера поведінки керівника, що переважає в його управлінській діяльності та за допомогою якої управлінець може впливати на підлеглих та стимулювати їх для досягнення цілей організації.</w:t>
@@ -4156,51 +4691,71 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001434C8" w:rsidRPr="001434C8" w14:paraId="17F477CB" w14:textId="77777777" w:rsidTr="00E97DC1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64F75235" w14:textId="52966233" w:rsidR="00C703E7" w:rsidRPr="001434C8" w:rsidRDefault="00E97DC1" w:rsidP="00E97DC1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Г.В. Щекин </w:t>
+              <w:t>Г.В. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Щекин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F19B2FC" w14:textId="4DE2D106" w:rsidR="00C703E7" w:rsidRPr="001434C8" w:rsidRDefault="00E97DC1" w:rsidP="00C703E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4210,121 +4765,196 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001434C8" w:rsidRPr="001434C8" w14:paraId="6129C569" w14:textId="77777777" w:rsidTr="00E97DC1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18A45F2B" w14:textId="6D2CE6CA" w:rsidR="00C703E7" w:rsidRPr="001434C8" w:rsidRDefault="00E97DC1" w:rsidP="00E97DC1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">О.Б. Моргулець </w:t>
+              <w:t>О.Б. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Моргулець</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74E3C5D7" w14:textId="42CCFF6E" w:rsidR="00C703E7" w:rsidRPr="001434C8" w:rsidRDefault="00E97DC1" w:rsidP="00C703E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Гнучка манера поведінки керівника, щодо співробітників, яка змінюється в часі залежно від ситуації і виявляється в способах виконання управлінських робіт, підпорядкованих керівнику співробітників.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="231AABDE" w14:textId="5F31E10B" w:rsidR="00C703E7" w:rsidRPr="001434C8" w:rsidRDefault="00E97DC1" w:rsidP="00E97DC1">
+    <w:p w14:paraId="231AABDE" w14:textId="037C2D1B" w:rsidR="00C703E7" w:rsidRPr="001434C8" w:rsidRDefault="00E97DC1" w:rsidP="00E97DC1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Виникнення поняття «стиль керівництва» і його вивчення пов’язане з дослідженнями німецького психолога К.</w:t>
       </w:r>
       <w:r w:rsidR="004869D8" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Левіна, експерименти якого дозволили виділити три основні стилі керівництва/лідерства: авторитарний (директивний, одноосібний); демократичний (колегіальний); ліберальний (потуральний, дозвільний, невтручання, нейтральний)». Характеристика стилів керівництва подана в табл</w:t>
+        <w:t xml:space="preserve">Левіна, експерименти якого дозволили виділити три </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A43AB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основні стилі </w:t>
+      </w:r>
+      <w:r w:rsidR="00A43AB4" w:rsidRPr="00A43AB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>управління</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/лідерства: авторитарний (директивний, одноосібний); демократичний (колегіальний); ліберальний (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>потуральний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, дозвільний, невтручання, нейтральний)». Характеристика стилів керівництва подана в табл</w:t>
       </w:r>
       <w:r w:rsidR="004869D8" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004869D8" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -5675,51 +6305,54 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52D32EEA" w14:textId="325DF908" w:rsidR="005717D4" w:rsidRPr="001434C8" w:rsidRDefault="005717D4" w:rsidP="005717D4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>М’яка манера поведінки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001434C8" w:rsidRPr="001434C8" w14:paraId="61DE1388" w14:textId="77777777" w:rsidTr="004869D8">
+      <w:tr w:rsidR="001434C8" w:rsidRPr="001434C8" w14:paraId="61DE1388" w14:textId="77777777" w:rsidTr="00A43AB4">
+        <w:trPr>
+          <w:trHeight w:val="102"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2548" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66601967" w14:textId="322AA916" w:rsidR="005717D4" w:rsidRPr="001434C8" w:rsidRDefault="005717D4" w:rsidP="005717D4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Відношення до дисципліни</w:t>
             </w:r>
           </w:p>
@@ -5779,51 +6412,71 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2549" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C0EE116" w14:textId="6161D28F" w:rsidR="005717D4" w:rsidRPr="001434C8" w:rsidRDefault="005717D4" w:rsidP="005717D4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Формально-прощенське відношення</w:t>
+              <w:t>Формально-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>прощенське</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001434C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> відношення</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001434C8" w:rsidRPr="001434C8" w14:paraId="0380F049" w14:textId="77777777" w:rsidTr="004869D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2548" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="580FC688" w14:textId="617B10F3" w:rsidR="005717D4" w:rsidRPr="001434C8" w:rsidRDefault="005717D4" w:rsidP="005717D4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
@@ -5894,94 +6547,114 @@
           </w:tcPr>
           <w:p w14:paraId="53BC8D2E" w14:textId="10253B10" w:rsidR="005717D4" w:rsidRPr="001434C8" w:rsidRDefault="005717D4" w:rsidP="005717D4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001434C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Байдуже</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B97AC9C" w14:textId="2A731D6B" w:rsidR="005717D4" w:rsidRPr="005717D4" w:rsidRDefault="005717D4" w:rsidP="00D80902">
+    <w:p w14:paraId="2B97AC9C" w14:textId="23D8C943" w:rsidR="005717D4" w:rsidRPr="005717D4" w:rsidRDefault="005717D4" w:rsidP="00D80902">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005717D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Сильне та ефективне керівництво організацією сприяє створенню атмосфери участі та колективної підтримки цілей діяльності організації, в якій її члени отримують стимул в усуненні бар</w:t>
       </w:r>
       <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="005717D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t>єрів і досягненні запланованих результатів. Щоб керівництво було ефективним, необхідно вміло будувати взаємини з підлеглими. Забезпеченню ефективного керівництва сприяють такі основні елементи:</w:t>
+        <w:t xml:space="preserve">єрів і досягненні запланованих результатів. Щоб керівництво було ефективним, необхідно вміло будувати взаємини з підлеглими. Забезпеченню ефективного </w:t>
+      </w:r>
+      <w:r w:rsidR="00A43AB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>управління</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сприяють такі основні елементи:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C5A127" w14:textId="694B3E2D" w:rsidR="005717D4" w:rsidRPr="005717D4" w:rsidRDefault="00D80902" w:rsidP="00D80902">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>– </w:t>
@@ -6205,526 +6878,674 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>– </w:t>
       </w:r>
       <w:r w:rsidR="005717D4" w:rsidRPr="005717D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>системний та ситуаційний підхід.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5433BCDD" w14:textId="0500F4EC" w:rsidR="005717D4" w:rsidRPr="005717D4" w:rsidRDefault="005717D4" w:rsidP="00D80902">
+    <w:p w14:paraId="5433BCDD" w14:textId="4EADE4FB" w:rsidR="005717D4" w:rsidRPr="005717D4" w:rsidRDefault="005717D4" w:rsidP="00D80902">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005717D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t>Суть останнього елементу ґрунтується на припущенні, що жоден стиль керівництва не є універсальним, тобто не може бути однаково ефективним у всіх ситуаціях, толу менеджерам доцільно міняти стиль керівництва разом із зміною ситуації. Така теорія отримала розвиток в ситуаційних моделях лідерства і може служити як важливий інструмент покращення керівництва організацією шляхом використання різних стилів лідерства Найбільш відомими ситуаційними моделями є: ситуаційна модель Ф.</w:t>
-[...167 lines deleted...]
-      <w:r w:rsidRPr="001434C8">
+        <w:t xml:space="preserve">Суть останнього елементу ґрунтується на припущенні, що жоден стиль керівництва не є універсальним, тобто не може бути однаково ефективним у всіх ситуаціях, толу менеджерам доцільно міняти стиль керівництва разом із зміною ситуації. Така теорія отримала розвиток в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B142A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t>Ситуаційна м</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005717D4" w:rsidRPr="005717D4">
+        <w:t>ситуаційних моделях лідерства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і може служити як важливий інструмент покращення керівництва організацією шляхом використання різних стилів лідерства</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43AB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Найбільш відомими ситуаційними моделями є: ситуаційна модель Ф.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Фідлера</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>, теорія життєвого циклу П.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Герсі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та К.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Бланшара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>модель «шлях – ціль» Т.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Мітчела</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і Р.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Хауза, модель прийняття рішень В.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Врума</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Ф.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Йєттона</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE150DC" w14:textId="67B02C90" w:rsidR="005717D4" w:rsidRPr="005717D4" w:rsidRDefault="006439A7" w:rsidP="00D80902">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t>одель Ф.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
+        <w:t>Ситуаційна м</w:t>
+      </w:r>
+      <w:r w:rsidR="005717D4" w:rsidRPr="005717D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005717D4" w:rsidRPr="005717D4">
+        <w:t>одель Ф.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t>Фідлера</w:t>
-      </w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005717D4" w:rsidRPr="005717D4">
-        <w:rPr>
-[...158 lines deleted...]
-      <w:r w:rsidRPr="005717D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t>Теорія життєвого циклу П.</w:t>
+        <w:t>Фідлера</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005717D4" w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зосереджує увагу на ситуації і виявляє три фактори, які впливають на поведінку керівника:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61E7FB4F" w14:textId="443BCF48" w:rsidR="005717D4" w:rsidRPr="005717D4" w:rsidRDefault="00D80902" w:rsidP="00D80902">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>– відносини</w:t>
+      </w:r>
+      <w:r w:rsidR="005717D4" w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> між керівником і підлеглими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA0FB6A" w14:textId="1800C632" w:rsidR="005717D4" w:rsidRPr="005717D4" w:rsidRDefault="00D80902" w:rsidP="00D80902">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="005717D4" w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>структура завдання;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D9D2B3" w14:textId="1FFB6447" w:rsidR="005717D4" w:rsidRPr="005717D4" w:rsidRDefault="00D80902" w:rsidP="00D80902">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="005717D4" w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>посадові повноваження.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0474D18E" w14:textId="2DE4CE9D" w:rsidR="005717D4" w:rsidRPr="001434C8" w:rsidRDefault="005717D4" w:rsidP="00D80902">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На думку </w:t>
       </w:r>
       <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Ф. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>Фідлера</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, не зважаючи на те, що в кожній ситуації керівник може використовувати різні стилі керівництва, проте, манера поведінки того чи іншого керівника залишається незмінною. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005717D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005717D4">
+        <w:t>Теорія життєвого циклу П.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t>Герсі та К.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005717D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t> </w:t>
-      </w:r>
+        <w:t>Герсі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005717D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> та К.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005717D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
         <w:t>Бланшара</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005717D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> наведена на рис. </w:t>
       </w:r>
       <w:r w:rsidR="00D80902" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="005717D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
@@ -6809,83 +7630,98 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Рис. 2. Ситуаційна теорія П.</w:t>
       </w:r>
       <w:r w:rsidR="006439A7" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Герсі та К.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006439A7" w:rsidRPr="001434C8">
+        <w:t>Герсі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001434C8">
+        <w:t xml:space="preserve"> та К.</w:t>
+      </w:r>
+      <w:r w:rsidR="006439A7" w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001434C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Бланшара</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="06E94EF5" w14:textId="77777777" w:rsidR="006439A7" w:rsidRPr="006439A7" w:rsidRDefault="006439A7" w:rsidP="006439A7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006439A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Згідно із даною теорією стиль керівництва залежить від зрілості підлеглих, яка визначається здатністю і бажанням виконувати поставлені керівником завдання. Відповідно до рівня цих параметрів виділяють чотири стадії зрілості працівників:</w:t>
@@ -7116,63 +7952,79 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Модель «шлях – ціль» Т.</w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006439A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t>Мітчела і Р.</w:t>
+        <w:t>Мітчела</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006439A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і Р.</w:t>
       </w:r>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006439A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -7885,51 +8737,73 @@
         <w:t>Другий – звертає першочергову увагу керівника на потреби людини, працівника, виконавця рішень та приймає потреби більш високого рівня: потреби в причетності, автономії, самовираження та відповідно характеризує теорію «У». Вибираючи поведінку із підлеглими, керівник відповідно до ситуації має можливість застосовувати методи управління, що орієнтовані на завдання чи на потреби людини.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="158F5ECD" w14:textId="77777777" w:rsidR="003529DD" w:rsidRPr="003529DD" w:rsidRDefault="003529DD" w:rsidP="003529DD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003529DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
-        <w:t>Їх збалансоване відповідно до ситуації поєднання дає змогу якнайефективніше впливати на роботу виконавців і досягати найкращих результатів діяльності.</w:t>
+        <w:t xml:space="preserve">Їх збалансоване відповідно до ситуації поєднання дає змогу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003529DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t>якнайефективніше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003529DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> впливати на роботу виконавців і досягати найкращих результатів діяльності.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52E9F34B" w14:textId="6B775E40" w:rsidR="003529DD" w:rsidRPr="003529DD" w:rsidRDefault="001434C8" w:rsidP="003529DD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001434C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Отже</w:t>
@@ -8017,99 +8891,108 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="82"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B1EE8"/>
     <w:rsid w:val="00125EBE"/>
     <w:rsid w:val="001434C8"/>
     <w:rsid w:val="00154B60"/>
     <w:rsid w:val="00170F34"/>
+    <w:rsid w:val="001E4B14"/>
     <w:rsid w:val="00232EAC"/>
     <w:rsid w:val="00250391"/>
     <w:rsid w:val="002A6A1E"/>
     <w:rsid w:val="002C2699"/>
     <w:rsid w:val="002D7277"/>
     <w:rsid w:val="003529DD"/>
     <w:rsid w:val="00374881"/>
     <w:rsid w:val="00374F14"/>
     <w:rsid w:val="0039250A"/>
     <w:rsid w:val="004345C0"/>
     <w:rsid w:val="0046322B"/>
     <w:rsid w:val="004869D8"/>
     <w:rsid w:val="004A3BA7"/>
     <w:rsid w:val="005717D4"/>
     <w:rsid w:val="00613409"/>
     <w:rsid w:val="006439A7"/>
     <w:rsid w:val="0065125E"/>
     <w:rsid w:val="00692B24"/>
     <w:rsid w:val="006E5970"/>
     <w:rsid w:val="006F35EB"/>
     <w:rsid w:val="007025B4"/>
     <w:rsid w:val="00790452"/>
     <w:rsid w:val="00881B41"/>
+    <w:rsid w:val="00887CEC"/>
     <w:rsid w:val="008B1EE8"/>
+    <w:rsid w:val="00963E9E"/>
+    <w:rsid w:val="00A43AB4"/>
+    <w:rsid w:val="00A76710"/>
     <w:rsid w:val="00A81E35"/>
+    <w:rsid w:val="00B142A7"/>
     <w:rsid w:val="00BC5191"/>
     <w:rsid w:val="00C703E7"/>
+    <w:rsid w:val="00D32E86"/>
     <w:rsid w:val="00D80902"/>
+    <w:rsid w:val="00E57182"/>
     <w:rsid w:val="00E97DC1"/>
     <w:rsid w:val="00EA1D0A"/>
     <w:rsid w:val="00EA35E4"/>
     <w:rsid w:val="00F843F2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -8929,69 +9812,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>16688</Words>
-  <Characters>9513</Characters>
+  <Words>16681</Words>
+  <Characters>9509</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>79</Lines>
   <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26149</CharactersWithSpaces>
+  <CharactersWithSpaces>26138</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Viacheslav Tkachuk</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>