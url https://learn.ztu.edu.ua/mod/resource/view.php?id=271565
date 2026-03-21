--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -1,19149 +1,30723 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="080415D5" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="007A4710" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
+    <w:p w14:paraId="080415D5" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="00021A4C" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
       <w:pPr>
         <w:ind w:right="141"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ОПОРНИЙ КОНСПЕКТ ЛЕКЦІЙ З ДИСЦИПЛІНИ   </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>НАВЧАЛЬНОЇ ДИСЦИПЛІНИ :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC6470D" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="007A4710" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
+    <w:p w14:paraId="1FC6470D" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="00021A4C" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
       <w:pPr>
         <w:ind w:right="141"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14A079D1" w14:textId="1D5EFA9A" w:rsidR="00B929FC" w:rsidRPr="007A4710" w:rsidRDefault="00B929FC" w:rsidP="00B15F5A">
+    <w:p w14:paraId="14A079D1" w14:textId="1D5EFA9A" w:rsidR="00B929FC" w:rsidRPr="00021A4C" w:rsidRDefault="00B929FC" w:rsidP="00B15F5A">
       <w:pPr>
         <w:ind w:right="141"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>HR-менеджмент в державному секторі</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6E1453" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="007A4710" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
+    <w:p w14:paraId="6B6E1453" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="00021A4C" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="790EA657" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="007A4710" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
+    <w:p w14:paraId="790EA657" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="00021A4C" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="421050EA" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="007A4710" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
+    <w:p w14:paraId="421050EA" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="00021A4C" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПЕРЕДМОВА</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06FCFDD9" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="007A4710" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
+    <w:p w14:paraId="06FCFDD9" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="00021A4C" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32A32355" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="007A4710" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
+    <w:p w14:paraId="32A32355" w14:textId="77777777" w:rsidR="00B929FC" w:rsidRPr="00021A4C" w:rsidRDefault="00B929FC" w:rsidP="00B929FC">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07DFB21C" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="07DFB21C" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Метою вивчення навчальної дисципліни </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>є розкриття теоретичних і практичних засад управління людськими ресурсами в державному секторі, дослідження умов і закономірностей формування кадрового потенціалу публічної служби, а також ролі HR-менеджменту у забезпеченні ефективності діяльності органів влади та підвищенні якості публічних послуг.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BC088E8" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="2BC088E8" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Завданнями навчальної дисципліни є:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1450F09E" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="1450F09E" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>– формування у студентів системи фундаментальних знань про сутність, принципи та інструменти HR-менеджменту в державному секторі;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="002BAA0E" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="002BAA0E" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>– оволодіння поняттями і категоріями, що забезпечують перехід від теоретичних засад кадрової політики до практики управління персоналом у публічному управлінні;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26278798" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="26278798" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>– набуття вмінь здійснювати підбір, оцінювання, мотивацію та розвиток персоналу в органах державної влади та місцевого самоврядування;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5589A803" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="5589A803" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>– формування здатності до оцінювання ефективності кадрової політики, виявлення проблем у сфері людських ресурсів і розробки рішень щодо їх усунення;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CFF627E" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="1CFF627E" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>– набуття навичок розробляти пропозиції щодо удосконалення HR-стратегій у державному секторі, впровадження інноваційних методів управління людським капіталом, забезпечення доброчесності, прозорості та професіоналізму публічних службовців.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7248BA" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="0C7248BA" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Зміст навчальної</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> дисципліни</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> направлений на формування наступних </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>компетентностей</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, визначених стандартом вищої освіти зі спеціальності 281 «Публічне управління та адміністрування» та освітньою програмою «Публічне управління та адміністрування»:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="175CCFF4" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="175CCFF4" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЗК1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Здатність вчитися та оволодівати сучасними знаннями.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EA288F3" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="5EA288F3" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЗК4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Здатність бути критичним і самокритичним.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C6CACCB" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="1C6CACCB" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЗК5</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. Здатність до адаптації та дії в новій ситуації. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102DAB69" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="102DAB69" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЗК6.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Здатність працювати в команді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43158F72" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="43158F72" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЗК7.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Здатність планувати та управляти часом.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D2CDA03" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="2D2CDA03" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЗК12.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Навички міжособистісної взаємодії.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB47783" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="2CB47783" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЗК13.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Здатність спілкуватися з представниками інших професійних груп різного рівня (з експертами з інших галузей знань / видів діяльності).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2259AEF0" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="2259AEF0" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>СК1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Здатність до соціальної взаємодії, до співробітництва й розв’язання конфліктів.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6598F890" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="6598F890" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>СК2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Здатність забезпечувати належний рівень вироблення та використання управлінських продуктів, послуг чи процесів.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3884A22D" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="3884A22D" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>СК3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="534E6779" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Здатність забезпечувати дотримання нормативноправових та морально-етичних норм поведінки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="534E6779" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>СК5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Здатність використовувати систему електронного документообігу.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E45F9B" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="01E45F9B" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">СК8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Здатність готувати </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="31347E33" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+        <w:t>Здатність готувати проекти управлінських рішень та їх впроваджувати.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31347E33" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>СК9.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Здатність впроваджувати інноваційні технології.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45DA298B" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="45DA298B" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>СК12.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="5D78A11F" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Здатність організовувати діяльність у сфері публічного управління та адміністрування на засадах «Людиноцентричності» в умовах невизначеності та воєнного часу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D78A11F" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Отримані знання з навчальної дисципліни стануть складовими наступних </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>програмних результатів</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> навчання за спеціальністю 281 «Публічне управління та адміністрування»:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77CA041D" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="77CA041D" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Знати структуру та особливості функціонування сфери публічного управління та адміністрування.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0CD548" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="1C0CD548" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Знати стандарти, принципи та норми діяльності у сфері публічного управління та адміністрування.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="335EF1AA" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="335EF1AA" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН6.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Знати основні нормативно-правові акти та положення законодавства у сфері публічного управління та адміністрування.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C69DDAC" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="5C69DDAC" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН8.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Розуміти та використовувати технології вироблення, прийняття та реалізації управлінських рішень.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="646A044C" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="646A044C" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН10.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уміти користуватися системою електронного документообігу.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5233B844" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="5233B844" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН14.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уміти коригувати професійну діяльність у випадку зміни вихідних умов. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2530EEAF" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="2530EEAF" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН15.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Застосовувати методи контролю якості у сфері професійної діяльності.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61416B37" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="61416B37" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН18.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Вміти організовувати професійну діяльність на засадах «</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="13FA012B" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+        <w:t xml:space="preserve"> Вміти організовувати професійну діяльність на засадах «Людиноцентричності» із дотриманням принципів поваги до гідності, життя, прав та свобод людини як найвищої соціальної цінності, а також врахування необхідності забезпечення безпеки особистості в умовах невизначеності та воєнного часу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FA012B" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Під час вивчення навчальної дисципліни здобувачі вищої освіти зможуть отримати наступні </w:t>
-[...38 lines deleted...]
-    <w:p w14:paraId="790B78F4" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+        <w:t>Під час вивчення навчальної дисципліни здобувачі вищої освіти зможуть отримати наступні Soft skills:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790B78F4" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>комунікативні навички</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>: письмове, вербальне й невербальне спілкування; уміння грамотно спілкуватися по e-</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="482C1A88" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+        <w:t>: письмове, вербальне й невербальне спілкування; уміння грамотно спілкуватися по e-mail; вести дискусію і відстоювати свою позицію; навички працювати в команді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482C1A88" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- уміння виступати привселюдно</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: навички, необхідні для виступів на публіці; навички проведення презентації;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F02B0D7" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="5F02B0D7" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>керування часом:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> уміння справлятися із завданнями вчасно;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0547155B" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="0547155B" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>гнучкість і адаптивність:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> гнучкість, адаптивність і здатність змінюватися; уміння аналізувати ситуацію, орієнтування на вирішення проблеми;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="130AF118" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="130AF118" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>лідерські якості</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: уміння спокійно працювати в напруженому середовищі; уміння ухвалювати рішення; уміння ставити мету, планувати діяльність;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25CFDF91" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="25CFDF91" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- особисті якості:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> креативне й критичне мислення; етичність, чесність, терпіння, повага до оточуючих.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C079D8" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="32C079D8" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D0F27D7" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="1D0F27D7" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69782ACF" w14:textId="0123426D" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="69782ACF" w14:textId="0123426D" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="420F40E2" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="420F40E2" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E38F757" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="00E50D75">
+    <w:p w14:paraId="5E38F757" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="00E50D75">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>МОДУЛЬ 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A75AB42" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="4A75AB42" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F37D6F9" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="1F37D6F9" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Змістовний модуль 1. ТЕОРЕТИКО-МЕТОДОЛОГІЧНІ ТА ІНСТИТУЦІЙНІ ЗАСАДИ HR-МЕНЕДЖМЕНТУ В ДЕРЖАВНОМУ СЕКТОРІ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3ED9B0" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="3C3ED9B0" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B869DEC" w14:textId="1999C830" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="00AC3839">
+    <w:p w14:paraId="7B869DEC" w14:textId="1999C830" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Тема 1. HR-менеджмент як наукова та практична категорія (</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ЗК1, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЗК4</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЗК5</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЗК6,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ЗК7, ЗК12, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ЗК13, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>СК1,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>СК2,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>СК3,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>СК5,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> СК8, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">СК9, СК12, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН4,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН5,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН6,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН8,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ПРН10, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН14,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПРН15,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПРН18.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> )</w:t>
       </w:r>
-      <w:r w:rsidR="00AC3839" w:rsidRPr="007A4710">
+      <w:r w:rsidR="00AC3839" w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D785C7" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="000C2EBB">
+    <w:p w14:paraId="47D785C7" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61CA63DD" w14:textId="1EE4BA9B" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="61CA63DD" w14:textId="1EE4BA9B" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.1. Генезис і сутність HR-менеджменту</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C660D8C" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="2C660D8C" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.2. Відмінності HR-менеджменту у приватному та державному секторах</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62227BCA" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="62227BCA" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.3. HR-менеджмент як стратегічний ресурс розвитку публічної служби</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF3DC9B" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="5FF3DC9B" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.4. Міжнародні стандарти управління людськими ресурсами</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2963198D" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="007A4710" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
+    <w:p w14:paraId="2963198D" w14:textId="77777777" w:rsidR="000C2EBB" w:rsidRPr="00021A4C" w:rsidRDefault="000C2EBB" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.5. HR-менеджмент у контексті реформ державної служби</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FFCE4A8" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="000C2EBB">
+    <w:p w14:paraId="7FFCE4A8" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3153AD49" w14:textId="3E9F4A94" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="000C2EBB">
+    <w:p w14:paraId="3153AD49" w14:textId="3E9F4A94" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Виклад основного матеріалу</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5D19C9" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="6F5D19C9" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BA321AB" w14:textId="23DCF985" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="5BA321AB" w14:textId="23DCF985" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.1. Генезис і сутність HR-менеджменту</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4F90F6" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="1C4F90F6" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...68 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-менеджмент (Human Resource Management, HRM)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сформувався як наукова та практична категорія на перетині економіки праці, теорії організації, соціології управління, психології праці та публічного адміністрування. Його генезис відображає еволюцію уявлень про працю і людину в організації: від трактування працівника як “витрати” та елемента виробничого процесу — до розуміння персоналу як </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>капіталу, носія компетентностей, цінностей і організаційних знань</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, що визначають конкурентоспроможність і спроможність інституції до розвитку.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3379002A" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="3379002A" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1) Історико-теоретичні етапи становлення HR-менеджменту</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44081A15" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="44081A15" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Перший етап — адміністративно-обліковий підхід (кінець ХІХ — початок ХХ ст.)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Початково управління персоналом редукувалося до функцій обліку, дисципліни, контролю робочого часу, найму та звільнення. У центрі уваги перебували </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>норми, інструкції, регламенти</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, а людський фактор розглядався переважно як змінна, що має бути стандартизована. Науково цей етап корелює з ранніми управлінськими концепціями раціоналізації та бюрократичного упорядкування організацій.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05DD74C5" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="05DD74C5" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Другий етап — “персонал-менеджмент” і виробнича ефективність (1920–1950-ті рр.)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Розвиток індустріальної економіки сприяв появі практик добору, навчання, оцінювання, нормування праці. У цей період зростає значення </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>функціональної спеціалізації</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: управління персоналом починає сприйматися як окрема управлінська функція, що забезпечує стабільність виробництва, зниження плинності кадрів, підвищення продуктивності.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD55494" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="1BD55494" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Третій етап — поведінкові та мотиваційні підходи (з 1950–1960-х рр.)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Під впливом теорій мотивації, лідерства, групової динаміки відбувається </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">переоцінка ролі неформальних факторів (культура, комунікації, задоволеність працею). Управління персоналом поступово переорієнтовується з контролю на </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>залученість</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, розвиток, внутрішні комунікації, психологічний клімат, що в підсумку розширює інструментарій кадрової роботи.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621A6F48" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="621A6F48" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Четвертий етап — формування HRM як інтегрованої системи (1980–1990-ті рр.)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Саме в цей період утверджується термін “HR-менеджмент” як концепція, де персонал трактується як </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>людський ресурс</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="2B2BFBDE" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і водночас як ключова умова реалізації стратегії організації. HR-політика починає узгоджуватися зі стратегічними цілями, а HR-функції — інтегруватися в управління змінами, організаційний розвиток, якість, інноваційність.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2BFBDE" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>П’ятий етап — стратегічний HRM і управління талантами (2000-ті рр. — дотепер)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Сучасний HRM розвивається в умовах </w:t>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+        <w:t xml:space="preserve">Сучасний HRM розвивається в умовах цифровізації, глобальної конкуренції, демографічних змін і зростання ролі знаннєвої праці. Акцент зміщується на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>компетентності, потенціал, бренд роботодавця, управління результативністю, аналітику персоналу (HR analytics)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, а також на стійкість організацій у кризах. Для публічного сектору додатково зростає значення доброчесності, прозорості процедур, рівного доступу та орієнтації на суспільну цінність.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="516A3DE7" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="516A3DE7" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2) Сутнісна характеристика HR-менеджменту</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D5A0FB" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="73D5A0FB" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Сутність HR-менеджменту доцільно розкривати через три взаємопов’язані виміри:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658DA3C2" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="658DA3C2" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(а) HRM як управлінська функція.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Це системна діяльність, спрямована на забезпечення організації людським потенціалом і його використання для досягнення цілей. До класичних складових належать: планування потреб у персоналі, </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="05D03CF2" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+        <w:t>Це системна діяльність, спрямована на забезпечення організації людським потенціалом і його використання для досягнення цілей. До класичних складових належать: планування потреб у персоналі, рекрутинг і добір, адаптація, навчання і розвиток, оцінювання результативності, мотивація та винагороди, управління кар’єрою, кадровий резерв, трудові відносини, соціальний діалог, охорона праці.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D03CF2" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(б) HRM як система політик і практик.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">HR-менеджмент не є набором розрізнених процедур; він функціонує як </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>узгоджена система</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, де інструменти (відбору, навчання, оцінки, винагороди) мають працювати на спільну логіку — формування потрібних компетентностей, поведінки та організаційної культури. Системність означає:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20BEBFDF" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="20BEBFDF" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>узгодженість HR-політики зі стратегією організації;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D38B14" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="50D38B14" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>внутрішню несуперечливість HR-процедур;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E8B5987" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="5E8B5987" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>наявність стандартів, метрик та механізмів контролю якості.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F67306" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="22F67306" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(в) HRM як концепція цінності людського капіталу.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">У сучасній інтерпретації HR-менеджмент оперує категоріями </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>людського капіталу</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, компетентностей, організаційних знань і культури. Тобто акцент переноситься з “обслуговування кадрів” на </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>інвестиції у розвиток</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> і створення умов, за яких працівники можуть максимально реалізовувати професійний потенціал.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63A784FE" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="63A784FE" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3) Відмежування HR-менеджменту від традиційного кадрового адміністрування</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA5FFFB" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="2CA5FFFB" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Для наукового розуміння важливо розрізняти HRM і традиційну кадрову роботу:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="775A15C0" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="775A15C0" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Кадрове адміністрування</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> фокусується на процедурі, документах, дотриманні правил, обліку і формальному забезпеченні штатної потреби.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56015139" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="56015139" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>HR-менеджмент</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="0B95D5E5" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фокусується на результаті: компетентностях, продуктивності, організаційному розвитку, якості людського капіталу та стратегічній узгодженості кадрових рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B95D5E5" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Отже, HRM — це </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>не лише “ведення кадрів”</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, а управління людськими ресурсами як критичним фактором ефективності, інституційної спроможності та розвитку.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3B7209" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="0E3B7209" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4) Ключові принципи сучасного HR-менеджменту (як категорії)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19926D75" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="19926D75" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Узагальнено, сутність HR-менеджменту проявляється через такі принципи:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="217DDF19" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="217DDF19" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>стратегічна узгодженість</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (HR як інструмент реалізації стратегії);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74E48165" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="74E48165" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>компетентнісний підхід</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (фокус на знаннях, навичках, поведінкових індикаторах);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D44EC2F" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="7D44EC2F" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>результативність і вимірюваність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (KPI, оцінювання ефективності HR-практик);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5825C7E0" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="5825C7E0" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>безперервний розвиток</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-    <w:p w14:paraId="3C71BF81" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (навчання, upskilling/reskilling, управління кар’єрою);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C71BF81" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>справедливість і недискримінація</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (рівний доступ, прозорі процедури);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72CC9D9D" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="72CC9D9D" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>орієнтація на організаційну культуру та цінності</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (етика, доброчесність, лідерство);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC78380" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
+    <w:p w14:paraId="2EC78380" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="00AC3839">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>адаптивність</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (управління змінами, стійкість у кризових умовах).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DEE3847" w14:textId="77777777" w:rsidR="002978B6" w:rsidRPr="007A4710" w:rsidRDefault="002978B6" w:rsidP="002978B6">
-[...8 lines deleted...]
-    <w:p w14:paraId="5B1865EC" w14:textId="3EACAB8C" w:rsidR="002978B6" w:rsidRPr="007A4710" w:rsidRDefault="002978B6" w:rsidP="002978B6">
+    <w:p w14:paraId="5DEE3847" w14:textId="77777777" w:rsidR="002978B6" w:rsidRPr="00021A4C" w:rsidRDefault="002978B6" w:rsidP="002978B6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B1865EC" w14:textId="3EACAB8C" w:rsidR="002978B6" w:rsidRPr="00021A4C" w:rsidRDefault="002978B6" w:rsidP="002978B6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Визнання HR-менеджменту</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="4986A536" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="007A4710" w:rsidRDefault="00B907F4" w:rsidP="002978B6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — це процес і результат інституціоналізації управління людськими ресурсами як самостійної та стратегічно значущої сфери управління, що має науково обґрунтовані підходи, професійні стандарти, спеціалізовані функції та вимірювані результати.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4986A536" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="00021A4C" w:rsidRDefault="00B907F4" w:rsidP="002978B6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50BDDA77" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="007A4710" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
+    <w:p w14:paraId="50BDDA77" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="00021A4C" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>У науковому та практичному вимірах визнання HR-менеджменту проявляється в таких ключових ознаках:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E72E6EB" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="007A4710" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
+    <w:p w14:paraId="1E72E6EB" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="00021A4C" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Концептуалізація</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: закріплення HR-менеджменту в теорії управління як системи принципів, моделей і методів, спрямованих на формування, розвиток і використання людського капіталу організації.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39117720" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="007A4710" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
+    <w:p w14:paraId="39117720" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="00021A4C" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Інституціоналізація</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="6E13D17A" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="007A4710" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: створення HR-підрозділів, посад і процедур (планування персоналу, рекрутинг, оцінювання, навчання, мотивація, управління кар’єрою), які мають визначені повноваження і відповідальність.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E13D17A" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="00021A4C" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Стратегічна легітимація</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: визнання HR як функції, що забезпечує реалізацію стратегії організації, підвищує ефективність і стійкість, впливає на якість управлінських рішень та організаційний розвиток.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="095820C5" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="007A4710" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
+    <w:p w14:paraId="095820C5" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="00021A4C" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Професіоналізація</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="14EDEB54" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="007A4710" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: формування професійної спільноти HR-фахівців, розвиток освітніх програм, сертифікацій, етичних кодексів і компетентнісних профілів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14EDEB54" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="00021A4C" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандартизація і вимірюваність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: упровадження міжнародних і національних стандартів управління персоналом, використання HR-метрик, аналітики та індикаторів результативності (наприклад, якість добору, плинність кадрів, рівень залученості, ефективність навчання, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>продуктивність).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0669AD1E" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="007A4710" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
+    <w:p w14:paraId="0669AD1E" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="00021A4C" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Інтеграція з іншими управлінськими системами</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="1F2302D6" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="007A4710" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: поєднання HR-менеджменту з системами стратегічного менеджменту, управління якістю, ризиками, комплаєнсом, цифровою трансформацією та організаційною культурою.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2302D6" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="00021A4C" w:rsidRDefault="00B907F4" w:rsidP="00B907F4">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">У підсумку, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>визнання HR-менеджменту</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> означає перехід від вузького кадрового адміністрування до </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>управління людським капіталом</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> як ключовим ресурсом досягнення організаційних цілей та підвищення інституційної спроможності, зокрема й у публічній службі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F4B56AB" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00B907F4">
+    <w:p w14:paraId="6F4B56AB" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00B907F4">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="023F3B9A" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="023F3B9A" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.2. Відмінності HR-менеджменту у приватному та державному секторах</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="162C54AD" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="162C54AD" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EDE2569" w14:textId="4DF6F546" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="4EDE2569" w14:textId="4DF6F546" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Відмінності HR-менеджменту у приватному та державному секторах зумовлені різною </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>природою організаційних цілей</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>логікою підзвітності</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>режимом правового регулювання</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> та </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>інституційним середовищем</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> функціонування. Якщо приватні організації переважно орієнтовані на комерційний результат і конкурентну перевагу, то державні інституції функціонують у парадигмі </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>публічного інтересу</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, законності та надання суспільно значущих послуг. Відтак HR-менеджмент у кожному секторі спирається на різні пріоритети, інструменти й критерії ефективності.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B4E1C44" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="3B4E1C44" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1) Цільова орієнтація та критерії результативності</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E9F357E" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="3E9F357E" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У приватному секторі HR-менеджмент підпорядковується логіці </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>підвищення продуктивності, прибутковості та конкурентоспроможності</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-    <w:p w14:paraId="7CD405FA" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Ефективність HR-політики переважно вимірюється через показники бізнес-результату (performance, ROI навчання, зниження витрат, зростання продажів, інноваційність, утримання талантів тощо).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD405FA" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">У державному секторі ключовими є </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>суспільна цінність</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, якість публічних послуг, дотримання стандартів законності та рівного доступу. Оцінювання результативності HR-менеджменту частіше пов’язується з </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>інституційною спроможністю</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, професіоналізацією служби, доброчесністю, зниженням корупційних ризиків і забезпеченням стабільності кадрового потенціалу.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF6348A" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="6CF6348A" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2) Інституційно-правове регулювання та ступінь управлінської автономії</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C4A818D" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="3C4A818D" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">У приватному секторі HR-політика здебільшого формується на основі внутрішніх корпоративних стандартів і трудового законодавства, з відносно високою </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>гнучкістю</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> щодо:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1158DBF6" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="1158DBF6" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>критеріїв добору;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FB28C3" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="18FB28C3" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>умов оплати праці та преміювання;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="765783BF" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="765783BF" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>швидкості кадрових рішень;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16663E76" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="16663E76" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>варіативності організаційних структур і посадових профілів.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B76E2F2" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="6B76E2F2" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">У державному секторі HR-менеджмент реалізується в умовах посиленого </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>нормативного регулювання</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вимоги до конкурсних процедур, кваліфікаційні рамки, обмеження щодо конфлікту інтересів, декларування, дисциплінарні процедури тощо). Це зменшує автономію HR-підрозділів, але водночас забезпечує </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>легітимність</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, прозорість і захист від дискримінації та політичного впливу (в ідеальній моделі).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AED52F4" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="4AED52F4" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3) Механізми добору та управління кар’єрою</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D9429FE" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="0D9429FE" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">У приватному секторі добір персоналу орієнтований на </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>швидке закриття потреб</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...71 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та пошук компетентностей, що дають негайну додану вартість. Широко застосовуються гнучкі методи оцінювання (assessment center, кейс-інтерв’ю, тестування soft skills), а кар’єрні траєкторії часто мають </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>проектний</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> або </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>експертний</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-    <w:p w14:paraId="081BB677" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характер (швидкі горизонтальні/вертикальні переміщення, talent pools).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081BB677" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">У державному секторі домінують конкурсні механізми, де ключовим є поєднання </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>меритократії</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (відбір за заслугами) та процедурної справедливості. Кар’єра більшою мірою пов’язана з </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>посадовою ієрархією</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="2A33A7C2" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, стажем, ранговими або класифікаційними системами. Водночас сучасні реформи державної служби спрямовані на посилення компетентнісного підходу, управління талантами та формування кадрового резерву за результатами оцінювання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A33A7C2" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4) Оплата праці та мотивація</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB77D9E" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="1AB77D9E" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">У приватному секторі мотиваційні системи більш диференційовані: оплата праці прив’язується до </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>результатів</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, ринкової вартості компетентностей, показників ефективності, застосовуються бонуси, опціони, додаткові бенефіти. Це створює сильні стимули до продуктивності, але може посилювати конкуренцію та ризики “вигорання”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C5ADC76" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="0C5ADC76" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">У державному секторі оплата праці часто структурована нормативно і менш еластична. Тому зростає роль </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>нематеріальної мотивації</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-    <w:p w14:paraId="14C847FA" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: стабільності, статусу, суспільної місії, можливостей професійного розвитку, справедливих процедур, організаційної культури доброчесності. Разом з тим недостатня конкурентність винагороди може ускладнювати залучення фахівців високого рівня, особливо в дефіцитних сферах (цифрові компетентності, аналітика, кібербезпека).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C847FA" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5) Етичні вимоги, підзвітність і ризики конфлікту інтересів</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="627E02A2" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="627E02A2" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для приватного сектору базовим є корпоративний комплаєнс, репутаційні ризики та етика бізнесу. Однак у державному секторі етичні вимоги набувають принципового значення через високий рівень </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>публічної підзвітності</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, використання бюджетних коштів та ризики політичного втручання. HR-менеджмент у публічній службі повинен включати інструменти:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1737DF44" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="1737DF44" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>запобігання конфлікту інтересів;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="557CE215" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="557CE215" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>перевірки доброчесності;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32FA2A2E" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="32FA2A2E" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>забезпечення політичної нейтральності;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4230E56D" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="4230E56D" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>дисциплінарної відповідальності;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68DE61B5" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="68DE61B5" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>формування культури служіння суспільству.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36575829" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="36575829" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6) Організаційна культура та управління змінами</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FDDFCF4" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="4FDDFCF4" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-    <w:p w14:paraId="123DF13D" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У приватному секторі культура часто формується як інструмент підвищення ефективності, інноваційності та клієнтоорієнтованості; зміни можуть впроваджуватися швидко, з високим рівнем управлінського контролю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123DF13D" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">У державному секторі організаційна культура часто є більш інерційною через традиції бюрократії, стабільність процедур і залежність від політико-адміністративних циклів. Тому HR-менеджмент має додаткову функцію — </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>управління трансформацією</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="6D5C6768" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: розвиток лідерства, формування нових компетентностей, подолання опору змінам, інституціоналізація нових стандартів публічного сервісу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5C6768" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...29 lines deleted...]
-    <w:p w14:paraId="0CF7EE1B" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) Діджиталізація HR-процесів</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF7EE1B" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...55 lines deleted...]
-    <w:p w14:paraId="1E7635E3" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У приватному секторі цифрові HR-рішення впроваджуються як інструмент оптимізації та аналітики (HRIS, автоматизація рекрутингу, people analytics, системи навчання LMS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7635E3" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...55 lines deleted...]
-    <w:p w14:paraId="39AACFA6" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У державному секторі цифровізація HR-менеджменту часто обмежена бюджетними рамками, вимогами інформаційної безпеки та процедурними регуляціями. Водночас вона має стратегічний потенціал: прозорий конкурс, електронні профілі компетентностей, єдині реєстри посад, аналітика плинності кадрів, планування потреб у компетентностях для реформ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39AACFA6" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отже, HR-менеджмент у приватному секторі здебільшого функціонує в логіці </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ринкової ефективності та гнучкої конкурентної адаптації</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тоді як у державному секторі — у логіці </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>законності, публічної підзвітності, рівності доступу та створення суспільної цінності</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-    <w:p w14:paraId="42B4B2CF" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="00DC5BC7">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Відмінності не означають несумісності: сучасна тенденція полягає у зближенні підходів через запозичення приватним сектором практик етики та комплаєнсу, а державним сектором — стратегічних і компетентнісних інструментів HRM, адаптованих до публічної природи служби.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B4B2CF" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="022DD3D8" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="022DD3D8" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.3. HR-менеджмент як стратегічний ресурс розвитку публічної служби</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F3FE3D5" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="3F3FE3D5" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3324C695" w14:textId="72A501B8" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="3324C695" w14:textId="72A501B8" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Розгляд HR-менеджменту як стратегічного ресурсу розвитку публічної служби ґрунтується на положенні, що </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>якість людського капіталу</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> є визначальним чинником інституційної спроможності держави, ефективності вироблення та реалізації публічної політики, стійкості управлінських систем у кризових умовах, а також довіри громадян до органів влади. У цьому контексті HR-менеджмент виходить за межі кадрового адміністрування і постає як </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>система стратегічного управління людськими ресурсами</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, яка забезпечує узгодження кадрових рішень із пріоритетами державної політики, реформами державного управління та стандартами належного врядування.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E3160E" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="24E3160E" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1) Концептуальні підстави стратегічної ролі HR-менеджменту в публічній службі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D1CBFC" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="36D1CBFC" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="298B6587" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У науковому вимірі стратегічність HR-менеджменту в публічному секторі пояснюється щонайменше трьома взаємопов’язаними підходами:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="298B6587" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ресурсно-компетентнісний підхід</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: людські ресурси розглядаються як носій унікальних компетентностей, знань та управлінського досвіду, які складно швидко відтворити або замінити. Для публічної служби це означає, що професіоналізм, доброчесність і управлінські компетентності службовців є умовою стабільності інституцій і якості рішень.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C2C3DB" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="63C2C3DB" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Інституційний підхід</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: публічна служба функціонує в режимі підвищеної нормативної визначеності, політичної чутливості та суспільної підзвітності, тому HR-менеджмент має забезпечувати не лише ефективність, а й </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>легітимність</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процедур (конкурсність, прозорість, рівний доступ, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>недискримінація, політична нейтральність).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E0A444" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="41E0A444" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Підхід “публічної цінності”</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: результативність публічної служби оцінюється не прибутком, а здатністю створювати суспільно значущі результати — якісні послуги, справедливий розподіл ресурсів, захист прав, безпеку, соціальну згуртованість. HR-менеджмент стає стратегічним інструментом, що забезпечує кадрові умови для створення цієї цінності.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620A9A45" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="620A9A45" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2) HR-менеджмент як механізм підвищення інституційної спроможності</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BCD338A" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="4BCD338A" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="00A430E2">
       <w:pPr>
         <w:ind w:firstLine="851"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Інституційна спроможність органів публічної влади визначається здатністю:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>(а) формувати політику на основі доказів;</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>(б) ефективно реалізовувати рішення;</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>(в) забезпечувати безперервність функцій;</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>(г) адаптуватися до змін і криз;</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">(ґ) діяти етично та </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="1A3F133F" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+        <w:t>(ґ) діяти етично та підзвітно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A3F133F" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>HR-менеджмент впливає на ці параметри через системні інструменти:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00D210C3" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="00D210C3" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Стратегічне планування потреб у персоналі</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="15D9B726" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: прогнозування кількісних і якісних потреб (компетентностей) з урахуванням реформ, цифровізації, демографічних змін та безпекових викликів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15D9B726" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...43 lines deleted...]
-    <w:p w14:paraId="5C53EA05" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Компетентнісний добір і розвиток</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: побудова профілів посад, добір за компетентностями, стандартизовані методи оцінювання, розвиток службовців через навчання, наставництво, ротації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C53EA05" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Управління результативністю</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: встановлення чітких очікувань, показників і критеріїв якості виконання, зворотний зв’язок, оцінювання на основі результатів, а не формальної присутності.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A45B685" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="1A45B685" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Формування кадрового резерву та наступництва</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="7F77CF4C" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: забезпечення безперервності управління і мінімізація ризику “кадрових провалів”, особливо на критичних напрямах (антикризове управління, цифрові послуги, фінансовий контроль, кібербезпека).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F77CF4C" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3) HR-менеджмент як інструмент реалізації реформ публічного управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3258A5A6" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="3258A5A6" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реформи державної служби (деполітизація, меритократія, доброчесність, цифрова трансформація, орієнтація на громадянина) потребують кадрового забезпечення. HR-менеджмент у цьому сенсі виконує роль </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>“провідника змін”</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, оскільки забезпечує:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD7A1B5" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="0DD7A1B5" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...68 lines deleted...]
-    <w:p w14:paraId="24634C69" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оновлення компетентнісної бази</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публічної служби (policy analysis, стратегічне планування, управління проєктами, цифрові компетентності, комунікації);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24634C69" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>зниження патронатних і неформальних практик</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> через стандартизацію та прозорість конкурсів;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10771FB4" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="10771FB4" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...43 lines deleted...]
-    <w:p w14:paraId="450801C6" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інституціоналізацію нових управлінських норм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (орієнтація на результат, сервісність, етичність, відкритість);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="450801C6" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>підвищення якості управлінської культури</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, включно з лідерством та командною взаємодією.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F38EA69" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="5F38EA69" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Таким чином, HR-менеджмент не є “паралельною” діяльністю, а </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>інтегрується в архітектуру реформ як інструмент досягнення їх фактичних результатів.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2585A40D" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="2585A40D" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4) HR-менеджмент і публічна довіра: доброчесність як стратегічний актив</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F33B66" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="12F33B66" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>У публічному секторі людський фактор безпосередньо впливає на легітимність влади. Відтак HR-менеджмент набуває стратегічної ваги через здатність забезпечувати:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183A8622" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="183A8622" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>етичні стандарти та доброчесність</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (кодекси, навчання, дисциплінарні процедури, попередження конфлікту інтересів);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1838842C" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="1838842C" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>прозорість кадрових рішень</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="4B3339D7" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (конкурсність, публічні критерії, мотивація рішень);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3339D7" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>професіоналізм як гарантію якості послуг</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, що прямо корелює із задоволеністю громадян і довірою до інституцій.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="073ECD3E" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="073ECD3E" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>У цьому аспекті HR-менеджмент виконує функцію управління репутаційними ризиками держави та підтримки соціального контракту між владою і громадянами.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F5478BA" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="0F5478BA" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5) HR-менеджмент у контексті криз і стійкості державного управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A829B3" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="36A829B3" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Сучасні умови (воєнні загрози, міграція, бюджетні обмеження, кібератаки, дезінформація) висувають вимоги до </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>організаційної та кадрової стійкості</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. HR-менеджмент стає стратегічним ресурсом через:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C547F5B" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="6C547F5B" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>підготовку кадрів до роботи в режимі невизначеності та ризику;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A6C345" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="00A6C345" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>формування резервів і спроможності швидкого перерозподілу персоналу;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189DCF43" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="189DCF43" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>підтримку психологічної стійкості персоналу, профілактику професійного вигорання;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792502B9" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="792502B9" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>розвиток компетентностей антикризового управління та міжвідомчої координації.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BE66031" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="1BE66031" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Отже, HR-стратегія в публічній службі фактично стає складовою національної та інституційної стійкості.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70050619" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="70050619" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6) Стратегічна архітектура HR-менеджменту в публічній службі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC7E62B" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="0BC7E62B" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>На практико-управлінському рівні HR-менеджмент як стратегічний ресурс реалізується через взаємопов’язану систему:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ED5C77B" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="0ED5C77B" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>HR-стратегія</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (узгоджена зі стратегічними документами органу/сектора).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A527494" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="3A527494" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Модель компетентностей</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (зокрема для керівників і ключових функцій).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="084F22C4" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="084F22C4" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Життєвий цикл державного службовця</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (добір → адаптація → розвиток → оцінювання → кар’єра → утримання/ротація).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF57A3D" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="5EF57A3D" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>HR-аналітика та метрики</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (плинність, укомплектованість, навчання, якість добору, рівень залученості, ризики доброчесності).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A5F697A" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="0A5F697A" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Система лідерства та управління змінами</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (кадровий резерв, програми розвитку керівників).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="095E35B4" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="095E35B4" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Ці елементи дозволяють перейти від реактивного управління кадрами до </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проактивного управління спроможністю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> органу влади.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF2A828" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
+    <w:p w14:paraId="3EF2A828" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Таким чином, HR-менеджмент у публічній службі є стратегічним ресурсом, оскільки визначає </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>інституційну спроможність</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, забезпечує </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>реалізацію реформ</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, підвищує </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>якість публічних послуг</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, підтримує </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>доброчесність і довіру</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, а також формує </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>стійкість</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> управлінських систем у кризових умовах. Стратегічний характер </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>HR-менеджменту проявляється не у формальному розширенні кадрових процедур, а у здатності через управління людськими ресурсами забезпечувати довгострокові результати державної політики та належне врядування.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F87CB68" w14:textId="77777777" w:rsidR="0033159D" w:rsidRPr="007A4710" w:rsidRDefault="0033159D" w:rsidP="001D5CCB">
+    <w:p w14:paraId="7F87CB68" w14:textId="77777777" w:rsidR="0033159D" w:rsidRPr="00021A4C" w:rsidRDefault="0033159D" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="345D6EB1" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="345D6EB1" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.4. Міжнародні стандарти управління людськими ресурсами</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F6C5191" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="7F6C5191" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Міжнародні стандарти управління людськими ресурсами (HR) виступають інституційно закріпленими орієнтирами, що визначають </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>принципи, термінологію, вимоги до процесів та критерії результативності</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-    <w:p w14:paraId="79821CA3" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у сфері управління персоналом. Їхнє поширення є відповіддю на потребу уніфікації підходів до HR-менеджменту в умовах глобалізації ринків праці, зростання мобільності кадрів, цифровізації та підвищення вимог до прозорості, етичності й підзвітності кадрових практик, зокрема у публічному секторі. Стандартизація HR-процесів забезпечує порівнюваність практик, підвищує якість управлінських рішень, сприяє зниженню ризиків дискримінації та корупційних проявів, а також підтримує інституційну спроможність організацій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79821CA3" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1) Призначення та функції міжнародних HR-стандартів</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F9187E3" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="0F9187E3" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>У науково-практичному вимірі міжнародні HR-стандарти виконують такі ключові функції:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D16CDE1" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="5D16CDE1" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Нормативно-методологічну</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: встановлюють єдині підходи до визначення понять, процесів і показників HR-діяльності.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE51657" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="4EE51657" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Якісну (quality assurance)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: задають вимоги до організації процесів добору, оцінювання, навчання, розвитку, безпеки праці та внутрішньої комунікації.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4596ED22" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="4596ED22" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Інтеграційну</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="4A140FE9" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: забезпечують узгодження HR-менеджменту з системами стратегічного управління, управління якістю, ризиками, комплаєнсом та безпекою.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A140FE9" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Оціночну</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="7EB34052" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: формують основу для аудиту HR-практик, бенчмаркінгу та порівняння між організаціями/секторами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB34052" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Етичну та правозахисну</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: сприяють імплементації принципів недискримінації, справедливості, поваги до прав людини і гідної праці.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DB79275" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="3DB79275" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2) Ключові групи міжнародних стандартів у сфері HR-менеджменту</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467A7855" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="467A7855" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Міжнародні стандарти, релевантні управлінню людськими ресурсами, умовно можна поділити на кілька блоків.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="079AC47A" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="079AC47A" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...69 lines deleted...]
-    <w:p w14:paraId="577039C3" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Стандарти ISO у сфері HRM (ISO/TC 260 “Human resource management”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577039C3" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Провідне місце у формалізації HR-практик займають стандарти Міжнародної організації зі стандартизації (ISO), які пропонують уніфіковану термінологію, підходи до метрик та процесів.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0764C596" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="0764C596" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...79 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) ISO 30400: Human Resource Management — Vocabulary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>Стандарт закріплює базові поняття HR-менеджменту (персонал, компетентність, залученість, результативність тощо), що забезпечує однакове трактування ключових термінів у документах, політиках і системах HR-аналітики.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FFCB381" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="3FFCB381" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...219 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) ISO 30414: Human Resource Management — Guidelines for internal and external human capital reporting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Спрямований на стандартизацію </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>звітності щодо людського капіталу</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: показники плинності, витрат на навчання, структури персоналу, залученості, продуктивності, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">охорони праці та ін. Його значення полягає у переході HR-менеджменту до режиму </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>вимірюваності</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, прозорості та доказовості управлінських рішень.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C7F358D" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="5C7F358D" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...119 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ISO 30405: Human Resource Management — Guidelines on recruitment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Пропонує підходи до організації </w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="17364C53" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+        <w:t>Пропонує підходи до організації рекрутингу: визначення потреб, критеріїв добору, етапів оцінювання, забезпечення справедливості та прозорості процедур. Для публічного сектору це особливо важливо в контексті меритократії та антикорупційних запобіжників.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17364C53" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...59 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) ISO 30408, ISO 30409: Governance, Workforce planning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t>Фокусуються на управлінні (</w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="191AC76C" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+        <w:t>Фокусуються на управлінні (governance) у HR та плануванні робочої сили, що дозволяє перейти від реактивного добору до стратегічного прогнозування потреб у компетентностях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191AC76C" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Загалом ISO-стандарти у сфері HRM формують перехід до </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесного, метрикоорієнтованого та підзвітного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> управління людськими ресурсами.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3608E3EA" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="3608E3EA" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>B. Міжнародні стандарти праці та соціального діалогу (ILO)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E1C56D6" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="0E1C56D6" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Норми Міжнародної організації праці (ILO) становлять фундамент міжнародного трудового регулювання. Вони визначають рамкові принципи, які мають бути інтегровані у HR-політики незалежно від сектора:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="703C0683" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="703C0683" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>гідна праця</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> та справедливі умови зайнятості;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D2C753" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="49D2C753" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>недискримінація</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> і рівність можливостей;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36359F2F" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="36359F2F" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>заборона примусової праці та дитячої праці</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4228945B" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="4228945B" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>право на об’єднання та колективні переговори</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D04F6F" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="29D04F6F" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>безпечні та здорові умови праці.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37843023" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="37843023" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Для публічної служби імплементація принципів ILO важлива як елемент легітимності та відповідності держави міжнародним зобов’язанням.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F58F76E" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="1F58F76E" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>C. Стандарти в сфері компетентностей, освіти і безперервного навчання</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33190A0F" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="33190A0F" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="62A3A5C8" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-менеджмент сучасного типу базується на компетентнісному підході та системі навчання протягом життя. Тут релевантними виступають:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A3A5C8" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>рамки кваліфікацій</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="3B1BDCAC" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (європейські/національні), які забезпечують порівнюваність компетентностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B1BDCAC" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">підходи до </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...118 lines deleted...]
-    <w:p w14:paraId="36ED855B" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>learning &amp; development</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, що орієнтовані на результат (competence-based training, micro-credentials, upskilling/reskilling).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36ED855B" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Для державної служби це безпосередньо пов’язано з професіоналізацією, розвитком управлінських кадрів, цифрових компетентностей і здатністю реалізовувати реформи.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18498936" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="18498936" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...29 lines deleted...]
-    <w:p w14:paraId="5821AE5D" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>D. Стандарти управління якістю, ризиками та комплаєнсом (як суміжна база HR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5821AE5D" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Хоча ці стандарти не є суто “HR-стандартами”, вони безпосередньо впливають на HR-політики, оскільки визначають вимоги до організаційних процесів і культури:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F2B0625" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="1F2B0625" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ISO 9001 (quality management)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: вимагає процесного управління, документування процедур, компетентності персоналу та орієнтації на безперервне поліпшення.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5097838B" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="5097838B" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ISO 31000 (risk management)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: релевантний для HR через управління кадровими ризиками (плинність, дефіцит компетентностей, ризики доброчесності, вигорання, кадрові “вузькі місця”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F9E5DFC" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="5F9E5DFC" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ISO 37301 (</w:t>
-[...65 lines deleted...]
-    <w:p w14:paraId="59887B5D" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+        <w:t>ISO 37301 (compliance management)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: задає рамку комплаєнсу та етичної поведінки, що в публічній службі корелює з антикорупційними практиками й управлінням конфліктом інтересів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59887B5D" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...88 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ISO 45001 (occupational health and safety)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: регламентує систему управління охороною праці та безпекою персоналу.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F1916C" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="63F1916C" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ці стандарти створюють міжсистемні зв’язки, у яких HR-менеджмент виступає провідником компетентності, дисципліни процесів і організаційної культури.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E54C4F" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="48E54C4F" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3) Особливе значення стандартів для публічної служби</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FAD49D8" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="1FAD49D8" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Для державного сектора міжнародні стандарти HR-менеджменту мають додатковий вимір — </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>легітимаційний</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. Їхня імплементація підсилює:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F6A076" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="55F6A076" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>меритократичні принципи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (відбір за компетентністю і заслугами);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7176A329" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="7176A329" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>прозорість і підзвітність</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> кадрових процедур;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5E42FE" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="6F5E42FE" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>антикорупційні запобіжники</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="0E3D0815" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (контроль конфлікту інтересів, етичні кодекси, комплаєнс);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E3D0815" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>професіоналізацію та безперервний розвиток</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> службовців;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="566BC034" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="566BC034" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>єдність підходів</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> між різними органами влади (уніфікація процедур і метрик).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EB97C07" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="7EB97C07" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">У результаті HR-стандарти працюють як інструмент підвищення </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>інституційної спроможності</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> публічної служби та як механізм забезпечення якості державного управління.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD256C4" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="007A4710" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
+    <w:p w14:paraId="7AD256C4" w14:textId="77777777" w:rsidR="001A3CB6" w:rsidRPr="00021A4C" w:rsidRDefault="001A3CB6" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Отже, міжнародні стандарти управління людськими ресурсами репрезентують перехід до HR-менеджменту нового типу — </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>процесного, вимірюваного, прозорого та етично орієнтованого</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-    <w:p w14:paraId="358FF044" w14:textId="77777777" w:rsidR="002342A1" w:rsidRPr="007A4710" w:rsidRDefault="002342A1" w:rsidP="001A3CB6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Вони забезпечують єдину термінологічну базу, формують вимоги до ключових HR-процесів (планування, рекрутинг, оцінювання, розвиток), задають рамку звітності щодо людського капіталу та інтегрують HR у ширші системи управління якістю, ризиками й комплаєнсом. Для публічної служби імплементація таких стандартів є не лише управлінською модернізацією, а й фактором підвищення довіри, легітимності та результативності державних інституцій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358FF044" w14:textId="77777777" w:rsidR="002342A1" w:rsidRPr="00021A4C" w:rsidRDefault="002342A1" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45272BD4" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="45272BD4" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.5. HR-менеджмент у контексті реформ державної служби</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44867BCF" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="44867BCF" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AC92EA6" w14:textId="2D8438DF" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="0AC92EA6" w14:textId="2D8438DF" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Розгляд HR-менеджменту в контексті реформ державної служби передбачає усвідомлення того, що кадрова підсистема є </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>не допоміжним</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, а </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>системоутворювальним</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> елементом інституційної спроможності держави. Реформи державної служби, як правило, спрямовані на підвищення </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>професіоналізму, меритократичності, політичної нейтральності, доброчесності та результативності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> публічної адміністрації. У цьому процесі HR-менеджмент виконує роль механізму, який переводить нормативні та організаційні зміни у </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>реальні практики</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> добору, розвитку, оцінювання та утримання персоналу.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="630F467B" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="630F467B" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...29 lines deleted...]
-    <w:p w14:paraId="5C0FD504" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) Місце HR-менеджменту в логіці реформ: від “кадрового діловодства” до управління спроможністю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C0FD504" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">У традиційній бюрократичній моделі кадрова робота зосереджувалася на обліково-адміністративних функціях (штат, накази, стаж, дисципліна). Натомість реформована державна служба потребує HR-менеджменту як </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">управління </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>кадровою спроможністю</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="666BEFB7" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: формування компетентнісного ядра служби, розвиток управлінської культури, забезпечення безперервності функцій, підвищення якості публічних послуг і стійкості інституцій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666BEFB7" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Таким чином, HR-менеджмент у реформі виконує щонайменше три взаємопов’язані ролі:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D82395" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="55D82395" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>легітимаційну</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (забезпечення прозорості, справедливості та підзвітності кадрових процедур);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD9FEBE" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="5FD9FEBE" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>інструментальну</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (впровадження стандартів і технологій добору, оцінювання, навчання);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="490EA347" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="490EA347" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>стратегічну</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (узгодження кадрових рішень із пріоритетами політик, змінами та потребами суспільства).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="519AB5FB" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="519AB5FB" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2) Ключові напрями реформ і відповідні HR-інструменти</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37443A32" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="37443A32" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.1. Меритократія та прозорі процедури добору</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t>Один із базових векторів реформ — перехід до добору за принципом заслуг (</w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="4F796C1A" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+        <w:t>Один із базових векторів реформ — перехід до добору за принципом заслуг (merit-based recruitment). HR-менеджмент забезпечує це через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F796C1A" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="0034F66B" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартизовані профілі посад і компетентнісні вимоги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0034F66B" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>конкурентні процедури відбору, тестування та структуровані інтерв’ю;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ADE199A" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="0ADE199A" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="0588DB4D" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мінімізацію дискреції та неформального впливу через регламентацію етапів відбору;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0588DB4D" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>документування рішень і можливість аудиту.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E51DD38" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="6E51DD38" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2.2. Деполітизація та політична нейтральність</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>Реформована державна служба вимагає чіткого розмежування політичних і адміністративних ролей. HR-менеджмент у цьому контексті:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A0B07F" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="55A0B07F" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>закріплює вимоги політичної нейтральності в процедурах добору та оцінювання;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="109FD487" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="109FD487" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>запроваджує механізми управління конфліктом інтересів;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EA8F118" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="5EA8F118" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>формує культуру службової етики як частину організаційної соціалізації нових працівників.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12360C73" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="12360C73" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2.3. Класифікація посад і раціоналізація організаційних структур</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>Реформи часто передбачають упорядкування посад (типізація функцій, рівнів відповідальності, кваліфікацій). HR-менеджмент забезпечує:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E884C61" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="3E884C61" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>побудову “карти” функцій та компетентностей;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE6EC59" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="0DE6EC59" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>узгодження посадових обов’язків із реальними процесами і політичними пріоритетами;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F05D444" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="6F05D444" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="4DAD2EE9" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зменшення дублювання функцій і кадрових дисбалансів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DAD2EE9" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2.4. Оплата праці, мотивація та справедливість винагороди</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Для державної служби характерні нормативні обмеження гнучкості оплати праці, що ускладнює конкуренцію за таланти. </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="07ED8461" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+        <w:t>Для державної служби характерні нормативні обмеження гнучкості оплати праці, що ускладнює конкуренцію за таланти. Реформний HR-менеджмент у цьому сегменті фокусується на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07ED8461" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>прозорості структури винагороди та усуненні непрогнозованих/неформальних практик;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DFC27A6" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="3DFC27A6" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>прив’язці елементів стимулювання до результативності та складності функцій;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D89DDCE" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="0D89DDCE" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>розвитку нематеріальної мотивації (професійний розвиток, визнання, змістовність праці, кар’єрні траєкторії).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D0EDAC9" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="7D0EDAC9" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2.5. Управління результативністю (</w:t>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+        <w:t>2.5. Управління результативністю (performance management)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>Зміщення акценту з процесної “формальної зайнятості” на досягнення вимірюваних результатів є центральним елементом сучасних реформ. HR-менеджмент забезпечує:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DEC3EA4" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="3DEC3EA4" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>постановку цілей і очікувань на рівні посади/підрозділу;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B2BE987" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="2B2BE987" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>регулярний зворотний зв’язок і оцінювання;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EAAB29D" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="4EAAB29D" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>використання результатів оцінювання для розвитку, підвищення, ротації або управлінських рішень щодо ефективності.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05931152" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="05931152" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2.6. Професійний розвиток і навчання протягом життя</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t>Реформи державної служби неможливі без системного нарощування компетентностей (</w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="760C39EC" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+        <w:t>Реформи державної служби неможливі без системного нарощування компетентностей (policy analysis, цифрові навички, управління проєктами, комунікації, управління ризиками). HR-менеджмент тут реалізує:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760C39EC" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>оцінювання потреб у навчанні на основі “розривів” компетентностей;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E170958" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="4E170958" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>програми підвищення кваліфікації та розвиток лідерства;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64CE637C" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="64CE637C" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="5CCB892D" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інституціоналізацію наставництва, адаптації та управління знаннями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CCB892D" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3) HR-менеджмент як механізм запобігання кадровим і корупційним ризикам</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075A6A3A" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="075A6A3A" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="32A9F59C" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У реформному контексті HR-менеджмент виконує функцію зниження ризиків, пов’язаних із:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A9F59C" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>конфліктом інтересів, фаворитизмом, непрозорими призначеннями;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D40208A" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="3D40208A" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>кадровою плинністю, дефіцитом компетентностей, “втратою пам’яті” інституції;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="602D10D1" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="602D10D1" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>професійним вигоранням і зниженням якості публічних послуг.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BEB1517" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="3BEB1517" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="4494F42A" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Це потребує інтеграції HR-процесів із комплаєнсом, етичними механізмами, дисциплінарними процедурами та внутрішнім контролем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4494F42A" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...29 lines deleted...]
-    <w:p w14:paraId="2167BCD0" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) Цифровізація HR-процесів у реформі державної служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2167BCD0" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Сучасні реформи все більше ґрунтуються на цифрових рішеннях у HR:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C32AF7" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="23C32AF7" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>електронні конкурси/кадрові процедури;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11541070" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="11541070" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="61074FD5" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>єдині реєстри посад і компетентнісні профілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61074FD5" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>HR-аналітика (плинність, укомплектованість, ефективність навчання, ризики дефіциту кадрів);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="708E9297" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="708E9297" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>автоматизація кадрового документообігу.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="289AA07F" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="289AA07F" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цифровізація підсилює </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>прозорість і підзвітність</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="4F0BE281" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, але також висуває вимоги до захисту персональних даних, кібербезпеки та якості даних.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0BE281" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5) Ключові виклики імплементації HR-реформ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15FD5BD0" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="15FD5BD0" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Попри нормативне закріплення реформ, їх ефективність часто стримується:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B7F216" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="33B7F216" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>інерцією організаційної культури та опором змінам;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32CF0052" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="32CF0052" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="4A4C2AD2" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обмеженою конкурентністю винагороди;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4C2AD2" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>дефіцитом HR-компетентностей у самих органах влади;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67139CBE" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="67139CBE" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>фрагментарністю впровадження (наявність правил без реальної практики застосування);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="767118C9" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="767118C9" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="6BD0C935" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дисбалансом між формальною процедурністю та реальними результатами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD0C935" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Тому HR-менеджмент у реформі має бути не “адміністратором норм”, а </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>управлінцем змін</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, який забезпечує практичне впровадження нових стандартів.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C3EF90" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="43C3EF90" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6) Показники, за якими оцінюють результативність HR-менеджменту в </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>реформі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ECA4426" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="4ECA4426" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="40A541AB" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Науково обґрунтоване оцінювання реформних HR-практик доцільно здійснювати за системою індикаторів, зокрема:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A541AB" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-    <w:p w14:paraId="1ED50B20" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>якість і прозорість добору (конкурентність, відповідність компетентностям);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED50B20" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>плинність кадрів і причини звільнень;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E188178" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="6E188178" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>рівень професійного розвитку (охоплення навчанням, результативність);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2BD74C" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="3D2BD74C" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ефективність управління результативністю (досягнення цілей, якість оцінювання);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55EF5E71" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="55EF5E71" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>рівень довіри до кадрових процедур і внутрішній клімат;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B06FB1A" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="5B06FB1A" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>показники доброчесності та дисциплінарної практики (як індикатор ризиків).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3775171B" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="3775171B" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Отже, HR-менеджмент у контексті реформ державної служби є </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>стратегічним механізмом модернізації публічної адміністрації</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...42 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оскільки забезпечує реалізацію принципів меритократії, деполітизації, доброчесності та орієнтації на результат через конкретні кадрові інструменти. Успішність реформ значною мірою визначається не лише зміною нормативної бази, а й здатністю HR-менеджменту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інституціоналізувати нові правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> у повсякденних управлінських практиках, забезпечуючи професіоналізацію та стійкість публічної служби.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220433FD" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="007A4710" w:rsidRDefault="006418DC" w:rsidP="006418DC">
+    <w:p w14:paraId="220433FD" w14:textId="77777777" w:rsidR="006418DC" w:rsidRPr="00021A4C" w:rsidRDefault="006418DC" w:rsidP="006418DC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Якщо потрібно, можу адаптувати цей підрозділ під формат </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>конспекту лекції</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (коротші абзаци + контрольні питання) або зробити </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>таблицю “напрям реформи → HR-інструменти → очікуваний ефект”</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="3E698C9A" w14:textId="77777777" w:rsidR="002342A1" w:rsidRPr="007A4710" w:rsidRDefault="002342A1" w:rsidP="001A3CB6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для вставки в силабус.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E698C9A" w14:textId="77777777" w:rsidR="002342A1" w:rsidRPr="00021A4C" w:rsidRDefault="002342A1" w:rsidP="001A3CB6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="019057C5" w14:textId="77777777" w:rsidR="007A4710" w:rsidRDefault="007A4710" w:rsidP="007A4710">
+    <w:p w14:paraId="019057C5" w14:textId="77777777" w:rsidR="007A4710" w:rsidRPr="00021A4C" w:rsidRDefault="007A4710" w:rsidP="007A4710">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Загальні висновки </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73BD80E5" w14:textId="77777777" w:rsidR="007A4710" w:rsidRDefault="007A4710" w:rsidP="007A4710">
+    <w:p w14:paraId="73BD80E5" w14:textId="77777777" w:rsidR="007A4710" w:rsidRPr="00021A4C" w:rsidRDefault="007A4710" w:rsidP="007A4710">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50FA11BA" w14:textId="1983E38E" w:rsidR="007A4710" w:rsidRPr="007A4710" w:rsidRDefault="007A4710" w:rsidP="007A4710">
+    <w:p w14:paraId="50FA11BA" w14:textId="1983E38E" w:rsidR="007A4710" w:rsidRPr="00021A4C" w:rsidRDefault="007A4710" w:rsidP="007A4710">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>HR-менеджмент</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> у сучасному науковому розумінні є комплексною міждисциплінарною категорією, що поєднує управлінські, економічні, соціально-психологічні та правові підходи до формування, розвитку й використання людського потенціалу організації. Його еволюція від кадрового адміністрування до стратегічно орієнтованої системи управління людським капіталом засвідчує зростання ролі персоналу як ключового чинника результативності та стійкості інституцій.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2486EA4F" w14:textId="77777777" w:rsidR="007A4710" w:rsidRPr="007A4710" w:rsidRDefault="007A4710" w:rsidP="007A4710">
+    <w:p w14:paraId="2486EA4F" w14:textId="77777777" w:rsidR="007A4710" w:rsidRPr="00021A4C" w:rsidRDefault="007A4710" w:rsidP="007A4710">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Відмінності HR-менеджменту у </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>приватному та державному секторах</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> визначаються різною логікою цілепокладання і підзвітності: приватний сектор зорієнтований на конкурентну ефективність і бізнес-результат, тоді як державний — на створення суспільної цінності, законність, рівний доступ і доброчесність. Це зумовлює відмінні пріоритети, ступінь процедурної регламентації та підходи до оцінювання результативності HR-політик.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D79517" w14:textId="77777777" w:rsidR="007A4710" w:rsidRPr="007A4710" w:rsidRDefault="007A4710" w:rsidP="007A4710">
+    <w:p w14:paraId="66D79517" w14:textId="77777777" w:rsidR="007A4710" w:rsidRPr="00021A4C" w:rsidRDefault="007A4710" w:rsidP="007A4710">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">У публічній службі HR-менеджмент набуває значення </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>стратегічного ресурсу</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-    <w:p w14:paraId="777F7CA0" w14:textId="77777777" w:rsidR="007A4710" w:rsidRPr="007A4710" w:rsidRDefault="007A4710" w:rsidP="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, оскільки безпосередньо впливає на інституційну спроможність органів влади, якість публічних послуг, реалізацію реформ, кризову стійкість та рівень суспільної довіри. Стратегічність HR проявляється в узгодженні кадрових рішень із пріоритетами державної політики, управлінні компетентностями, результативністю, наступництвом і організаційною культурою.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777F7CA0" w14:textId="77777777" w:rsidR="007A4710" w:rsidRPr="00021A4C" w:rsidRDefault="007A4710" w:rsidP="007A4710">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Міжнародні стандарти управління людськими ресурсами</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> забезпечують методологічну єдність і порівнюваність HR-практик, підсилюють </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>вимірюваність</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="70DD0E31" w14:textId="77777777" w:rsidR="007A4710" w:rsidRPr="007A4710" w:rsidRDefault="007A4710" w:rsidP="007A4710">
+        <w:t>вимірюваність і підзвітність кадрових процесів, задають вимоги до якості добору, розвитку персоналу, звітності щодо людського капіталу та етичних принципів. Їх імплементація у публічному секторі сприяє професіоналізації, прозорості процедур і зниженню управлінських та корупційних ризиків.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DD0E31" w14:textId="77777777" w:rsidR="007A4710" w:rsidRPr="00021A4C" w:rsidRDefault="007A4710" w:rsidP="007A4710">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">У контексті </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>реформ державної служби</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-    <w:p w14:paraId="6B76689B" w14:textId="77777777" w:rsidR="007A4710" w:rsidRDefault="007A4710" w:rsidP="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HR-менеджмент виступає ключовим механізмом, що переводить нормативні зміни у практичні інструменти меритократичного добору, деполітизації, управління результативністю, розвитку компетентностей і підтримки доброчесності. Успішність реформ значною мірою залежить від здатності HR-системи інституціоналізувати нові правила, забезпечити їх сталість і мінімізувати розрив між формальними процедурами та реальними управлінськими результатами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B76689B" w14:textId="77777777" w:rsidR="007A4710" w:rsidRPr="00021A4C" w:rsidRDefault="007A4710" w:rsidP="007A4710">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Загалом, HR-менеджмент слід розглядати як </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>систему управління спроможністю</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
-[...32 lines deleted...]
-    <w:p w14:paraId="3EB64E3E" w14:textId="1564B96E" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> організації (особливо публічної), де ключовими умовами ефективності є: стратегічна узгодженість HR-політики, компетентнісний підхід, прозорість і справедливість процедур, орієнтація на результат, безперервний розвиток персоналу та використання HR-аналітики для ухвалення доказових рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CBB09D5" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EB64E3E" w14:textId="1564B96E" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16BE6">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Питання для самоконтролю </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4A839F" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+    <w:p w14:paraId="7A4A839F" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CF940E7" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+    <w:p w14:paraId="7CF940E7" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16BE6">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Розкрийте поняття HR-менеджменту як наукової та практичної категорії: у чому полягає його сутність і предметна сфера?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013BDA87" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+    <w:p w14:paraId="013BDA87" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16BE6">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Які ключові етапи генезису HR-менеджменту можна виокремити та які фактори зумовили перехід від кадрового адміністрування до стратегічного HRM?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="703B2337" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+    <w:p w14:paraId="703B2337" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16BE6">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>У чому полягають принципові відмінності між кадровим діловодством/персонал-менеджментом і сучасним HR-менеджментом?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27C2DB56" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+    <w:p w14:paraId="27C2DB56" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16BE6">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Як відрізняються цілі, функції та критерії результативності HR-менеджменту у приватному та державному секторах?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796535E6" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+    <w:p w14:paraId="796535E6" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16BE6">
-[...23 lines deleted...]
-    <w:p w14:paraId="3AD1B995" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Які інституційно-правові чинники визначають специфіку HR-менеджменту в публічній службі (процедурність, підзвітність, політична нейтральність)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD1B995" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16BE6">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Чому HR-менеджмент розглядається як стратегічний ресурс розвитку публічної служби та як він впливає на інституційну спроможність органів влади?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AC95AE1" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+    <w:p w14:paraId="1AC95AE1" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16BE6">
-[...23 lines deleted...]
-    <w:p w14:paraId="39B023BC" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Які інструменти стратегічного HR-менеджменту є найбільш значущими для забезпечення кадрової спроможності (планування, компетентнісний підхід, кадровий резерв, наступництво)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B023BC" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16BE6">
-[...23 lines deleted...]
-    <w:p w14:paraId="3557AD67" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Яке призначення міжнародних стандартів у сфері управління людськими ресурсами та які їхні ключові функції (уніфікація, якість, вимірюваність, етика)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3557AD67" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16BE6">
-[...39 lines deleted...]
-    <w:p w14:paraId="7FA4148B" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Які міжнародні підходи/стандарти є найбільш релевантними для публічної служби та чому (прозорий рекрутинг, звітність людського капіталу, комплаєнс, охорона праці)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA4148B" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16BE6">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00C16BE6">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Яким чином HR-менеджмент забезпечує реалізацію реформ державної служби (меритократія, деполітизація, управління результативністю, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">професійний розвиток, </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="54B50750" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+        <w:t>професійний розвиток, цифровізація HR-процесів)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A934F97" w14:textId="77777777" w:rsidR="00663E97" w:rsidRPr="00021A4C" w:rsidRDefault="00663E97" w:rsidP="00663E97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F75858C" w14:textId="77777777" w:rsidR="00663E97" w:rsidRPr="00021A4C" w:rsidRDefault="00663E97" w:rsidP="00663E97">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10B23156" w14:textId="77777777" w:rsidR="00C81E21" w:rsidRPr="00021A4C" w:rsidRDefault="00C81E21" w:rsidP="00C81E21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тема 2. Інституційні основи HR-менеджменту в державному секторі (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗК1, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗК4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗК5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗК6,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗК7, ЗК12, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗК13, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СК1,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СК2,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СК3,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СК5,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СК8, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СК9, СК12, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН4,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН5,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН6,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН8,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРН10, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН14,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПРН15,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН18.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F1B71E2" w14:textId="77777777" w:rsidR="00C81E21" w:rsidRPr="00021A4C" w:rsidRDefault="00C81E21" w:rsidP="00C81E21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.1. Органи державної влади у сфері кадрової політики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AECBA13" w14:textId="77777777" w:rsidR="00C81E21" w:rsidRPr="00021A4C" w:rsidRDefault="00C81E21" w:rsidP="00C81E21">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2. Роль Національного агентства з питань державної служби (НАДС)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66AB55F9" w14:textId="77777777" w:rsidR="00C81E21" w:rsidRPr="00021A4C" w:rsidRDefault="00C81E21" w:rsidP="00C81E21">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.3. Кадрові служби державних органів</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="560E2106" w14:textId="77777777" w:rsidR="00C81E21" w:rsidRPr="00021A4C" w:rsidRDefault="00C81E21" w:rsidP="00C81E21">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.4. Взаємодія органів влади з освітніми та науковими інституціями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7715CEC6" w14:textId="77777777" w:rsidR="00C81E21" w:rsidRPr="00021A4C" w:rsidRDefault="00C81E21" w:rsidP="00C81E21">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.5. Міжнародні організації та проєкти у сфері HR-менеджменту</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B40CE25" w14:textId="77777777" w:rsidR="00663E97" w:rsidRPr="00021A4C" w:rsidRDefault="00663E97" w:rsidP="00C81E21">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="761ACBD1" w14:textId="77777777" w:rsidR="00F56831" w:rsidRPr="00021A4C" w:rsidRDefault="00F56831" w:rsidP="00F56831">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Виклад основного матеріалу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B50750" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
           <w:vanish/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C16BE6">
+        <w:t>Начало формы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733C10EC" w14:textId="77777777" w:rsidR="009540FE" w:rsidRPr="00021A4C" w:rsidRDefault="009540FE" w:rsidP="009540FE">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.1. Органи державної влади у сфері кадрової політики (інституційні основи HR-менеджменту в державному секторі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37BFA36E" w14:textId="77777777" w:rsidR="009540FE" w:rsidRPr="00021A4C" w:rsidRDefault="009540FE" w:rsidP="009540FE">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6262313B" w14:textId="77777777" w:rsidR="009540FE" w:rsidRPr="00021A4C" w:rsidRDefault="009540FE" w:rsidP="009540FE">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кадрова політика в державному секторі є системою цілей, принципів, норм і практик, спрямованих на формування, розвиток і раціональне використання людського потенціалу публічної служби для забезпечення спроможності держави виконувати свої функції. Інституційне забезпечення кадрової політики охоплює сукупність органів державної влади, які у межах конституційно та законодавчо визначених повноважень формують правила функціонування державної служби, визначають стандарти добору та розвитку персоналу, забезпечують контроль дотримання кадрового законодавства і відповідають за стратегічну узгодженість кадрових рішень з пріоритетами державної політики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C079C3E" w14:textId="77777777" w:rsidR="009540FE" w:rsidRPr="00021A4C" w:rsidRDefault="009540FE" w:rsidP="009540FE">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У структурному вимірі систему органів державної влади у сфері кадрової політики доцільно розглядати як багаторівневу інституційну конфігурацію, що поєднує нормотворчі, політико-координаційні, виконавчі та контрольні функції. На верхньому рівні нормативні засади кадрової політики визначаються через формування правового поля та рамкових правил організації державної служби. У цьому контексті суттєву роль відіграють законодавчі та урядові механізми, які встановлюють правовий статус державного службовця, визначають класифікацію посад, принципи добору, оцінювання, професійного розвитку, оплати праці, дисциплінарної відповідальності, а також гарантії доброчесності, політичної нейтральності та запобігання конфлікту інтересів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B01E15E" w14:textId="77777777" w:rsidR="009540FE" w:rsidRPr="00021A4C" w:rsidRDefault="009540FE" w:rsidP="009540FE">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На рівні стратегічного управління кадровою політикою важливою є роль центральних органів виконавчої влади, які забезпечують цілісність і узгодженість державної кадрової політики з реформами публічного управління, бюджетною політикою та загальнодержавними пріоритетами. Кадрові рішення в державному секторі не можуть бути відокремлені від фінансово-економічних умов, оскільки оплата праці, чисельність персоналу, організаційні структури, програми навчання та цифрові HR-сервіси потребують ресурсного забезпечення. Тому інституційна </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>архітектура кадрової політики об’єктивно включає органи, які відповідають за планування ресурсів, бюджетування та контроль ефективності витрат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122FD441" w14:textId="77777777" w:rsidR="009540FE" w:rsidRPr="00021A4C" w:rsidRDefault="009540FE" w:rsidP="009540FE">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Окрему групу інституцій становлять органи, що забезпечують розробку та впровадження стандартів управління персоналом і реалізацію кадрових процедур у державних органах. У цій групі центральне місце посідають спеціалізовані органи з управління державною службою, які формують методичні підходи до HR-процесів, розвивають інститути конкурсного добору, оцінювання результатів службової діяльності, планування кар’єри та професійного навчання. У межах цих інституцій здійснюється формування єдиних підходів до компетентнісних моделей посад, розбудова системи професійної підготовки та підвищення кваліфікації, а також впровадження цифрових інструментів кадрового адміністрування.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FEE73E4" w14:textId="77777777" w:rsidR="009540FE" w:rsidRPr="00021A4C" w:rsidRDefault="009540FE" w:rsidP="009540FE">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важливою складовою інституційного середовища кадрової політики є органи, що здійснюють контроль і нагляд за дотриманням законодавства та принципів публічної служби. Контрольний вимір охоплює як внутрішні механізми в межах виконавчої влади, так і зовнішні інституції, що забезпечують правовий контроль і захист прав службовців. У публічній службі контроль набуває не лише дисциплінарного, а й системного характеру: він спрямований на запобігання корупційним ризикам, забезпечення рівного доступу до державної служби, недопущення дискримінації, дотримання процедур прозорого добору та справедливого оцінювання. Цей вимір є критичним для легітимності державної служби та довіри громадян до державних інституцій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E0C71A" w14:textId="77777777" w:rsidR="009540FE" w:rsidRPr="00021A4C" w:rsidRDefault="009540FE" w:rsidP="009540FE">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У межах органів державної влади кадрова політика реалізується також через інститути організаційного розвитку, оскільки кадрові практики безпосередньо залежать від структури органів, розподілу функцій, управлінських процесів і корпоративної культури публічної служби. Сучасна парадигма HR-менеджменту в державному секторі передбачає перехід від вузького кадрового діловодства до стратегічного управління людськими ресурсами, що включає планування потреб у персоналі, формування кадрового резерву, управління компетентностями, розвиток лідерства, управління змінами та впровадження системи управління результативністю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58EB1108" w14:textId="10FB5FC5" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Органи державної влади у сфері кадрової політики: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF939E5" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) Верховна Рада України</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102EE5CE" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Виступає ключовим інституційним суб’єктом у частині </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>законотворення</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: визначає правові засади державної служби, рамки оплати праці, гарантії, обмеження, принципи добору, оцінювання, дисциплінарної відповідальності тощо через закони (зокрема Закон України «Про державну службу»). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7232BA9E" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Кабінет Міністрів України</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2E34BD" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Є центральним органом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>загальної координації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кадрової політики в системі виконавчої влади та складовою </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>системи управління державною службою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; затверджує підзаконні акти (порядки конкурсів, оцінювання результатів, інші процедури), що визначають практичну “архітектуру” HR-процесів. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA9FB85" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) Національне агентство України з питань державної служби (НАДС)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7622F461" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">НАДС — спеціалізований центральний орган виконавчої влади, який </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формує та реалізує державну політику у сфері державної служби та управління персоналом у державних органах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (методологія, стандарти, типові положення, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">роз’яснення, професійний розвиток тощо). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Також НАДС затверджує типові документи для HR-служб (зокрема типове положення про службу управління персоналом). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36062FFD" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) Комісія з питань вищого корпусу державної служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="266BD567" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Інституційний елемент системи управління державною службою, пов’язаний із процедурами щодо посад </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вищого корпусу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (категорія “А”) та забезпеченням стандартів добору/кадрових рішень на цьому рівні. Наявність Комісії передбачена в Законі «Про державну службу» як елемент системи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E697C1" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) Керівник державної служби в державному органі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56587797" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У кожному державному органі визначається </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керівник державної служби</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, який організовує ключові HR-процеси: планування роботи з персоналом, конкурси на посади (категорії “Б” і “В”), організацію оцінювання, дисциплінарні процедури у межах компетенції тощо. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF0C9B4" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) Служба управління персоналом (кадрова служба) державного органу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2276BCCF" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Це профільний структурний підрозділ (або посада HR-фахівця), що </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>безпосередньо забезпечує</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реалізацію державної політики з управління персоналом у конкретному органі та підтримує керівника держслужби в виконанні його повноважень. Норма про створення/функціонування такої служби прямо передбачена законом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75217E36" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дотичні органи державної влади, що суттєво впливають на кадрову політику (через ресурси, доброчесність і контроль)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F3E28B" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) Міністерство фінансів України (та бюджетний контур уряду)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4746AAF7" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Через бюджетну політику визначає </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фіскальні межі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кадрових рішень: фонд оплати праці, чисельність/штатні обмеження, можливості реформ оплати праці та стимулювання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D198F9B" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) Органи державного фінансового контролю та зовнішнього аудиту</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A73142" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Забезпечують контроль </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>законності й ефективності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> використання публічних коштів, у т.ч. у частині видатків на персонал і реалізації реформ оплати праці/кадрових програм (напр., аудитні звіти Рахункової палати). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="211985DF" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) НАЗК (доброчесність, запобігання корупції) та суміжні інституції</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B318E21" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Через правила доброчесності, врегулювання конфлікту інтересів, фінансового контролю тощо формують важливий “етико-правовий” каркас кадрової політики в публічній службі (особливо в частині обмежень і комплаєнсу).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67268B30" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) Судові органи та інституції захисту прав</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB68C60" w14:textId="77777777" w:rsidR="002C2BD0" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вони забезпечують можливість </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оскарження кадрових рішень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і правовий контроль за дотриманням процедур та гарантій у публічній службі, що є необхідною умовою легітимності HR-практик.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612828B1" w14:textId="77777777" w:rsidR="000D078D" w:rsidRPr="00021A4C" w:rsidRDefault="000D078D" w:rsidP="000D078D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11) Інституції професійного навчання у сфері публічної служби (під управлінням НАДС)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CAE08F5" w14:textId="77777777" w:rsidR="000D078D" w:rsidRPr="00021A4C" w:rsidRDefault="000D078D" w:rsidP="000D078D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наприклад, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вища школа публічного управління</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як інституція післядипломної освіти для професійного розвитку публічних службовців (елемент кадрової політики через навчання, розвиток компетентностей). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3CD9D7" w14:textId="77777777" w:rsidR="000D078D" w:rsidRPr="00021A4C" w:rsidRDefault="000D078D" w:rsidP="002C2BD0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C1FF314" w14:textId="7D80D4BA" w:rsidR="009540FE" w:rsidRPr="00021A4C" w:rsidRDefault="002C2BD0" w:rsidP="009540FE">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="526DEB31" wp14:editId="03BEC9CA">
+            <wp:extent cx="6300470" cy="4200525"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="9525"/>
+            <wp:docPr id="1804092781" name="Рисунок 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1804092781" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6300470" cy="4200525"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F42D8AF" w14:textId="77777777" w:rsidR="009540FE" w:rsidRPr="00021A4C" w:rsidRDefault="009540FE" w:rsidP="009540FE">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отже, органи державної влади у сфері кадрової політики формують багаторівневу систему, у якій взаємодіють нормативно-правові, координаційно-методичні, виконавчі та контрольні механізми. Цілісність цієї системи визначає здатність держави створювати професійну, доброчесну та ефективну публічну службу, яка спроможна реалізовувати державні політики, забезпечувати якісні публічні послуги й підтримувати інституційну стійкість державного управління в умовах реформ і кризових викликів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF417CF" w14:textId="77777777" w:rsidR="00F60F99" w:rsidRPr="00021A4C" w:rsidRDefault="00F60F99" w:rsidP="009540FE">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D46CE7A" w14:textId="77777777" w:rsidR="00DF340B" w:rsidRPr="00021A4C" w:rsidRDefault="00DF340B" w:rsidP="00DF340B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2. Роль Національного агентства України з питань державної служби (НАДС) у системі HR-менеджменту державного сектору</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="613E0B79" w14:textId="77777777" w:rsidR="00DF340B" w:rsidRPr="00021A4C" w:rsidRDefault="00DF340B" w:rsidP="00DF340B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="506BFEAE" w14:textId="77777777" w:rsidR="00DF340B" w:rsidRPr="00021A4C" w:rsidRDefault="00DF340B" w:rsidP="00DF340B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Національне агентство України з питань державної служби (НАДС) є спеціалізованим центральним органом виконавчої влади, який виконує системоутворюючу роль у формуванні та реалізації державної політики у сфері державної служби й управління людськими ресурсами в державних органах. Інституційне значення НАДС визначається тим, що воно забезпечує єдність підходів до кадрових процесів у публічному секторі, формує стандарти професіоналізації державної служби, підтримує впровадження компетентнісних моделей, а також координує розвиток спроможності HR-служб у державних органах. У сучасній парадигмі реформ публічного управління НАДС виступає ключовим провайдером методології стратегічного HR-менеджменту, спрямованого на підвищення результативності, доброчесності та інституційної стійкості державної служби.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A163A64" w14:textId="77777777" w:rsidR="00DF340B" w:rsidRPr="00021A4C" w:rsidRDefault="00DF340B" w:rsidP="00DF340B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У нормативно-політичному вимірі роль НАДС полягає у забезпеченні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>реалізації державної політики у сфері державної служби через підготовку та впровадження підзаконних нормативних актів, методичних документів і роз’яснень щодо застосування законодавства про державну службу. Це охоплює питання правового статусу державних службовців, організації конкурсного добору, оцінювання результатів службової діяльності, планування та управління кар’єрою, професійного навчання, дисциплінарних процедур і функціонування кадрових служб. Через нормативно-методичне регулювання НАДС забезпечує однакове тлумачення та застосування правил, що є критично важливим для недопущення дискреційних перекосів, нерівності доступу до служби та фрагментації кадрової практики між органами влади.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CAFEB9" w14:textId="77777777" w:rsidR="00DF340B" w:rsidRPr="00021A4C" w:rsidRDefault="00DF340B" w:rsidP="00DF340B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важливою складовою діяльності НАДС є розвиток і впровадження </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>компетентнісного підходу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в управлінні персоналом. Компетентнісна модель дає змогу здійснювати добір і оцінювання не лише за формальними ознаками (освіта, стаж), а за професійними й поведінковими характеристиками, що корелюють із вимогами конкретної посади та очікуваними результатами. У цій логіці НАДС сприяє переходу від кадрового адміністрування до стратегічного HR-менеджменту: формування профілів посад, опис компетенцій, стандартизація процедур відбору, розвиток системи оцінювання та індивідуального планування професійного розвитку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="039AC45F" w14:textId="77777777" w:rsidR="00DF340B" w:rsidRPr="00021A4C" w:rsidRDefault="00DF340B" w:rsidP="00DF340B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окремий вимір системної ролі НАДС пов’язаний із </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>координацією та підтримкою кадрових служб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> державних органів. Кадрові підрозділи (служби управління персоналом) у сучасній моделі мають бути не лише “канцелярією персоналу”, а організаційним центром HR-процесів: планування потреб у персоналі, управління адаптацією, підтримка оцінювання, аналіз кадрових ризиків, формування кадрового резерву, розвиток навчання та управління змінами. НАДС, формуючи типові положення, стандарти та методичні інструменти, забезпечує інституційну уніфікацію HR-функцій, а також сприяє розвитку професійної спроможності HR-фахівців державної служби.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="636C16B9" w14:textId="77777777" w:rsidR="00DF340B" w:rsidRPr="00021A4C" w:rsidRDefault="00DF340B" w:rsidP="00DF340B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У контексті забезпечення доброчесності та довіри до державної служби НАДС відіграє роль інституції, що підтримує стандарти </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>меритократії</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (просування за заслугами), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>політичної нейтральності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прозорості</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кадрових процедур. Реалізація цих принципів відбувається через інституційні механізми конкурсного добору, встановлення вимог до кандидатів, підвищення якості оцінювання, а також через культивування етичних і професійних стандартів публічної служби. У цьому вимірі діяльність НАДС є тісно пов’язаною з антикорупційними та контрольними елементами системи публічного управління, оскільки кадрові практики безпосередньо впливають на рівень ризиків зловживань у державному секторі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B0A979" w14:textId="77777777" w:rsidR="00DF340B" w:rsidRPr="00021A4C" w:rsidRDefault="00DF340B" w:rsidP="00DF340B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Суттєвим елементом сучасної ролі НАДС є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>професійний розвиток і навчання державних службовців</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, що виступає ключовим інструментом інституційної спроможності. НАДС забезпечує стратегічні підходи до системи підвищення кваліфікації, підтримує розбудову навчальної інфраструктури, визначає пріоритетні напрями розвитку компетентностей відповідно до потреб реформ і нових викликів (цифровізація, управління змінами, кризове управління, стратегічне планування, сервісна орієнтація). Таким чином, НАДС формує умови для перетворення навчання на безперервний інструмент управління якістю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>державної служби, а не епізодичну формальність.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486260DF" w14:textId="77777777" w:rsidR="00DF340B" w:rsidRPr="00021A4C" w:rsidRDefault="00DF340B" w:rsidP="00DF340B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Окремої уваги заслуговує цифровий вимір діяльності НАДС, який у сучасному HR-менеджменті набуває принципового значення. Цифровізація кадрових процесів (реєстри, електронні конкурси, управління даними про персонал, аналітика кадрових показників) дозволяє підвищити прозорість, стандартизувати процедури, зменшити суб’єктивізм, забезпечити порівнянність даних та впровадити доказовий підхід до кадрових рішень. У цьому контексті НАДС виступає ініціатором та координатором розвитку цифрових HR-інструментів у державному секторі, що підтримують управління за результатами та підзвітність.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012B23A8" w14:textId="77777777" w:rsidR="00DF340B" w:rsidRPr="00021A4C" w:rsidRDefault="00DF340B" w:rsidP="00DF340B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отже, роль НАДС у системі HR-менеджменту державного сектору є багатовимірною і охоплює нормативно-методичне забезпечення, стандартизацію та уніфікацію HR-процесів, розвиток компетентнісного підходу, підвищення спроможності кадрових служб, підтримку професійного навчання, а також впровадження цифрових інструментів управління персоналом. Через ці напрямки НАДС забезпечує інституційну “інфраструктуру” професійної державної служби та виступає одним із ключових драйверів модернізації публічного управління в Україні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="711B0317" w14:textId="77777777" w:rsidR="000D078D" w:rsidRPr="00021A4C" w:rsidRDefault="000D078D" w:rsidP="00DF340B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7834D7A2" w14:textId="77777777" w:rsidR="00BC0503" w:rsidRPr="00021A4C" w:rsidRDefault="00BC0503" w:rsidP="00BC0503">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.3. Кадрові служби державних органів (служби управління персоналом): зміст, функції та інституційна роль</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B9BB930" w14:textId="77777777" w:rsidR="00BC0503" w:rsidRPr="00021A4C" w:rsidRDefault="00BC0503" w:rsidP="00BC0503">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E414C54" w14:textId="77777777" w:rsidR="00BC0503" w:rsidRPr="00021A4C" w:rsidRDefault="00BC0503" w:rsidP="00BC0503">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кадрові служби державних органів, які в сучасній термінології дедалі частіше визначаються як </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>служби управління персоналом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, є ключовою інституційною ланкою реалізації державної кадрової політики на рівні конкретного органу публічної влади. Їх діяльність забезпечує практичне втілення принципів меритократії, законності, доброчесності, рівного доступу до державної служби, політичної нейтральності та професіоналізації. У системному вимірі кадрові служби виконують функцію “операційного ядра” HR-менеджменту в державному секторі: саме через них нормативно-методичні вимоги центральних органів управління державною службою трансформуються у процедури добору, призначення, оцінювання, розвитку й утримання персоналу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A19EA56" w14:textId="77777777" w:rsidR="00BC0503" w:rsidRPr="00021A4C" w:rsidRDefault="00BC0503" w:rsidP="00BC0503">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Еволюція кадрових служб у державних органах відображає ширший перехід від моделі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кадрового діловодства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до моделі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стратегічного управління людськими ресурсами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Якщо традиційно кадрова функція обмежувалася обліком персоналу, оформленням документів і забезпеченням формальної відповідності трудовим і службовим нормам, то сучасна модель передбачає інтеграцію кадрової роботи з організаційним розвитком, управлінням результативністю, плануванням компетентностей, розвитком лідерства, управлінням змінами та формуванням інституційної культури служіння. Це не заперечує значення адміністративно-правової складової кадрової роботи, але розширює її до рівня управлінської функції, безпосередньо пов’язаної з виконанням публічних завдань і досягненням суспільного результату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3FCB71" w14:textId="77777777" w:rsidR="00BC0503" w:rsidRPr="00021A4C" w:rsidRDefault="00BC0503" w:rsidP="00BC0503">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У структурно-правовому сенсі кадрові служби діють у межах визначеної компетенції та забезпечують реалізацію повноважень керівника державної служби </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>в органі. Вони формують процедурну основу кадрових рішень, підтримують відповідність HR-процесів законодавству та підзаконним актам, а також забезпечують належну якість документування та збереження кадрової інформації. В умовах правової держави ця функція має принципову вагу, оскільки кадрові рішення (призначення, переведення, звільнення, дисциплінарні стягнення) є потенційно конфліктогенними й часто оскаржуються, а отже потребують чіткої процедурної коректності та доказової бази.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6CA4F7" w14:textId="77777777" w:rsidR="00BC0503" w:rsidRPr="00021A4C" w:rsidRDefault="00BC0503" w:rsidP="00BC0503">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ключовим напрямом діяльності кадрових служб є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>управління кадровим циклом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> державної служби. На етапі планування потреб у персоналі кадрова служба забезпечує аналіз штатної структури, визначення потреб у компетентностях, участь у формуванні штатного розпису, а також прогнозування кадрових ризиків (плинність кадрів, дефіцит компетентностей, критичні позиції). На етапі добору персоналу кадрова служба організовує та супроводжує конкурсні процедури, забезпечує прозорість і рівність доступу кандидатів, здійснює комунікацію з кандидатами, координує роботу конкурсних комісій та забезпечує формування пакета документів для прийняття рішень. Важливо, що кадрова служба має діяти як гарант процедурної чесності, мінімізуючи ризики дискримінації, необґрунтованих рішень або конфлікту інтересів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C015552" w14:textId="77777777" w:rsidR="00BC0503" w:rsidRPr="00021A4C" w:rsidRDefault="00BC0503" w:rsidP="00BC0503">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Після призначення на посаду кадрова служба забезпечує </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адаптацію та інтеграцію</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нового працівника у організацію: інформування про правила, етичні стандарти, вимоги щодо доброчесності, організацію ознайомлення з функціями підрозділу, а також підтримку процесу наставництва. У сучасних HR-підходах адаптація розглядається як один із факторів зниження плинності кадрів і підвищення результативності, оскільки саме перші місяці служби визначають траєкторію професійного становлення працівника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A331078" w14:textId="77777777" w:rsidR="00BC0503" w:rsidRPr="00021A4C" w:rsidRDefault="00BC0503" w:rsidP="00BC0503">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Значний блок компетенцій кадрової служби стосується </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оцінювання результатів службової діяльності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та управління результативністю. У сучасній моделі державної служби оцінювання має бути пов’язане з цілями органу, індивідуальними завданнями, компетентнісними вимогами та планами професійного розвитку. Кадрова служба забезпечує організацію оцінювання, методичну підтримку керівників, збір і аналіз результатів, а також інтеграцію висновків оцінювання у рішення щодо навчання, розвитку, кар’єрного просування чи корекції функціональних завдань. Принципово важливим є забезпечення справедливості та прозорості оцінювання, оскільки суб’єктивізм або формалізм у цьому процесі підриває мотивацію та довіру персоналу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340B91BA" w14:textId="77777777" w:rsidR="00BC0503" w:rsidRPr="00021A4C" w:rsidRDefault="00BC0503" w:rsidP="00BC0503">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Не менш важливою є роль кадрових служб у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>професійному розвитку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> державних службовців. Вони визначають потреби у навчанні, формують плани підвищення кваліфікації, координують участь у програмах навчання, забезпечують облік результатів навчання та оцінювання його практичного ефекту. У сучасних системах HR-менеджменту навчання розглядається як інструмент підвищення інституційної спроможності органу, особливо в умовах цифрової трансформації, реформ, криз і зміни управлінських практик. Тому кадрова служба повинна не лише “направляти на курси”, а будувати логіку безперервного розвитку компетентностей, пов’язану з реальними управлінськими потребами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE26702" w14:textId="77777777" w:rsidR="00BC0503" w:rsidRPr="00021A4C" w:rsidRDefault="00BC0503" w:rsidP="00BC0503">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У дисциплінарно-правовій площині кадрові служби забезпечують </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>процедурний супровід дисциплінарних проваджень, дотримання трудових і службових гарантій, ведення відповідної документації, а також підтримку практик доброчесності та етичної поведінки. Важливо підкреслити, що ефективність кадрової служби в цьому сегменті визначається здатністю поєднувати законність і справедливість: дисциплінарні механізми мають не лише каральну, а й превентивну та виховну функцію, сприяючи формуванню культури професійної відповідальності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A969AC9" w14:textId="77777777" w:rsidR="00BC0503" w:rsidRPr="00021A4C" w:rsidRDefault="00BC0503" w:rsidP="00BC0503">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окремий сучасний напрям діяльності кадрових служб пов’язаний із </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-аналітикою та цифровізацією HR-процесів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Систематичний облік даних про персонал, аналіз плинності, структури компетентностей, результативності, участі в навчанні, кадрових ризиків дозволяє перейти від інтуїтивних кадрових рішень до доказового підходу. Цифрові інструменти кадрового адміністрування також підвищують прозорість процедур, зменшують можливості маніпуляцій і забезпечують порівнюваність кадрових показників між органами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBCC971" w14:textId="77777777" w:rsidR="00BC0503" w:rsidRPr="00021A4C" w:rsidRDefault="00BC0503" w:rsidP="00BC0503">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отже, кадрові служби державних органів є не лише адміністративним підрозділом, а інституційним механізмом, що забезпечує функціонування державної служби як професійної системи. Вони відіграють ключову роль у забезпеченні законності й прозорості HR-процесів, формуванні компетентного персоналу, розвитку результативності та інституційної культури, а також у підвищенні спроможності органів влади реалізовувати публічну політику та надавати якісні публічні послуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E207CEF" w14:textId="77777777" w:rsidR="000D078D" w:rsidRPr="00021A4C" w:rsidRDefault="000D078D" w:rsidP="00DF340B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A4725E7" w14:textId="77777777" w:rsidR="00736AE9" w:rsidRPr="00021A4C" w:rsidRDefault="00736AE9" w:rsidP="00736AE9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.4. Взаємодія органів влади з освітніми та науковими інституціями (інституційні основи HR-менеджменту в державному секторі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5685D1AE" w14:textId="77777777" w:rsidR="00736AE9" w:rsidRPr="00021A4C" w:rsidRDefault="00736AE9" w:rsidP="00736AE9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Взаємодія органів державної влади з освітніми та науковими інституціями є одним із ключових інституційних механізмів формування та відтворення кадрового потенціалу публічної служби. У сучасній парадигмі HR-менеджменту державного сектору ця взаємодія розглядається не як епізодичне “кадрове забезпечення” через працевлаштування випускників, а як системна політико-управлінська практика, що охоплює повний цикл управління людськими ресурсами: від прогнозування потреб у компетентностях і проєктування освітніх програм — до безперервного професійного розвитку, оцінювання ефекту навчання та впровадження доказових підходів у кадрові рішення. Її стратегічне значення посилюється за умов реформ публічного управління, цифрової трансформації, кризових викликів та необхідності підвищення інституційної спроможності держави.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C9D3FB" w14:textId="77777777" w:rsidR="00736AE9" w:rsidRPr="00021A4C" w:rsidRDefault="00736AE9" w:rsidP="00736AE9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У теоретико-методологічному вимірі така взаємодія ґрунтується на логіці “спільного виробництва” публічної цінності: органи влади визначають суспільний запит і функціональні потреби служби, а освітні й наукові інституції забезпечують формування компетентностей, розвиток професійної культури, вироблення знань та аналітичних продуктів, які підвищують якість управлінських рішень. Відтак взаємодія може бути описана як інституційний міст між системою публічного управління та системою виробництва знань, що дозволяє державній службі зберігати адаптивність і сучасність.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D620DE" w14:textId="77777777" w:rsidR="00736AE9" w:rsidRPr="00021A4C" w:rsidRDefault="00736AE9" w:rsidP="00736AE9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сутність взаємодії органів влади з освітніми інституціями передусім проявляється у сфері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>професійної підготовки та підвищення кваліфікації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Освітні заклади (університети, інститути післядипломної освіти, спеціалізовані школи публічного управління) виступають провайдерами програм, спрямованих на формування компетентностей державних службовців: стратегічного планування, управління політиками, правового забезпечення, фінансового менеджменту, комунікацій, цифрових навичок, управління змінами та кризового управління. Для HR-менеджменту принциповим є не лише факт навчання, а його інтеграція у кадрові процеси: встановлення зв’язку між оцінюванням службової діяльності та індивідуальними планами розвитку, формуванням кадрового резерву, підтримкою управлінського лідерства. У цій логіці взаємодія з освітою має розглядатися як інструмент інституційної спроможності, а не як формальна вимога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CB7D8F1" w14:textId="77777777" w:rsidR="00736AE9" w:rsidRPr="00021A4C" w:rsidRDefault="00736AE9" w:rsidP="00736AE9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Другим виміром є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>компетентнісне узгодження освіти з потребами державної служби</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Сучасний державний HR-менеджмент вимагає системи кваліфікацій і компетентностей, що відповідає реальним функціям органів влади. Тому взаємодія з освітніми інституціями охоплює участь органів влади у формуванні освітніх стандартів, розробленні навчальних планів, створенні спеціалізацій з публічного управління, цифрового врядування, аналізу політики, управління проєктами та ін. Значущим є механізм залучення практиків із органів влади до викладання, наставництва, проведення тренінгів і розробки кейсів, що підвищує практикоорієнтованість навчання і забезпечує відповідність освітнього продукту запитам публічної служби.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="540A456E" w14:textId="77777777" w:rsidR="00736AE9" w:rsidRPr="00021A4C" w:rsidRDefault="00736AE9" w:rsidP="00736AE9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Третім важливим напрямом виступає </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>практична підготовка та формування кадрового резерву</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через стажування, практики, дуальні елементи навчання та конкурсні програми для молоді. Для державної служби це є інструментом раннього виявлення потенціалу, первинної соціалізації до норм публічного служіння та зниження транзакційних витрат адаптації. Для HR-менеджменту практики й стажування виконують роль “вхідного каналу”, який дозволяє забезпечити більш обґрунтований добір персоналу та зменшити ризики невідповідності кандидата функціональним вимогам посади. У цьому контексті взаємодія з університетами й спеціалізованими школами сприяє створенню стабільного потоку кандидатів з релевантними компетентностями та мотивацією до публічної служби.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2916696D" w14:textId="77777777" w:rsidR="00736AE9" w:rsidRPr="00021A4C" w:rsidRDefault="00736AE9" w:rsidP="00736AE9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Четвертий вимір стосується взаємодії органів влади з науковими інституціями у форматі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>доказової кадрової політики та організаційного розвитку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Наукові установи можуть забезпечувати аналітичні дослідження щодо кадрових проблем державного сектору: плинності кадрів, мотивації, професійної етики, ефективності конкурсних процедур, результативності навчання, впливу цифровізації на HR-процеси. У практиці публічного управління це проявляється як замовлення або співстворення аналітичних продуктів, проведення соціологічних опитувань, оцінювання реформ, розробка моделей компетентностей, методик оцінювання персоналу, а також рекомендацій щодо інституційних змін. Важливо, що така взаємодія сприяє переходу від інтуїтивних управлінських рішень до evidence-based governance і evidence-based HR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD7339E" w14:textId="77777777" w:rsidR="00736AE9" w:rsidRPr="00021A4C" w:rsidRDefault="00736AE9" w:rsidP="00736AE9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">П’ятий напрям — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>науково-експертне забезпечення нормотворення і кадрових реформ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Освітні й наукові інституції залучаються до експертизи проєктів законодавчих і підзаконних актів, до розробки концепцій реформ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>державної служби, до оцінювання регуляторного впливу та підготовки методичних матеріалів. Таке партнерство особливо важливе у сферах, де потрібні спеціалізовані знання (управління людськими ресурсами, психологія організацій, оцінювання компетентностей, цифрові HR-інструменти, управління змінами), а також у питаннях гармонізації національних підходів із міжнародними стандартами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E41700" w14:textId="77777777" w:rsidR="00736AE9" w:rsidRPr="00021A4C" w:rsidRDefault="00736AE9" w:rsidP="00736AE9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Управлінська ефективність взаємодії органів влади з освітніми та науковими інституціями визначається низкою умов. Критичною є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інституційна формалізація</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> партнерств (угоди, спільні програми, сталі майданчики співпраці), що забезпечує неперервність співробітництва незалежно від кадрових змін. Другою умовою виступає </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>узгодження цілей і показників результативності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: навчальні програми мають бути пов’язані з компетентнісними потребами державної служби, а ефект навчання — оцінюватися не лише за кількістю сертифікатів, а за зміною професійної поведінки і результатів роботи. Третьою умовою є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>двосторонність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обміну: органи влади мають надавати доступ до практичних кейсів, даних і запитів, а освітні й наукові інституції — забезпечувати якісні методики, сучасний контент і наукову доброчесність. Нарешті, необхідною є ресурсна підтримка та розвиток спроможності кадрових служб інтегрувати результати співпраці в реальні HR-процеси органу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E535CB3" w14:textId="77777777" w:rsidR="00736AE9" w:rsidRPr="00021A4C" w:rsidRDefault="00736AE9" w:rsidP="00736AE9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отже, взаємодія органів влади з освітніми та науковими інституціями є складовою інституційного фундаменту HR-менеджменту в державному секторі. Вона забезпечує формування та відтворення компетентного кадрового потенціалу, підтримує професіоналізацію й етичну культуру державної служби, підсилює доказовість кадрової політики та сприяє стійкості реформ публічного управління в Україні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E34B4B" w14:textId="77777777" w:rsidR="00EB26B4" w:rsidRPr="00021A4C" w:rsidRDefault="00EB26B4" w:rsidP="00DF340B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C471897" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.5. Міжнародні організації та проєкти у сфері HR-менеджменту (державний сектор)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E9E9BBA" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E8738FD" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Міжнародні організації та програми технічної допомоги є вагомим інституційним чинником розвитку HR-менеджменту в державному секторі України, оскільки вони забезпечують доступ до нормативно-методичних стандартів, експертної підтримки, навчальних практик і фінансових ресурсів, необхідних для модернізації державної служби. У теоретико-методологічному вимірі їх роль доцільно розглядати як поєднання трьох взаємопов’язаних функцій: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(1) стандартизаційно-нормативної</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (формування еталонів і принципів професійної публічної служби), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(2) інституційно-спроможнісної</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (capacity building через навчання, інструменти та організаційні зміни) і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(3) оцінювально-моніторингової</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (діагностика стану та прогресу реформ, включно з HRM). В українському контексті ця взаємодія додатково набуває стратегічного значення в логіці євроінтеграції, де достатня адміністративна спроможність, зокрема в частині управління людськими ресурсами, розглядається як умова відповідності європейським принципам публічного адміністрування. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A21D7A" w14:textId="3A73FF3D" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OECD/SIGMA: принципи та моніторинг системи публічного адміністрування (включно з HRM)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A518373" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Одним із ключових міжнародних “орієнтирів” для реформи державної служби в Україні є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>SIGMA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — спільна ініціатива ЄС та ОЕСР, яка розробляє і застосовує </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принципи публічного адміністрування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, що охоплюють, зокрема, вимоги до професійної державної служби та управління людськими ресурсами (меритократичний добір, прозорість, управління результативністю, навчання, належні інституційні рамки). Важливо, що SIGMA виконує не лише методичну, а й оцінювальну функцію: через моніторингові звіти та оцінювання прогресу вона надає уряду і партнерам “карту розривів” у HRM-спроможності та рекомендації щодо їх усунення. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="142C9A1D" w14:textId="536D7A65" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Європейський Союз та програми підтримки реформи публічного управління (PAR) з фокусом на HR-спроможність</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E20FB04" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЄС фінансує та підтримує комплексні програми реформи публічного управління, де HR-менеджмент виступає ключовим компонентом інституційної спроможності держави. Показовим прикладом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>EU4PAR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Support to Comprehensive Reform of Public Administration in Ukraine), який спрямований на підтримку уряду в імплементації реформи публічного управління для побудови сервісно орієнтованої, цифрової та відповідальної держави на основі європейських практик good governance. У HR-вимірі такі програми зазвичай підтримують: розвиток систем професійного навчання, управління компетентностями, модернізацію HR-процесів та інструментів (у т.ч. HR-цифровізацію), посилення ролі HR-служб як агентів змін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224A8FF0" w14:textId="71594D48" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Програми розвитку ООН (UNDP): проєктна підтримка реформи державної служби і HR-інструментів</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2180A89B" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP традиційно підтримує державні інституції через проєкти, що поєднують консультаційний компонент, розвиток спроможності та запровадження практичних інструментів. У сфері державної служби це охоплює підтримку реформ, спрямованих на підвищення прозорості, професійності та інституційної ефективності, а також розробку методичних матеріалів і навчальних рішень. Як приклад наявності саме “держслужбового” напряму можна навести програмні документи UNDP щодо підтримки реформи цивільної служби (civil service reform), де HR-складова є однією з основ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD1018C" w14:textId="69960CB6" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Інституційні партнерства НАДС з міжнародними організаціями: координація, мережі та трансфер практик</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70353D62" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На рівні національної інституційної архітектури важливою є системна міжнародна співпраця профільного органу — НАДС — із міжнародними партнерами та мережами. У матеріалах НАДС прямо фіксується співпраця з ОЕСР, включно із SIGMA, як елемент міжнародної діяльності та інтеграції у відповідні стандарти. Така співпраця виконує функцію “інституційного каналу” трансферу методологій: від компетентнісного HRM і навчання до процедур оцінювання, управління результативністю та розвитку HR-служб. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4580DD86" w14:textId="3E700442" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Міжнародні проєкти з фокусом на HR-професіоналізацію та навчання HR-фахівців публічного сектору</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BBF4082" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окремий клас міжнародної підтримки становлять програми, орієнтовані на розвиток HR-спроможності як професійної функції. Показовим прикладом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR Workshop</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — навчальна програма для HR-професіоналів у державних і місцевих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">органах, що реалізується за участі НАДС та міжнародних партнерів, зокрема EU4PAR і інших компонентів архітектури підтримки реформ. Такі програми інституціоналізують нову роль HR-служб: від кадрового діловодства до стратегічного управління персоналом, здатного підтримувати зміни, формувати компетентності та впроваджувати сучасні практики управління результативністю. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB39159" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У науковому узагальненні внесок міжнародних організацій у розвиток HR-менеджменту державного сектору України доцільно зводити до таких напрямів:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39DBCD36" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нормативно-методичний трансфер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (принципи, стандарти, моделі компетентностей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="405C6E34" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>розвиток інституційної спроможності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (професійне навчання, підтримка HR-служб, управління результативністю);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FC95B6" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>діагностика та моніторинг реформ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оцінювання відповідності принципам публічного адміністрування, рекомендації);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59083245" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>підтримка цифровізації HR-процесів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та даних для evidence-based HR;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7D6206" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>підсилення доброчесності й прозорості</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як рамки HR-процедур і кадрових рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="202F0565" w14:textId="49EE2105" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приклади HR-інструментів, які зазвичай впроваджуються в межах міжнародних програм підтримки (конкретизація)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46EECA29" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У практиці міжнародної технічної допомоги для реформ публічного управління HR-компонент найчастіше матеріалізується у впровадженні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкретних інструментів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (policy tools, методики, цифрові рішення), що переводять загальні принципи професійної державної служби у стандартизовані процедури та вимірювані результати. До найбільш типових інструментів належать такі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51CE51E6" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) Компетентнісні моделі та профілі посад (competency frameworks).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Запроваджуються типові/узгоджені переліки професійних і поведінкових компетентностей для різних груп посад, а також практики опису посад через компетентності (job profiles). Це дає змогу підвищити об’єктивність добору, адаптації, оцінювання і розвитку персоналу, оскільки “вимоги до посади” формулюються не лише через стаж чи освіту, а через очікувану поведінку та професійні спроможності (аналітика, комунікації, управління змінами, сервісна орієнтація тощо).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7328B793" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Стандартизовані конкурсні процедури та інструменти відбору.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Міжнародні проєкти підтримують уніфікацію конкурсів: типові оголошення, прозорі критерії, структуровані інтерв’ю, тестові завдання/кейси, правила роботи комісій, антидискримінаційні запобіжники. Часто паралельно розвиваються методики оцінювання “soft skills” і професійних компетентностей (інтерв’ю за компетенціями, ситуаційні завдання).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C176621" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) Системи оцінювання результатів службової діяльності (performance appraisal) і KPI-логіка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Впроваджуються підходи до постановки індивідуальних цілей/завдань, погоджених із цілями підрозділу та органу, а також процедури щорічного/періодичного оцінювання з фіксацією результатів, зворотного зв’язку і планів розвитку. Важлива відмінність сучасних підходів — зміщення від “формальної атестації” до управління результативністю: оцінювання </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>використовується як інструмент корекції, навчання і розвитку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B5F733" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) Індивідуальні плани професійного розвитку (IDP) і каталоги навчання.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Поширена практика — “зв’язування” оцінювання з навчанням: за результатами оцінювання формуються індивідуальні плани розвитку, визначаються прогалини в компетентностях, підбираються модулі підвищення кваліфікації. Паралельно створюються каталоги навчальних програм, стандарти якості навчання, а також елементи післятренінгової оцінки (як навчання вплинуло на робочі результати).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D93911" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) Програми розвитку HR-служб і HR-професійної спільноти (HR capacity building).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Це навчальні програми для HR-фахівців публічного сектору, методичні посібники, “спільноти практики”, наставництво, peer-learning між органами, а також стандарти ролі HR-служби (перехід від кадрового діловодства до HR-партнерства та HR-аналітики).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="136F1D57" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) HR-аналітика (workforce analytics) та дашборди кадрових показників.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Впроваджуються системи збору й аналізу даних: плинність кадрів, заповнюваність вакансій, час закриття вакансій, структура компетентностей, результати оцінювання, участь у навчанні, дисциплінарні ризики, гендерний баланс тощо. Це підтримує evidence-based HR і дозволяє керівництву приймати рішення на основі даних, а не лише інтуїції.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C5561E" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) Цифрові HR-рішення (HRMIS / електронні кадрові процеси).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Підтримуються електронні реєстри персоналу, електронний документообіг у HR, цифрові модулі конкурсів, електронні профілі посад, інтеграція HR-даних із бюджетними/організаційними системами. Мета — стандартизація, прозорість, зниження адміністративних витрат і зменшення можливостей для маніпуляцій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358589A0" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) Інструменти доброчесності та комплаєнсу в HR-процесах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Типово посилюються процедури запобігання конфлікту інтересів у кадрових рішеннях, політики етики, механізми повідомлень про порушення (whistleblowing у межах компетенції), антикорупційні “червоні прапорці” в доборі та призначеннях. Це підсилює легітимність державної служби і довіру до кадрових процедур.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EFD98F6" w14:textId="77777777" w:rsidR="008948A4" w:rsidRPr="00021A4C" w:rsidRDefault="008948A4" w:rsidP="008948A4">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) Лідерські програми та управління змінами (leadership &amp; change management).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Окремий блок — розвиток управлінського корпусу: програми для керівників, формування навичок стратегічного менеджменту, кризового управління, комунікацій, управління командою та впровадження змін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2225B1" w14:textId="77777777" w:rsidR="00666DC6" w:rsidRPr="00021A4C" w:rsidRDefault="00666DC6" w:rsidP="00666DC6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отже, міжнародні організації та проєкти у сфері HR-менеджменту державного сектору виконують роль інституційних каталізаторів модернізації державної служби, поєднуючи нормативно-методичний вплив із практичною підтримкою спроможності органів влади. Їх внесок проявляється у трансфері принципів професійної та меритократичної публічної служби, розвитку компетентнісного підходу, стандартизації ключових HR-процесів (добір, оцінювання, розвиток персоналу), а також у впровадженні інструментів управління за результатами та доказового HR через аналітику й цифровізацію.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0C9D71" w14:textId="77777777" w:rsidR="00666DC6" w:rsidRPr="00021A4C" w:rsidRDefault="00666DC6" w:rsidP="00666DC6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Системна підтримка міжнародних партнерів сприяє переходу від адміністративно-документального кадрового супроводу до стратегічного управління людськими ресурсами, орієнтованого на підвищення результативності, доброчесності та інституційної стійкості державних органів. Водночас сталість такого впливу визначається не лише наявністю проєктних ресурсів, а здатністю національних інституцій інтегрувати запроваджені інструменти у регулярні управлінські практики, забезпечити їх нормативне закріплення, ресурсне підкріплення і кадрову спроможність HR-служб підтримувати зміни. Таким чином, міжнародні програми є важливим, але не самодостатнім чинником: їх результати стають довготривалими лише за умови внутрішньої інституціоналізації та відповідальності держави за розвиток людського капіталу публічної служби.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B08119" w14:textId="77777777" w:rsidR="00E46C73" w:rsidRPr="00021A4C" w:rsidRDefault="00E46C73" w:rsidP="00C16BE6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FE67AC7" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00021A4C" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03AC740F" w14:textId="753B87D5" w:rsidR="0033159D" w:rsidRPr="00021A4C" w:rsidRDefault="006B38FA" w:rsidP="001D5CCB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Питання для самоконтролю </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C8226AA" w14:textId="77777777" w:rsidR="006B38FA" w:rsidRPr="00021A4C" w:rsidRDefault="006B38FA" w:rsidP="001D5CCB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0123490D" w14:textId="77777777" w:rsidR="00446914" w:rsidRPr="00021A4C" w:rsidRDefault="00446914" w:rsidP="00446914">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Які інституційні елементи формують систему HR-менеджменту в державному секторі та як між собою пов’язані рівні “політика — реалізація — контроль”?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B61971" w14:textId="77777777" w:rsidR="00446914" w:rsidRPr="00021A4C" w:rsidRDefault="00446914" w:rsidP="00446914">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Які органи державної влади беруть участь у формуванні та реалізації кадрової політики, і в чому полягає їхня відмінність за функціями (нормотворення, координація, виконання, нагляд)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01FAD3DB" w14:textId="77777777" w:rsidR="00446914" w:rsidRPr="00021A4C" w:rsidRDefault="00446914" w:rsidP="00446914">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Яку роль виконує Національне агентство України з питань державної служби (НАДС) у стандартизації HR-процесів та професіоналізації державної служби?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9E224C" w14:textId="77777777" w:rsidR="00446914" w:rsidRPr="00021A4C" w:rsidRDefault="00446914" w:rsidP="00446914">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Які ключові напрями діяльності НАДС як центрального органу у сфері державної служби (методологія, компетентнісні підходи, навчання, цифровізація, підтримка HR-служб)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639677C1" w14:textId="77777777" w:rsidR="00446914" w:rsidRPr="00021A4C" w:rsidRDefault="00446914" w:rsidP="00446914">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Яке місце служб управління персоналом (кадрових служб) у державних органах та які їх основні функції у повному HR-циклі (добір, адаптація, оцінювання, розвиток, дисциплінарні процедури)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7D1629" w14:textId="77777777" w:rsidR="00446914" w:rsidRPr="00021A4C" w:rsidRDefault="00446914" w:rsidP="00446914">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У чому полягає перехід від “кадрового діловодства” до стратегічного HR-менеджменту в державному секторі та які інституційні передумови цього переходу?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC7DDB7" w14:textId="77777777" w:rsidR="00446914" w:rsidRPr="00021A4C" w:rsidRDefault="00446914" w:rsidP="00446914">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Які форми взаємодії органів влади з освітніми та науковими інституціями забезпечують професійний розвиток і кадровий резерв державної служби (навчання, стажування, спільні програми, експертиза)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71917F82" w14:textId="77777777" w:rsidR="00446914" w:rsidRPr="00021A4C" w:rsidRDefault="00446914" w:rsidP="00446914">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Як evidence-based підхід і співпраця з науковими установами можуть підвищувати якість кадрових рішень і організаційного розвитку в державних органах?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D589BF" w14:textId="77777777" w:rsidR="00446914" w:rsidRPr="00021A4C" w:rsidRDefault="00446914" w:rsidP="00446914">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Які міжнародні організації/ініціативи найчастіше впливають на розвиток HR-менеджменту державного сектору та в чому полягає їх внесок (стандарти, моніторинг, capacity building)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C125767" w14:textId="77777777" w:rsidR="00446914" w:rsidRPr="00021A4C" w:rsidRDefault="00446914" w:rsidP="00446914">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Які HR-інструменти, що підтримуються міжнародними проєктами (компетентнісні моделі, конкурсні процедури, performance appraisal, IDP, HR-аналітика, HRMIS), є найбільш критичними для інституційної спроможності </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>державної служби і чому?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328B5351" w14:textId="77777777" w:rsidR="00A70181" w:rsidRPr="00021A4C" w:rsidRDefault="00A70181" w:rsidP="00A70181">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F28101D" w14:textId="77777777" w:rsidR="00A70181" w:rsidRPr="00021A4C" w:rsidRDefault="00A70181" w:rsidP="00A70181">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5709DBC8" w14:textId="77777777" w:rsidR="00A70181" w:rsidRPr="00021A4C" w:rsidRDefault="00A70181" w:rsidP="00A70181">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тема 3. Правове забезпечення HR-менеджменту (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗК1, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗК4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗК5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗК6,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗК7, ЗК12, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗК13, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СК1,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СК2,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СК3,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СК5,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СК8, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СК9, СК12, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН4,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН5,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН6,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН8,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРН10, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН14,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПРН15,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН18.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30417594" w14:textId="77777777" w:rsidR="00A70181" w:rsidRPr="00021A4C" w:rsidRDefault="00A70181" w:rsidP="00A70181">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1. Конституційні засади державної служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A487426" w14:textId="77777777" w:rsidR="00A70181" w:rsidRPr="00021A4C" w:rsidRDefault="00A70181" w:rsidP="00A70181">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2. Законодавство України про державну службу та службу в органах місцевого самоврядування</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289CB74A" w14:textId="77777777" w:rsidR="00A70181" w:rsidRPr="00021A4C" w:rsidRDefault="00A70181" w:rsidP="00A70181">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3. Нормативні акти у сфері кадрової політики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F30516D" w14:textId="77777777" w:rsidR="00A70181" w:rsidRPr="00021A4C" w:rsidRDefault="00A70181" w:rsidP="00A70181">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.4. Гармонізація українського законодавства з європейськими стандартами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB07746" w14:textId="77777777" w:rsidR="00A70181" w:rsidRPr="00021A4C" w:rsidRDefault="00A70181" w:rsidP="00A70181">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.5. Антикорупційне законодавство і доброчесність публічної служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A01A83" w14:textId="77777777" w:rsidR="00A70181" w:rsidRPr="00021A4C" w:rsidRDefault="00A70181" w:rsidP="00A70181">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="453B275A" w14:textId="079E4AAC" w:rsidR="00A70181" w:rsidRPr="00021A4C" w:rsidRDefault="00A70181" w:rsidP="00A70181">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C39E576" w14:textId="77777777" w:rsidR="007F24DA" w:rsidRPr="00021A4C" w:rsidRDefault="007F24DA" w:rsidP="007F24DA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Виклад основного матеріалу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7464B893" w14:textId="77777777" w:rsidR="00A70181" w:rsidRPr="00021A4C" w:rsidRDefault="00A70181" w:rsidP="00A70181">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B9B1781" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1. Конституційні засади державної служби (у контексті HR-менеджменту)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A2C59E" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37E1A38E" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конституційні засади державної служби становлять фундамент правового регулювання кадрових процесів у публічному секторі. Вони визначають базові принципи організації та функціонування державної влади, статус людини і громадянина, вимоги до діяльності органів публічної влади та їх посадових осіб, а також рамкові орієнтири для формування корпусу державної служби як професійного інституту. У площині HR-менеджменту конституційні норми виконують роль «вищого стандарту» для процедур добору, просування, оцінювання, дисциплінарної відповідальності, запобігання конфлікту інтересів, гарантій праці та соціального захисту службовців.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="664C4371" w14:textId="2D08ABA0" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Народовладдя, публічна влада і службова природа державної служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C4437C" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конституційна модель української державності виходить із принципу народного суверенітету: публічна влада легітимна лише як похідна від волі народу та здійснюється в інституційних формах, визначених Конституцією. Із цього випливає ключова управлінська ідея для HR: державний службовець не є «власником» повноваження, а є носієм службової функції, яка має публічний характер і підпорядковується праву. Тому кадрова політика в державному секторі не може будуватися виключно на управлінській доцільності чи корпоративній логіці органу; вона має відповідати принципам публічності, підзвітності та правової визначеності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="025DA213" w14:textId="387397D4" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Верховенство права як базовий принцип кадрового управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D1F64F4" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Верховенство права задає нормативну рамку для всієї системи HR-менеджменту в державі. Практично це означає:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1870CB5F" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пріоритет прав і свобод людини</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у кадрових процедурах (недопущення свавілля, дискримінації, непрозорих рішень);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A36C71D" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>юридичну визначеність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (чіткість підстав прийняття на службу, просування, звільнення, притягнення до дисциплінарної відповідальності);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628187F0" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пропорційність і належну процедуру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (будь-яке обмеження прав службовця має бути необхідним, обґрунтованим і здійснюватися за процедурою, встановленою законом);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E48EB50" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ефективний контроль і судовий захист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (можливість оскарження кадрових рішень і відновлення порушених прав).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Отже, HR-функції у державному органі мають бути не лише адміністративними, а й правозабезпечувальними: вони повинні гарантувати законність кадрового циклу та мінімізувати правові ризики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E782FD4" w14:textId="6B671FFD" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Законність і принцип діяльності органів влади «лише на підставі та в межах повноважень»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13CFDB11" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституційний припис про діяльність органів державної влади та їх посадових осіб </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лише на підставі, в межах повноважень та у спосіб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, визначені Конституцією і законами, є безпосередньою «матрицею» для кадрової роботи. У HR-вимірі це означає:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2813E92E" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неможливість запроваджувати кадрові практики, які не передбачені законом або підзаконними актами в межах делегованих повноважень;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE54090" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обов’язковість документування процедур (конкурси, атестації/оцінювання, дисциплінарні провадження, службові розслідування);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEA864A" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заборону «неформальних» рішень, що створюють привілеї або обмеження поза правовими підставами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Таким чином, правова природа державної служби обмежує управлінську дискрецію керівника в кадрових питаннях і перетворює HR на інструмент реалізації принципу законності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2EA4A4" w14:textId="672284B0" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рівний доступ до публічної служби та недискримінація</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6F06A9" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституційна гарантія </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рівності громадян</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рівного доступу до державної служби</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формує ядро сучасних стандартів добору персоналу. Для HR-менеджменту це означає:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5F6E7D" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обов’язковість відкритих, конкурентних і прозорих процедур відбору;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511E9D3B" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>застосування критеріїв, пов’язаних із професійною компетентністю та доброчесністю, а не з особистими зв’язками чи політичними симпатіями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E82C8F6" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>недопущення дискримінації за ознаками, що не стосуються виконання службових функцій.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Рівний доступ у конституційній логіці — це не лише формальна можливість «подати документи», а забезпечення таких правил гри, які мінімізують упередженість і гарантують справедливу конкуренцію.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6447C2" w14:textId="33357017" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поділ влади та інституційна нейтральність державної служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14218E68" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конституційний принцип поділу влади створює різні контури публічної служби залежно від гілки влади, однак водночас передбачає інституційну стабільність державного апарату. Це має два HR-наслідки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6660F6B5" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>професіоналізація та сталість кадрів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як умова безперервності </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>управління і реалізації державних функцій;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E5702C" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>політична нейтральність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (у тій частині, де вона властива державній службі): кадрові рішення мають відділяти професійну складову служби від політичної кон’юнктури.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>У практичному вимірі це реалізується через вимоги до службової поведінки, обмеження політичної діяльності для окремих категорій посад, стандарти етичної нейтральності та процедури запобігання зловживанням кадровими повноваженнями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D0D0978" w14:textId="14C47224" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пріоритет прав людини: трудові, соціальні та процесуальні гарантії</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2831375B" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конституційні права (право на працю, належні умови праці, соціальний захист, повага до гідності, право на судовий захист) безпосередньо впливають на HR-політики державної служби. Це проявляється у:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03257428" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гарантіях прозорих і справедливих умов проходження служби;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE5CAB1" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правилах охорони праці та безпечного робочого середовища;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609DCFED" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартах недопущення приниження гідності, мобінгу чи зловживань владою в організації праці;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213EAFF6" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обов’язку забезпечувати можливість оскарження рішень і доступ до процедурного правосуддя.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Для лекцій важливо підкреслити: у державній службі «службова дисципліна» не може підміняти собою конституційні гарантії; навпаки, дисципліна має бути правовою і процедурною.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF12351" w14:textId="0447B7CA" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Відповідальність держави та публічний інтерес як критерій HR-рішень</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E4C80C" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституційна логіка «відповідальності держави перед людиною» формує особливий стандарт належного адміністрування. Звідси випливає, що кадрова політика має бути спрямована на забезпечення </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>публічного інтересу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, який проявляється у:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68DB444E" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формуванні компетентного, доброчесного та ефективного корпусу службовців;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED85D45" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інституційному навчанні й розвитку компетентностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7F005A" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>недопущенні корупційних та кланових практик;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3D3FD4" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орієнтації на якість публічних послуг і результативність державних програм.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>HR-менеджмент у державі виступає механізмом реалізації конституційно значущих цілей: стабільності інститутів, захисту прав людини, ефективності урядування.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C69EA1" w14:textId="3C5394B7" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конституційні вимоги до етики та доброчесності (як підґрунтя антикорупційного HR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C04E92" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хоча деталізація антикорупційних стандартів здійснюється законами, конституційні приписи про законність, рівність, пріоритет прав людини та підзвітність влади утворюють підґрунтя доброчесності. У HR-площині це означає, що доброчесність є не «додатковою опцією», а складовою конституційної вимоги до належного здійснення публічної влади. Звідси логічно випливають сучасні HR-інструменти: перевірки доброчесності, управління конфліктом інтересів, етичні кодекси, дисциплінарні механізми, внутрішній контроль.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418AEAB5" w14:textId="77777777" w:rsidR="00D41EEF" w:rsidRPr="00021A4C" w:rsidRDefault="00D41EEF" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="048F2F95" w14:textId="74F1E36A" w:rsidR="00D41EEF" w:rsidRPr="00021A4C" w:rsidRDefault="00D41EEF" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">У Конституції України є низка норм, які </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прямо або опосередковано</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задають </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конституційні засади державної служби</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (тобто: доступ, законність кадрових рішень, рівність/недискримінація, трудові гарантії, оскарження, вимога визначати “основи держслужби” саме законами).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00728CED" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) Прямо про доступ до держслужби та служби в ОМС</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02760795" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаття 38 (ч. 2): «Громадяни користуються рівним правом доступу до державної служби, а також до служби в органах місцевого самоврядування».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050D801A" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-сенс: конституційна основа для конкурсного добору, прозорих правил відбору та заборони “закритих” кадрових практик.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556E0392" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Законність кадрових рішень (процедура, межі повноважень)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ABF8B38" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаття 19 (ч. 2): «Органи державної влади… їх посадові особи зобов’язані діяти лише на підставі, в межах повноважень та у спосіб, що передбачені Конституцією та законами України».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="114C9B05" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-сенс: будь-яке кадрове рішення (прийняття/переведення/звільнення/дисципліна) має мати чітку правову підставу і відбуватися за визначеною процедурою.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36652BA2" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) Рівність і недискримінація (база для HR-політик)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F90ACE" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаття 24 (ч. 1–2): «Громадяни мають рівні конституційні права і свободи… Не може бути привілеїв чи обмежень … за ознаками … статі, … місця проживання, … мовними або іншими ознаками».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B20702E" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-сенс: конституційна “стеля” для антидискримінаційних стандартів у вакансіях, конкурсах, оцінюванні, кар’єрному просуванні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E36EE11" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) Верховенство права і найвища юридична сила Конституції</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5344043E" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаття 8: «В Україні визнається і діє принцип верховенства права… Конституція України має найвищу юридичну силу».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7363A40C" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-сенс: HR-процедури в держорганах мають відповідати не лише “внутрішнім наказам”, а Конституції та законам; підзаконні акти не можуть звужувати конституційні гарантії.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CF5DFD" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) “Основи державної служби” встановлюються законом (не наказами)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA12EF8" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаття 92 (п. 12): виключно законами визначаються «… організація і діяльність органів виконавчої влади, основи державної служби …».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2593B4EA" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-сенс: ключові елементи HR-системи держслужби (статус, базові правила проходження служби, гарантії, обмеження) мають бути закріплені на рівні закону, а не лише відомчими документами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EFA45D9" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) Трудові та “кадрові” гарантії, важливі для держслужби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F05E62C" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаття 43 (фрагменти): право на працю; держава «гарантує рівні можливості у виборі професії…»; «Кожен має право на належні, безпечні і здорові умови праці…».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="405BF868" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-сенс: рамка для умов праці, охорони праці, професійного навчання/перепідготовки, недопущення примусової праці.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22213D5E" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) Оскарження кадрових рішень і захист прав</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B0AC56E" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаття 55 (ч. 2): «… право на оскарження в суді рішень, дій чи бездіяльності органів… посадових і службових осіб».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28432490" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаття 56: право на відшкодування матеріальної й моральної шкоди, завданої незаконними рішеннями/діями органів та посадових осіб.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DE677A" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>HR-сенс: конституційна основа для процедур справедливого розгляду (disciplinary due process), належного документування, ризик-менеджменту кадрових рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10CD476C" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) Прозорість норм, що визначають права й обов’язки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770EC22C" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаття 57: «Кожному гарантується право знати свої права і обов’язки… акти… не доведені до відома … є нечинними».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3C0C6C" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-сенс: кадрові правила (кодекси етики, внутрішні процедури, положення) мають бути офіційно доведені до персоналу; “таємні правила” юридично вразливі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21142AB9" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) Межі обмежень прав (важливо для служби під час воєнного стану)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EEE109F" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаття 64 (ч. 1): права і свободи «не можуть бути обмежені, крім випадків, передбачених Конституцією України».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E006E29" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-сенс: будь-які службові обмеження (в т.ч. дисциплінарні/режимні) мають мати конституційно-легітимну основу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2EA750" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) Базовий обов’язок додержуватися Конституції і законів</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C196148" w14:textId="77777777" w:rsidR="00257701" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаття 68: «Кожен зобов’язаний… додержуватися Конституції України та законів України…».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00167F7E" w14:textId="04B5E7BE" w:rsidR="00D41EEF" w:rsidRPr="00021A4C" w:rsidRDefault="00257701" w:rsidP="00257701">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-сенс: конституційний “мінімум” правослухняності, який підтримує дисципліну та відповідальність у публічній службі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120958B9" w14:textId="77777777" w:rsidR="00D41EEF" w:rsidRPr="00021A4C" w:rsidRDefault="00D41EEF" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36C67D30" w14:textId="77777777" w:rsidR="00FF506B" w:rsidRPr="00021A4C" w:rsidRDefault="00FF506B" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конституційні засади державної служби визначають її публічно-правову природу й встановлюють рамкові стандарти для HR-менеджменту: верховенство права і законність процедур, рівний доступ і недискримінацію, орієнтацію на права людини та публічний інтерес, інституційну стабільність і (де потрібно) політичну нейтральність, а також підзвітність і відповідальність держави. У цьому сенсі правове забезпечення HR у державному секторі є не лише нормотворчим комплексом, а системою конституційно зумовлених принципів, які мають бути «вбудовані» в усі кадрові процеси — від добору до оцінювання результативності та дисциплінарної практики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC5E2B4" w14:textId="77777777" w:rsidR="00CF789A" w:rsidRPr="00021A4C" w:rsidRDefault="00CF789A" w:rsidP="00FF506B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A3E8972" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2. Законодавство України про державну службу та службу в органах місцевого самоврядування (у контексті HR-менеджменту)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2BBBE5" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14D42619" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правове регулювання HR-менеджменту в публічному секторі України базується на двох ключових “системоутворюючих” законах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D57D8E" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Законі України «Про державну службу» № 889-VIII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (чинний, актуалізується змінами) ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F02BDD" w14:textId="253D7B83" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У сфері служби в органах місцевого самоврядування нині чинним є Закон </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>України «Про службу в органах місцевого самоврядування»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 2493-III. Водночас ухвалено новий Закон України «Про службу в органах місцевого самоврядування» № 3077-IX, який ще не набрав чинності: його повне введення в дію передбачено не раніше ніж через шість місяців з дня припинення або скасування воєнного стану (відповідно до відомостей у картці документа).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E4EBE5" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У HR-вимірі ці акти визначають: (а) інституційну модель служби, (б) юридичний статус службовця, (в) “кадровий цикл” (вступ, проходження, розвиток, оцінювання, дисципліна, припинення), (г) гарантії й обмеження, (ґ) механізми </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>контролю і відповідальності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043A88B0" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="549A68E8" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) Закон України «Про державну службу» № 889-VIII як “каркас” HR-системи держави</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10628A1C" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Закон № 889-VIII формує правові та організаційні засади професійної, публічної та інституційно керованої державної служби . Для HR-менеджменту важливо, що закон не просто описує статус службовця, а задає нормативну “архітектуру” управління персоналом у державних органах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="072AEA19" w14:textId="0C8DB2DE" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.1. Інституційні принципи, що визначають HR-логіку служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483BCF72" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У законі закріплена модель державної служби як:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378C1A07" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>професійної та публічної діяльності, що відмежовується від політичних посад;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8AA6CB" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>системи, яка потребує правил добору, кар’єрного розвитку, оцінювання та дисципліни, встановлених законом (а не довільних управлінських практик).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="231E3E38" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У лекційному викладі доцільно підкреслити: HR у державній службі є юридично “процедуризованим” — тобто кожен елемент кадрового циклу має бути правомірним, документованим і оскаржуваним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C820A6D" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.2. Вступ на державну службу: конкурс як базовий інструмент добору</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42980E16" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Практична реалізація принципу рівного доступу (конституційна основа — ст. 38) у площині державної служби забезпечується конкурсними процедурами. Їх детально регламентує підзаконний рівень — Порядок проведення конкурсу (постанова КМУ № 246) , а також методичні роз’яснення та супровід НАДС .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CE883E" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-значення конкурсної моделі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2264828F" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартизація відбору (єдині етапи та правила);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E01CB98" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>підвищення прозорості та доказовості кадрового рішення;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35878FA5" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зменшення корупційних ризиків і “ручного” добору;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D9E40A" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формування управлінської відповідальності кадрових служб за якість процедури.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA838F9" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.3. Проходження служби як керований кадровий цикл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640545C8" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для HR-менеджменту “проходження служби” можна трактувати як сукупність взаємопов’язаних процесів:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD6A3CE" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>службова кар’єра (переміщення/просування, конкурси на вищі посади, кадровий резерв як інструмент — залежно від підзаконного регулювання);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27F0EBA5" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оцінювання службової діяльності (як підстава управлінських рішень: розвиток компетентностей, мотивація, дисциплінарні наслідки);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187EC906" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>професійне навчання та розвиток (безперервність навчання як умова професіоналізації);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C01910" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дисциплінарна відповідальність і службові розслідування як елементи забезпечення належної поведінки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E29C721" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У науковому викладі доречно розмежувати:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33C92511" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нормативну мету (ефективність, професіоналізм, доброчесність) і юридичні гарантії (процедура, пропорційність, право на захист і оскарження), які “вбудовані” в кадрові рішення саме через законодавчу модель .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB860C3" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.4. Роль НАДС і кадрових служб у реалізації законодавства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582B04FB" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законодавча модель передбачає, що HR-функція — це не лише </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>“діловодство”, а управління персоналом на основі права: планування потреб, організація конкурсів, контроль відповідності процедур, супровід оцінювання, навчання, дисциплінарні процедури. На практиці значну роль у стандартизації відіграє НАДС як центральний суб’єкт політики у сфері державної служби, зокрема через інформаційні матеріали та роз’яснення щодо конкурсів .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F186DE" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Служба в органах місцевого самоврядування: “перехідний” стан правового регулювання</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCFF805" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.1. Чинний закон і реформа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2005B67F" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На рівні бази законодавства чинним залишається Закон України № 2493-III «Про службу в органах місцевого самоврядування» . Водночас ухвалено новий Закон № 3077-IX, який наразі має статус “набирає чинності”: повне набрання чинності відкладене (не раніше ніж через 6 місяців після припинення/скасування воєнного стану), що прямо відображено у картці документа . Тобто, у 2026 році правове поле ОМС фактично функціонує в режимі очікування імплементації нового законодавства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53695522" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2. HR-наслідки для служби в ОМС</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378E5F94" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(1) Нормативна безперервність (чинний закон № 2493-III):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B9D1AD" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>збереження базових правил статусу посадових осіб ОМС і кадрових процедур у межах чинного акта .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C25068" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(2) Вектор реформи (закон № 3077-IX):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E937654" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>новий закон концептуально орієнтований на сучасні HR-стандарти публічної служби, у т.ч. посилення ролі конкурсу та єдиних підходів до кадрових процедур (що відображається в офіційних поясненнях реформи в профільних джерелах децентралізації) .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A2F5879" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У HR-логіці це означає прагнення до:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45DED84E" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>більшої прозорості добору;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC9D6F4" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уніфікації кадрових процедур (типові порядки/стандарти);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B91A33" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зміцнення інституційної спроможності кадрових служб в ОМС.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2273E219" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.3. Співвідношення “держслужба” vs “служба в ОМС” для HR-менеджменту</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA41BAE" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У науковому курсі доцільно розглядати ці системи як споріднені, але не тотожні:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0607147B" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>державна служба має більш “централізований” стандартотворчий контур (закон + підзаконні процедури, зокрема конкурс КМУ № 246) ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7584A747" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>служба в ОМС історично має більшу залежність від локального організаційного контексту, але сучасна реформа спрямована на зближення з принципами публічної служби та конкурсними стандартами .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D4AE25" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) Підзаконний рівень як “операційне право” HR-процесів</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B307CC" w14:textId="77777777" w:rsidR="007E59E8" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Навіть за наявності базових законів, фактична реалізація HR-циклу відбувається через підзаконні акти, які деталізують процедури. Класичний приклад — Порядок проведення конкурсу на посади державної служби (постанова КМУ № 246) . У лекції це варто подати як методологічну тезу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D70049F" w14:textId="66DF5696" w:rsidR="00CF789A" w:rsidRPr="00021A4C" w:rsidRDefault="007E59E8" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Закон задає модель і гарантії, підзаконні акти — технологію (алгоритм) HR-процедури.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C0C2B62" w14:textId="24C8326B" w:rsidR="00E102F2" w:rsidRPr="00021A4C" w:rsidRDefault="00E102F2" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законодавство України про державну службу та службу в органах місцевого самоврядування формує цілісну правову основу HR-менеджменту в публічному </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>секторі, визначаючи правовий статус службовця, принципи професіоналізації, гарантії прав і обов’язків, а також процедурні вимоги до ключових кадрових рішень. У межах державної служби Закон України «Про державну службу» задає нормативну модель управління людськими ресурсами, у якій добір, проходження служби, оцінювання результатів, розвиток компетентностей і дисциплінарна відповідальність мають здійснюватися на засадах законності, прозорості, рівного доступу та підзвітності. Для служби в органах місцевого самоврядування характерний перехідний стан правового регулювання: чинні правила забезпечують правонаступність кадрових процесів, водночас реформа спрямована на зближення зі стандартами сучасної публічної служби, зокрема через посилення конкурсних процедур і уніфікацію підходів до управління персоналом. Отже, у контексті HR-менеджменту законодавство виконує не лише регулятивну, а й інституційну функцію — воно встановлює обов’язкові “правила гри” для кадрового циклу, зменшує ризики свавільних рішень і створює передумови для формування професійного, доброчесного та ефективного корпусу публічних службовців.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5629151B" w14:textId="77777777" w:rsidR="00A80030" w:rsidRPr="00021A4C" w:rsidRDefault="00A80030" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AFE5B7E" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3. Нормативні акти у сфері кадрової політики (HR-менеджменту) в публічному секторі України</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B08EDD4" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нормативне забезпечення кадрової політики у публічному управлінні слід розглядати як </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ієрархічну систему актів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, що перетворює HR-менеджмент із суто управлінської функції на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процедурно-правовий механізм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реалізації принципів публічної служби. На відміну від приватного сектору, де HR-процеси значною мірою визначаються корпоративними політиками, у державних органах (і частково в ОМС) ключові HR-рішення мають здійснюватися </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у визначений законом і підзаконними актами спосіб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, із забезпеченням юридичної визначеності, рівного доступу, прозорості та підзвітності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6098BDFF" w14:textId="02302228" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EBDD3A0" w14:textId="6E55E519" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Місце підзаконних актів у системі кадрової політики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="336C81DC" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У кадровій політиці публічної служби підзаконні нормативні акти виконують функцію </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“операційного права”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: якщо закон задає </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модель і гарантії</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, то підзаконний акт — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алгоритм дій</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (етапи, строки, документи, критерії, форми рішень). Саме тому для HR-менеджменту принципово важливі акти Кабінету Міністрів України та НАДС, які деталізують:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BE9B81" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вступ на службу (конкурс/добір);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F6081BF" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оцінювання службової діяльності;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345E6D14" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>організацію HR-служб і їх функції;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258B794D" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>планування потреб у персоналі, навчання і розвиток;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B93B10" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>управління процедурами, доказовість рішень, уніфікацію документів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471BC894" w14:textId="7042E09F" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FEAA1AC" w14:textId="76A22E4C" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативні акти, що визначають ключові HR-процеси (ядро кадрового циклу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3748F709" w14:textId="721E6A92" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурс як інструмент рівного доступу та доказовості добору</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0539ECEA" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Базовим процедурним актом конкурсного добору на посади державної служби є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постанова КМУ від 25.03.2016 № 246</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Про затвердження Порядку проведення конкурсу на зайняття посад державної служби». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>У HR-логіці цей акт виконує кілька системних ролей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A427BEA" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандартизація добору</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: встановлюються етапи конкурсу, вимоги до оголошення, документообігу, прийняття рішення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03988E9D" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прозорість і підзвітність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: формалізація процедури мінімізує “ручні” кадрові практики та підвищує відтворюваність рішення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EA3BEE8" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Юридична захищеність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: чим чіткіше процедура, тим вища доказовість при оскарженні результатів (для органу) і тим ширші гарантії справедливого відбору (для кандидата).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ADF81A7" w14:textId="51FDED8A" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оцінювання результатів службової діяльності як HR-інструмент управління ефективністю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7DC66D" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ключовим процедурним актом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постанова КМУ від 23.08.2017 № 640</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Про затвердження Порядку проведення оцінювання результатів службової діяльності державних службовців». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">У науковому курсі доцільно трактувати оцінювання як </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“міст”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> між правом і менеджментом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13320683" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з боку менеджменту — це управління результативністю (цілі, показники, зворотний зв’язок, розвиток компетентностей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01308AF0" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з боку права — це процедура, яка легітимізує кадрові наслідки (управлінські рішення повинні ґрунтуватися на визначеному порядку та належно оформлених висновках). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4EC745" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окремо зручно посилатися на узагальнювальні матеріали НАДС щодо застосування цього Порядку, які демонструють практичний алгоритм. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3F70BD" w14:textId="158EAA0B" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FD503AF" w14:textId="1805D100" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативні акти, що визначають інституційну спроможність HR-служб</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59FB48AF" w14:textId="7A38F4AC" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типове положення про службу управління персоналом (держорган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18204202" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фундаментальним організаційним документом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наказ НАДС від 03.03.2016 № 47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Про затвердження Типового положення про службу управління персоналом державного органу». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Його значення для HR-менеджменту полягає у тому, що він:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289117CD" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">закріплює </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>статус HR-служби</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як структурної одиниці/функції, а не “допоміжного діловодства”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614ADB7A" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">визначає </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зони відповідальності HR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (організація добору, супровід проходження служби, документаційне забезпечення, участь у плануванні потреб у персоналі тощо);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD2C684" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формує </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>єдиний стандарт організації HR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для різних держорганів, що знижує інституційну фрагментарність кадрової політики. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24167EB6" w14:textId="5D18A8E0" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Типове положення про службу управління персоналом в ОМС (з урахуванням відкладеного набрання чинності реформи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E07CDE8" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для органів місцевого самоврядування НАДС оприлюднює перелік підзаконних актів, розроблених “під” Закон № 3077-IX; зокрема </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>типове положення про HR-службу в ОМС (наказ НАДС від 19.02.2024 № 26-24)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, яке має запрацювати одночасно з введенням в дію нового закону. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">У лекції це варто подати як приклад того, що </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реформа служби в ОМС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> передбачає не лише новий закон, а й цілу “пакетну” підзаконну інфраструктуру HR-процедур.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C730330" w14:textId="16137B62" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="434E3456" w14:textId="686499C6" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Нормативні акти, що забезпечують розвиток компетентностей (навчання/професійний розвиток)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3A904D" w14:textId="77777777" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="00C975CC" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для кадрової політики важливо підкреслити, що HR-менеджмент у публічній службі включає не тільки добір і контроль, а й </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>розвиток людського капіталу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. У ширшому нормативному контурі тут застосовується Закон України </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Про професійний розвиток працівників»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 4312-VI, який встановлює правові та організаційні засади професійного розвитку. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">У навчальному курсі це можна використати як аргумент: компетентнісна модель публічної служби потребує </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правового підґрунтя безперервного навчання</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а не лише управлінської ініціативи окремого керівника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A461A69" w14:textId="28529A44" w:rsidR="00C975CC" w:rsidRPr="00021A4C" w:rsidRDefault="000F1754" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативні акти у сфері кадрової політики виконують у публічній службі роль “операційного каркаса” HR-менеджменту: вони переводять загальні принципи та вимоги законодавства у конкретні процедури, стандарти й алгоритми кадрової роботи. Саме підзаконні регулятори (насамперед акти Кабінету Міністрів України та НАДС) забезпечують уніфікацію і передбачуваність ключових HR-процесів — конкурсного добору, оцінювання результатів службової діяльності, організації роботи служб управління персоналом, професійного розвитку та документального супроводу кадрових рішень. Завдяки цьому кадрова політика в державних органах і, перспективно, в органах місцевого самоврядування набуває процедурної прозорості, підзвітності та юридичної визначеності, знижуючи ризики дискреційних або корупціогенних рішень. Отже, нормативні акти у сфері кадрової політики є не допоміжним елементом, а ключовим інструментом інституціоналізації професійної, доброчесної та ефективної публічної служби, де HR-управління функціонує як правозабезпечувальний механізм реалізації публічного інтересу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F15F6E" w14:textId="77777777" w:rsidR="00345ED0" w:rsidRPr="00021A4C" w:rsidRDefault="00345ED0" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A987AD3" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.4. Гармонізація українського законодавства з європейськими стандартами (у сфері HR-менеджменту публічної служби)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC078E7" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26ACE804" w14:textId="28BDFDDB" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Гармонізацію (наближення) законодавства у сфері публічної служби до європейських стандартів доцільно розуміти як </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>системний процес правової та інституційної конвергенції</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, спрямований на формування </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>професійної, політично неупередженої, доброчесної та результативної публічної служби</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, що відповідає принципам верховенства права і належного врядування. Для України цей процес має подвійний вимір: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> імплементація зобов’язань і “інструментів зближення” в контексті євроінтеграції та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приведення кадрового циклу (добір–розвиток–оцінювання–відповідальність) у відповідність до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>європейського адміністративного простору</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (European Administrative Space) та рамок оцінювання реформ публічної адміністрації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524DA27D" w14:textId="41EAEE30" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="075F88BB" w14:textId="136DBFA1" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Джерела європейських стандартів, релевантних для HR у публічній службі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770D0FF3" w14:textId="1504C9EF" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “М’які” стандарти належного врядування: SIGMA/OECD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B29C8F3" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ключовим орієнтиром для реформ публічної адміністрації в країнах-кандидатах є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принципи публічної адміністрації SIGMA (OECD/EU)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оновлені у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2023 р.). Вони не є “acquis” у вузькому сенсі, але фактично виконують роль </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартизованого еталона</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оцінювання державної служби, зокрема в частині merit-based HRM (добір за заслугами, прозоре управління кар’єрою, професійний розвиток, доброчесність). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0EECDE" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окреме значення має аналітична оцінка SIGMA щодо України (“Public Administration in Ukraine”), яка застосовує індикатори Принципів до української системи та дозволяє інтерпретувати “розриви” (gaps) як </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цілі гармонізації HR-права та HR-практики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A1CB46" w14:textId="1772C8E6" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Європейські принципи публічної адміністрації (історична доктринальна база)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A003956" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ранні документи OECD про “European Principles for Public Administration” підкреслювали цінність </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>надійності, передбачуваності, відкритості, підзвітності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а також </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>добору за заслугами і навчання</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як інструментів професіоналізації державної служби. Це формує доктринальний “міст” між правом і HR-менеджментом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A46A37" w14:textId="4B7B3B27" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЄС-вимір: щорічні звіти та переговорний трек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8B8EE0" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У процесі наближення до ЄС практичні пріоритети реформ (включно з публічною адміністрацією та rule of law) відображаються у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>звітності Єврокомісії щодо України</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в межах Enlargement package / Ukraine report, де публічна адміністрація розглядається як одна з базових сфер готовності. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27F531D8" w14:textId="51992401" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0485F8B9" w14:textId="6086F8D3" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основні напрями гармонізації в HR-праві та HR-практиці (логіка “норма → інститут → процедура”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A38F1A" w14:textId="60C35CDD" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Меритократія і рівний доступ: конкурсний добір, прозорі критерії, запобігання патронатності</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B58D44" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Європейський стандарт у публічній службі — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>меритократичний добір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: вакансія має закриватися на основі чітких профілів компетентностей, відкритої процедури та порівнюваних критеріїв. У SIGMA це виступає як вимірювана якість системи HRM (зокрема і для вищого корпусу/керівних посад). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF96C15" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативний наслідок гармонізації:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> українські акти повинні забезпечувати (а) уніфіковану процедуру конкурсу, (б) мінімізацію “ручної дискреції”, (в) доказовість рішень (протоколи, обґрунтування, можливість оскарження).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB41734" w14:textId="101F7AE9" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вищий корпус публічної служби: деполітизація, стабільність, доброчесність</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20EAFADD" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Європейські стандарти (SIGMA) наголошують на балансі між політичним керівництвом і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>професійною адміністрацією</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, особливо щодо керівних посад: критерії призначення/звільнення мають бути передбачуваними та заснованими на заслугах, а не політичній доцільності. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71A6A302" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-вимір:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> підбір керівників, оцінювання результативності та дисциплінарні механізми мають бути максимально процедурними, щоб запобігати кадровим рішенням “під політичний цикл”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C882CF" w14:textId="79AE2387" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Управління результативністю: стандартизоване оцінювання, розвиток компетентностей, навчання</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474EF513" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Європейський підхід робить акцент на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>performance management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у публічній </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">службі: оцінювання не зводиться до формальної “атестації”, а інтегрує цілі, індикатори, зворотний зв’язок і план розвитку. У SIGMA це є частиною “public service &amp; HRM” стандартів. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B1CA462" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативний наслідок:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> українські правила мають підтримувати зв’язок “оцінювання → розвиток → кар’єра/стимули”, а не лише “оцінювання → санкції”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54DB0C35" w14:textId="43F2AF6E" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Антидискримінаційні та гендерні стандарти в HR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72702777" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Європейська правова традиція виходить із заборони дискримінації та вимоги забезпечення рівності (у т.ч. гендерної) у сфері зайнятості та публічної служби. На рівні ціннісної рамки це закріплено в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хартії основних прав ЄС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (недискримінація, рівність жінок і чоловіків). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A6F4BE" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-вимір гармонізації:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсні процедури, службове просування, доступ до навчання, оцінювання і дисциплінарні практики мають бути захищені від упереджень; у внутрішніх політиках органів влади це реалізується через критерії, аудит рішень, механізми скарг і стандарти етики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4708083F" w14:textId="45587C53" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Захист персональних даних у HR-процесах (EU data protection standards)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A312FF5" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цифровізація HR (реєстри, електронні особові справи, автоматизація добору/оцінювання) вимагає узгодження з європейськими стандартами захисту даних. Базовий акт ЄС — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>GDPR (Regulation (EU) 2016/679)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, який встановлює правила обробки персональних даних. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C098006" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Практичний HR-наслідок:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для публічних органів критичними стають правові підстави обробки даних кандидатів/службовців, мінімізація даних, строки зберігання, доступи, аудит, інформаційні повідомлення, а також правила щодо “чутливих” даних (здоров’я, дисциплінарні матеріали тощо).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438164F5" w14:textId="6DFF3073" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Захист викривачів і канали повідомлення про порушення (whistleblowing)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="560AF1BB" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Європейський стандарт захисту осіб, які повідомляють про порушення, встановлений </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Директивою (EU) 2019/1937</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Вона вимагає створення безпечних каналів повідомлення та гарантій від репресій/реталіації. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE86DE5" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-вимір:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кадрові служби та керівники мають гарантувати, що дисциплінарні/кадрові рішення не використовуються як “помста” за повідомлення; це прямо впливає на внутрішні процедури, етичну інфраструктуру та антикорупційні програми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BCCD7A9" w14:textId="71F29A38" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C7A56C4" w14:textId="79112319" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Методологія гармонізації: як “перекласти” євростандарти у національні HR-норми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C5F9E73" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для лекцій зручно подати це як триєдину модель:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B4EAEB7" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативна конвергенція</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: внесення змін у закони/підзаконні акти (визначення процедур, гарантій, критеріїв).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149195F3" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Інституційна конвергенція</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: посилення ролі HR-служб, стандартизація їх функцій, кадрове планування, навчання. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30323B4F" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Практична конвергенція</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: сталі адміністративні практики (прозорість конкурсу, якість оцінювання, документування, захист даних, канали повідомлення).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="121A09BD" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Як допоміжний інструмент, в українській системі існують </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>методичні “Guidelines” щодо наближення законодавства до права ЄС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, які адресовані саме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">публічній адміністрації як виконавцю імплементації. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF44871" w14:textId="217C7277" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50527E4A" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Гармонізація українського законодавства зі стандартами ЄС у сфері HR-менеджменту публічної служби — це не механічне “копіювання” норм, а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>узгодження принципів і процедур</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> із європейськими вимогами професійності, меритократії, прозорості та доброчесності. Практично вона проявляється в посиленні конкурсного добору і управління результативністю, деполітизації керівного корпусу, антидискримінаційних і гендерних гарантіях, уніфікації етичної інфраструктури, захисті персональних даних (GDPR-логіка) та механізмах захисту викривачів (whistleblowing). Орієнтиром виступають SIGMA Principles (OECD/EU) як стандартизована рамка реформ, а також звітність і рекомендації ЄС у контексті розширення, що задають пріоритети та критерії прогресу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="395138C4" w14:textId="77777777" w:rsidR="009B1562" w:rsidRPr="00021A4C" w:rsidRDefault="009B1562" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54FB3A52" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.5. Антикорупційне законодавство і доброчесність публічної служби (у контексті HR-менеджменту)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F94A29" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Антикорупційне законодавство в Україні формує </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правову “інфраструктуру доброчесності”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публічної служби, тобто систему норм, інститутів і процедур, спрямованих на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>попередження</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корупції, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>виявлення</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корупційних ризиків та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>притягнення до відповідальності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за порушення. Для HR-менеджменту це означає, що управління персоналом у публічному секторі включає не лише добір, розвиток і оцінювання, а й </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>антикорупційний комплаєнс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: запобігання конфлікту інтересів, контроль обмежень, формування етичної культури, організацію каналів повідомлення, захист викривачів, забезпечення прозорості та доказовості кадрових рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A9EE6BB" w14:textId="38FDB61C" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D0653A0" w14:textId="23F70632" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативне ядро: Закон України «Про запобігання корупції»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C2E3BC" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Базовим актом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Закон України «Про запобігання корупції» № 1700-VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, який визначає правові та організаційні засади функціонування системи запобігання корупції, коло суб’єктів, правила обмежень/заборон, механізми фінансового контролю, врегулювання конфлікту інтересів, етичні стандарти, а також інституційну роль НАЗК. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA78F7E" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У лекції доцільно підкреслити: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>доброчесність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у публічній службі тут виступає як </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>юридично забезпечена поведінкова модель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а не як суто моральна категорія. HR-практики мають бути побудовані так, щоб забезпечувати виконання цих норм “за замовчуванням” (by design): через процедури, контрольні точки, навчання і внутрішню комунікацію.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0038B9B5" w14:textId="56B56974" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B38FB92" w14:textId="6EA9445D" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ключові інститути доброчесності, що безпосередньо впливають на HR-процеси</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7417C6F6" w14:textId="073AEC61" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конфлікт інтересів: стандарт неупередженості і процедурне врегулювання</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F38B910" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конфлікт інтересів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у логіці антикорупційного законодавства є центральним ризиком для кадрових і управлінських рішень, оскільки він підриває вимогу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об’єктивності та неупередженості</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. НАЗК роз’яснює механізми врегулювання конфлікту інтересів, у т.ч. зовнішнє (рішення керівника/уповноваженої особи) та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">самостійне врегулювання (усунення приватного інтересу). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E2071A7" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-вимір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB50183" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конфлікт інтересів критичний у процедурах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>призначення, преміювання, оцінювання, дисциплінарних проваджень, закупівель/договорів, кадрового просування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3407E35F" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HR-служба має забезпечити </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процедурний слід</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: фіксацію повідомлень, рішення про врегулювання, відведення від участі в рішенні, заміну уповноваженої особи тощо;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DAA72C1" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">доброчесність тут реалізується через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>належну процедуру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а не лише через “доброчесні наміри”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F011546" w14:textId="3CD7F610" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обмеження щодо подарунків: зменшення ризику “прихованої винагороди”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679A235A" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Антикорупційне законодавство містить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обмеження щодо одержання подарунків</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, які є типовим каналом неформального впливу на службові рішення. НАЗК у методичних матеріалах прямо структурує ці обмеження та пояснює їх застосування до визначених категорій публічних службовців. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F4B1687" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-вимір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EAC02ED" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>потреба в чітких внутрішніх правилах (подарунки/гостинність/представницькі витрати);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F8F552" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>навчання персоналу і керівників “grey zones” (символічні подарунки, протокольні заходи, подарунки від підлеглих чи контрагентів);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E81F9C" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дисциплінарна практика має бути прогнозованою і пропорційною.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48116ED3" w14:textId="30292DDC" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Фінансовий контроль (е-декларування та пов’язані обов’язки)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD5759C" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фінансовий контроль у законі № 1700-VII виконує функцію </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>превенції</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: він покликаний робити потенційні корупційні стимули та невідповідності в майновому стані </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>публічно верифікованими</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Саме тому HR-служби часто є “першою лінією” організаційного супроводу (інформування, календарі подання, консультації).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0DBD29" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-вимір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="791E9F6A" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>належне інформування про обов’язки та строки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D69753" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фіксація виконання (без заміни відповідальності службовця);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117821B3" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>управління ризиками репутації органу в разі порушень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B17BA3" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(У межах цього пункту достатньо прив’язати фінансовий контроль до Закону № 1700-VII як основного джерела.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE0EB1D" w14:textId="711A1AD2" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правила етичної поведінки: інституційна етика як стандарт служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA89BA3" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Етичні стандарти — це “м’який” компонент доброчесності, який у публічній службі перетворюється на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нормативно закріплені вимоги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до поведінки. Як приклад кодифікації етичних стандартів НАЗК має затверджений кодекс етичної поведінки своїх працівників (рішення № 1382), що показово з точки зору інституційної практики. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0567AFD5" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-вимір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D13C44" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="58"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етичні кодекси/правила поведінки в органі мають бути не декларативними, а процедурно “підшитими” (інструктаж, навчання, канали консультацій, порядок реагування);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7701FE40" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="58"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">етика — це також </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інструмент управління ризиками</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (конфлікт інтересів, взаємодія з контрагентами, комунікації, репутаційні загрози).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2283DFB4" w14:textId="07A21F91" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Викривачі та захищені канали повідомлення</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3829B902" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Антикорупційна система передбачає наявність механізмів повідомлення про порушення і гарантій захисту осіб, які повідомляють. НАЗК систематизує нормативну базу та практичні матеріали щодо викривачів у власному переліку нормативних актів/напрямів роботи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33AB598B" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-вимір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F96FED7" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заборона реталіації (неформального тиску/погіршення умов/звільнення);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EBB53AC" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>розмежування дисциплінарних процедур і “кадрових рішень у відповідь на повідомлення”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2385D7F6" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конфіденційність і контроль доступу до інформації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BAB030" w14:textId="71A1B426" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="750607A3" w14:textId="1B1E177C" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Відповідальність за порушення: дисциплінарна, адміністративна, кримінальна (як “зворотний бік” доброчесності)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035FEF21" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Антикорупційна доброчесність має </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>санкційний контур</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, який підтримує виконання правил:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="126582A8" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="60"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Адміністративна відповідальність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за правопорушення, пов’язані з корупцією, кодифікується у КУпАП (типово — порушення щодо конфлікту інтересів, подарунків, фінансового контролю). НАЗК у своїх матеріалах прямо наводить перелік “антикорупційних” статей КУпАП (зокрема групу 172-*). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B522D50" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="60"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кримінальна відповідальність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за корупційні злочини встановлюється Кримінальним кодексом України. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E55112" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У кримінально-правовому вимірі “антикорупційний блок” для публічної служби складається з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> норм, які прямо криміналізують </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неправомірну вигоду/зловживання повноваженнями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> переліку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“корупційних кримінальних правопорушень”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (у розумінні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>примітки до ст. 45 КК України</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>), що має важливі наслідки для застосування окремих інститутів права.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0963E7EC" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) Де саме в ККУ визначено “корупційні кримінальні правопорушення”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C50E0B" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У Кримінальному кодексі України відповідний </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перелік закріплений у примітці до статті 45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (через відсилку до конкретних статей ККУ). У загальному вигляді до корупційних кримінальних правопорушень віднесено:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AB89683" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="63"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>191, 262, 308, 312, 313, 320, 357, 410</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у випадку вчинення шляхом зловживання службовим становищем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3672E340" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="63"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а також </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>210, 354, 364, 364-1, 365-2, 368, 369, 369-2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7084E8E9" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Це важливо для лекції: не кожне “службове” кримінальне правопорушення автоматично є “корупційним” у сенсі цієї примітки; вирішальним є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формальний перелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і (для частини складів) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>спосіб вчинення</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — через зловживання службовим становищем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E82A9B" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Ключові “корупційні” склади, з якими найчастіше стикається HR/комплаєнс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B74ECE" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.1. Неправомірна вигода (осердя корупційної криміналізації)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61570E26" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="64"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ст. 368 ККУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прийняття пропозиції/обіцянки або одержання неправомірної вигоди службовою особою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (пасивна сторона “хабарництва”). Кваліфікуючі ознаки можуть охоплювати повторність, змову, вимагання, “великий/особливо великий” розмір, відповідальне/особливо відповідальне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">становище; як наслідок — істотне посилення санкцій, часто з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>позбавленням права обіймати посади</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конфіскацією майна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C6B56C" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="64"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ст. 369 ККУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пропозиція, обіцянка або надання неправомірної вигоди службовій особі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (активна сторона). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="592AE678" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="64"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ст. 369-2 ККУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зловживання впливом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (неправомірна вигода за вплив на рішення особи, уповноваженої на виконання функцій держави/місцевого самоврядування). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD87B8F" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="64"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ст. 354 ККУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>підкуп працівника підприємства/установи/організації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (використовується як криміналізація підкупу у ширших організаційних контекстах, не лише “класична” держслужба). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5509015A" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-сенс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ці склади прямо “прошивають” HR-ризики добору, оцінювання, преміювання, переведень, дисциплінарних процедур і взаємодії з контрагентами (коли рішення службовця може бути “куплене”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5585C2D2" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2. Зловживання повноваженнями та “службова” корупція</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="078FC610" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ст. 364 ККУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зловживання владою або службовим становищем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (коли службовець використовує повноваження всупереч інтересам служби, спричиняючи істотну шкоду/тяжкі наслідки). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31AE0A23" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ст. 364-1 ККУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зловживання повноваженнями службовою особою юридичної особи приватного права</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (важливо для держпідприємств/комунальних структур та змішаних моделей). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC7AEA3" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ст. 365-2 ККУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зловживання повноваженнями особами, які надають публічні послуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (напр., окремі професії/функції, прирівняні за ризиками до “публічних”). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13839FD3" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-сенс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> це “кримінально-правовий контур” для кейсів, де немає прямої неправомірної вигоди, але є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неправомірне використання посадових можливостей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наприклад, кадрові рішення з приватним інтересом, лобіювання, вибірковість застосування дисципліни).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9717D3" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.3. “Майновий” блок через зловживання службовим становищем</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E79E001" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Примітка до ст. 45 відносить до корупційних також низку складів </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лише за умови</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, що вони вчинені </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шляхом зловживання службовим становищем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — зокрема </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 191 ККУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (привласнення/розтрата або заволодіння майном через зловживання посадою) та інші (262, 308, 312, 313, 320, 357, 410). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149364DA" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-сенс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тут у фокусі — контроль доступів, розподіл повноважень, матеріальна відповідальність, внутрішній контроль і аудит (бо ризик часто виникає “всередині процесів”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7590B48B" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) Які санкції характерні саме для корупційних кримінальних правопорушень (типологічно)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6B1EEC" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для “корупційних” складів ККУ типово поєднує </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основне покарання</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (штраф/обмеження або позбавлення волі) з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>додатковими</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="678E2943" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="66"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>позбавлення права обіймати певні посади або займатися певною діяльністю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (критично для публічної служби як HR-наслідок);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D1CDE6" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="66"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конфіскація майна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (частіше у кваліфікованих складах, зокрема щодо ст. 368). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D4D33D" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) Практичне значення для HR-менеджменту публічної служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B8871B" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Доброчесність як “кваліфікаційний критерій”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: HR-процедури (конкурс, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>оцінювання, дисципліна) повинні містити контрольні точки, що мінімізують ризики неправомірної вигоди, конфлікту інтересів та зловживань.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2723D646" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Процедурна доказовість</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: у корупційних кейсах слабке місце органів — не відсутність норм, а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>помилки в процедурах і документуванні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (що ускладнює внутрішні розслідування і взаємодію зі слідством/судом).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E00F80" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кадрові наслідки вироку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: додаткові санкції у вигляді заборони обіймати посади фактично стають “юридичною кадровою забороною”, яку HR має коректно виконати.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B0A6F2" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA13E6F" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-вимір відповідальності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E52981" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="61"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HR-служба має забезпечити коректні процедури: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дисциплінарне провадження ≠ кримінальне розслідування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, але документи/факти мають бути зібрані законно і належно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7075F308" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="61"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ризик “процедурних помилок” (неповідомлення про конфлікт, відсутність мотивування рішень, неналежна фіксація фактів) часто стає слабким місцем навіть за наявності очевидного порушення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77F96A72" w14:textId="6C77AC96" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36759106" w14:textId="0ACAE5A0" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Практичний висновок для HR-менеджменту публічної служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57496586" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Антикорупційне законодавство задає для кадрової роботи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>два взаємопов’язані стандарти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C8B76C" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="62"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт доброчесної поведінки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (етика, неупередженість, недопущення подарунків, врегулювання конфлікту інтересів, фінансовий контроль). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703179BB" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="62"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт належної процедури</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (доказовість, документування, прозорість, захист прав, захист викривачів, пропорційність реагування). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3517F06C" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У підсумку, доброчесність публічної служби в сучасній правовій моделі України є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інституційно керованою якістю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: вона формується через нормативні вимоги та щоденні HR-процедури, а ефективність цієї системи визначається не деклараціями, а тим, наскільки HR-цикли (добір → оцінювання → мотивація → дисципліна → розвиток) “вбудовують” антикорупційні обмеження в управлінську практику органу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AEAAFF2" w14:textId="77777777" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="00F4024C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31122C66" w14:textId="61B642DD" w:rsidR="00F4024C" w:rsidRPr="00021A4C" w:rsidRDefault="00F4024C" w:rsidP="009B1562">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Антикорупційне законодавство України формує правову та інституційну основу доброчесності публічної служби, перетворюючи її з етичної декларації на систему обов’язкових норм, процедур і механізмів контролю. У контексті HR-менеджменту ключовим є те, що запобігання корупції інтегрується в повний кадровий цикл: від добору і призначення до оцінювання, мотивації, дисциплінарної практики та припинення служби. Доброчесність забезпечується через конкретні правові інструменти — врегулювання конфлікту інтересів, обмеження щодо подарунків, фінансовий контроль, стандарти етичної поведінки, захищені канали повідомлення та гарантії для викривачів, а також через передбачені законом види відповідальності за порушення. Відтак HR-служба в публічному секторі виконує не лише адміністративну, а й комплаєнс-функцію: вона має забезпечувати процедурну прозорість, доказовість і превентивне управління ризиками, мінімізуючи простір для дискреційних і корупціогенних рішень. У підсумку, ефективність доброчесності як стандарту публічної служби визначається рівнем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>інституційної спроможності органу “вбудовувати” антикорупційні вимоги у повсякденні кадрові процедури та управлінську культуру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DADFDF3" w14:textId="77777777" w:rsidR="00345ED0" w:rsidRPr="00021A4C" w:rsidRDefault="00345ED0" w:rsidP="00C975CC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C61CDEE" w14:textId="77777777" w:rsidR="00A80030" w:rsidRPr="00021A4C" w:rsidRDefault="00A80030" w:rsidP="007E59E8">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="329DB6ED" w14:textId="77777777" w:rsidR="00647806" w:rsidRPr="00021A4C" w:rsidRDefault="00647806" w:rsidP="00647806">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тема 4. Стратегічне управління людськими ресурсами в державному секторі (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗК1, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗК4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗК5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗК6,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗК7, ЗК12, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗК13, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СК1,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СК2,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СК3,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СК5,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СК8, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СК9, СК12, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН4,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН5,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН6,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН8,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРН10, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН14,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПРН15,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРН18.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="677F6934" w14:textId="77777777" w:rsidR="00647806" w:rsidRPr="00021A4C" w:rsidRDefault="00647806" w:rsidP="00647806">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.1. HR-стратегії у сфері державної служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF3D831" w14:textId="77777777" w:rsidR="00647806" w:rsidRPr="00021A4C" w:rsidRDefault="00647806" w:rsidP="00647806">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.2. Планування кадрового потенціалу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB9A3A6" w14:textId="77777777" w:rsidR="00647806" w:rsidRPr="00021A4C" w:rsidRDefault="00647806" w:rsidP="00647806">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.3. Управління змінами та кадрові реформи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C7D499" w14:textId="77777777" w:rsidR="00647806" w:rsidRPr="00021A4C" w:rsidRDefault="00647806" w:rsidP="00647806">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.4. Вплив цифровізації на HR-менеджмент</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6733BB62" w14:textId="77777777" w:rsidR="00647806" w:rsidRPr="00021A4C" w:rsidRDefault="00647806" w:rsidP="00647806">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.5. Виклики глобалізації у сфері кадрової політики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06AFDD5E" w14:textId="77777777" w:rsidR="00446914" w:rsidRPr="00021A4C" w:rsidRDefault="00446914" w:rsidP="00647806">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:vanish/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Начало формы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE67AC7" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+    <w:p w14:paraId="286167A9" w14:textId="77777777" w:rsidR="00CA5FE5" w:rsidRPr="00021A4C" w:rsidRDefault="00CA5FE5" w:rsidP="00CA5FE5">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Виклад основного матеріалу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4E4836" w14:textId="77777777" w:rsidR="00A80030" w:rsidRPr="00021A4C" w:rsidRDefault="00A80030" w:rsidP="00647806">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="080101A8" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
+    <w:p w14:paraId="16B183CB" w14:textId="77777777" w:rsidR="00CA5FE5" w:rsidRPr="00021A4C" w:rsidRDefault="00CA5FE5" w:rsidP="00647806">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04D7CD7A" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.1. HR-стратегії у сфері державної служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F2844E" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23CAA402" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стратегічне управління людськими ресурсами у сфері державної служби є одним із ключових складників модернізації публічного управління, оскільки саме якість кадрового потенціалу визначає інституційну спроможність держави реалізовувати публічну політику, забезпечувати безперервність управлінських процесів, надавати якісні публічні послуги та реагувати на суспільні виклики. У цьому контексті HR-стратегія постає не як сукупність окремих кадрових заходів, а як цілісна система довгострокових цілей, принципів, пріоритетів і механізмів управління персоналом, узгоджена із загальною стратегією розвитку державної служби, реформою публічного управління та національними цілями державного розвитку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA8D8CD" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У науковому розумінні HR-стратегія у сфері державної служби являє собою концептуально оформлений напрям кадрової політики, орієнтований на забезпечення державних органів професійними, доброчесними, мотивованими та адаптивними кадрами. Її сутність полягає у переході від переважно адміністративного, обліково-процедурного підходу до роботи з персоналом до стратегічної моделі, за якої людські ресурси розглядаються як основний інституційний актив держави. Якщо традиційний кадровий підхід зосереджується переважно на веденні документації, дотриманні процедур добору, призначення та звільнення, то стратегічний підхід орієнтується на прогнозування кадрових потреб, формування компетентнісного профілю державного службовця, розвиток лідерства, управління ефективністю, кадровий резерв, цифрову трансформацію HR-процесів та формування організаційної культури публічної служби.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C18CDC" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особливість HR-стратегії у державному секторі полягає в тому, що вона формується не лише на засадах організаційної ефективності, а й з урахуванням публічного інтересу, принципів законності, політичної нейтральності, відкритості, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>підзвітності, професіоналізму та доброчесності. На відміну від приватного сектору, де кадрова стратегія найчастіше спрямована на підвищення конкурентоспроможності, прибутковості та ринкової ефективності, у сфері державної служби HR-стратегія має забезпечувати стабільність державного апарату, інституційну пам’ять, сталість реалізації державної політики та довіру громадян до влади. Тому її стратегічні орієнтири пов’язані не лише з продуктивністю працівника, а й з його здатністю діяти в межах публічно-правових норм, дотримуватися етичних стандартів і працювати на досягнення суспільно значущих результатів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2B716D" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Структурно HR-стратегія у сфері державної служби охоплює кілька взаємопов’язаних напрямів. Першим із них є стратегічне прогнозування та планування кадрових потреб. Йдеться про визначення майбутньої потреби органів державної влади у персоналі з урахуванням функціональних змін, реформ, цифровізації, демографічних тенденцій, умов воєнного стану, міграційних процесів і нових вимог до професійної компетентності. Такий підхід дозволяє уникати ситуативного кадрового реагування та формувати кадрову політику на випередження.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222FC06E" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Другим важливим компонентом є добір і залучення кадрів на основі принципів меритократії. Стратегічна HR-модель передбачає створення таких механізмів конкурсного відбору, які забезпечують рівний доступ до державної служби, прозорість процедур, об’єктивність оцінювання та відбір кандидатів на основі професійної компетентності. У сучасних умовах особливого значення набуває формування позитивного іміджу державної служби як професійного середовища, здатного приваблювати молодих фахівців, експертів з аналітичними, правовими, цифровими та управлінськими компетентностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23343EBF" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Третім напрямом є професійний розвиток державних службовців. У межах стратегічного підходу навчання розглядається не як епізодичний захід, а як безперервний процес розвитку людського капіталу. Це означає орієнтацію на компетентнісні моделі, індивідуальні траєкторії професійного зростання, підвищення кваліфікації відповідно до потреб посади, розвиток лідерських якостей, аналітичного мислення, цифрової грамотності, навичок антикризового управління та міжвідомчої взаємодії. Ефективна HR-стратегія передбачає також формування кадрового резерву і підготовку наступності управлінських кадрів, що особливо важливо для забезпечення інституційної стійкості державного апарату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1809CFB4" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Четвертим структурним елементом HR-стратегії є управління результативністю службової діяльності. У державному секторі це передбачає поєднання процедур оцінювання службовців із системою професійного розвитку, мотивації та кар’єрного просування. Стратегічне значення має відхід від формального оцінювання до системи, де результати праці співвідносяться з досягненням цілей органу влади, якістю надання публічних послуг, дотриманням стандартів доброчесності та рівнем управлінської ефективності. Відповідно, HR-стратегія має забезпечити зв’язок між індивідуальними показниками діяльності працівника та стратегічними завданнями державного органу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C24681E" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">П’ятим компонентом є мотивація та утримання персоналу. Для державної служби це питання має особливе значення, оскільки кадрова плинність, дефіцит </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>кваліфікованих кадрів, конкуренція з приватним сектором, професійне вигорання та обмеженість матеріальних стимулів можуть істотно знижувати якість публічного управління. Саме тому стратегічний підхід до мотивації повинен охоплювати не лише систему оплати праці, а й нематеріальні стимули: справедливу організаційну культуру, можливості професійного розвитку, визнання результатів праці, зрозумілі кар’єрні перспективи, участь у прийнятті рішень, забезпечення балансу між службовими обов’язками та особистим життям. Для державної служби також важливою є ціннісна мотивація, що ґрунтується на усвідомленні суспільної місії публічного службовця.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD1A5B0" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblBorders>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2345"/>
+        <w:gridCol w:w="4031"/>
+        <w:gridCol w:w="3546"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w14:paraId="427DD11A" w14:textId="77777777" w:rsidTr="002A7EEB">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C603FA0" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Компонент HR-стратегії</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33758FB4" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Зміст компоненту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4016B72B" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Практичне значення для державної служби</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w14:paraId="4AD72560" w14:textId="77777777" w:rsidTr="002A7EEB">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FCB9C2C" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стратегічне планування кадрів</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="713339FE" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Охоплює прогнозування потреб у персоналі, аналіз наявного кадрового потенціалу, виявлення дефіцитів компетентностей і визначення пріоритетів кадрового забезпечення.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5544C8C6" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дає змогу завчасно формувати кадровий склад органів влади, уникати кадрових дисбалансів і забезпечувати відповідність людських ресурсів стратегічним цілям державного управління.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w14:paraId="7A2CB633" w14:textId="77777777" w:rsidTr="002A7EEB">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC1BEB9" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Добір і залучення персоналу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35BE99CC" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Передбачає застосування конкурсних процедур, принципу меритократії, забезпечення рівного доступу до посад державної служби, а також формування привабливого професійного іміджу служби.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C1EF1BC" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сприяє залученню професійних, компетентних і доброчесних працівників, підвищує прозорість кадрових процедур та довіру до державної служби.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w14:paraId="1B67F60F" w14:textId="77777777" w:rsidTr="002A7EEB">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2056BAF0" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Професійний розвиток державних службовців</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4E5F22" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Включає підвищення кваліфікації, безперервне навчання, розвиток професійних і цифрових компетентностей, формування кадрового резерву та розвиток лідерського потенціалу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA45BF0" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Забезпечує постійне оновлення знань і навичок персоналу, підвищує здатність державних службовців ефективно діяти в умовах реформ і суспільних змін.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w14:paraId="17A8AC2E" w14:textId="77777777" w:rsidTr="002A7EEB">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E575844" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Управління результативністю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77E21918" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Пов’язане з оцінюванням службової діяльності, визначенням показників ефективності, співвіднесенням результатів праці з цілями органу влади та коригуванням індивідуального професійного розвитку.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37E9993E" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Підвищує орієнтацію персоналу на досягнення конкретних результатів, сприяє ефективнішому використанню кадрового потенціалу та покращує якість управлінських рішень.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w14:paraId="5733FDAE" w14:textId="77777777" w:rsidTr="002A7EEB">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE20D38" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мотивація та утримання персоналу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4721F323" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Охоплює систему матеріального і нематеріального стимулювання, створення умов для професійного зростання, забезпечення організаційної справедливості, підтримки балансу між службовою діяльністю та особистим життям.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C795EBA" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дозволяє зменшити плинність кадрів, підвищити залученість працівників, зміцнити стабільність кадрового складу та інституційну пам’ять органів влади.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w14:paraId="23512F2A" w14:textId="77777777" w:rsidTr="002A7EEB">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0097DCA6" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Управління кар’єрою і наступністю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF87703" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Передбачає планування кар’єрного просування, підготовку резерву на керівні посади, розвиток управлінського потенціалу та забезпечення наступності в кадровій </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>політиці.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42FA9C76" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Формує умови для стабільного відтворення професійного управлінського корпусу та знижує ризики кадрових розривів у процесі інституційних змін.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w14:paraId="2079C809" w14:textId="77777777" w:rsidTr="002A7EEB">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C8B1EFE" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Цифровізація HR-процесів</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0030F415" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Включає впровадження електронного документообігу, HR-аналітики, цифрових платформ для навчання, оцінювання, рекрутингу та автоматизації кадрових процедур.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71107C34" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Підвищує оперативність, прозорість і аналітичну обґрунтованість HR-рішень, сприяє модернізації державної служби відповідно до вимог цифрового врядування.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w14:paraId="1D4A9F0F" w14:textId="77777777" w:rsidTr="002A7EEB">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AFBCDC5" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Організаційна культура і доброчесність</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2911E9DE" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Охоплює формування етичних стандартів, політичної нейтральності, підзвітності, відкритості, відповідальності та орієнтації на публічний інтерес.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F45A152" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сприяє зміцненню довіри до органів державної влади, підвищує якість службової поведінки та знижує ризики порушення етичних і правових норм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w14:paraId="02508E65" w14:textId="77777777" w:rsidTr="002A7EEB">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52C4B4E0" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HR-забезпечення реформ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5BD894" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Передбачає кадровий супровід інституційних змін, адаптацію персоналу до нових функцій, оновлення компетентнісних моделей та підтримку реформ державної служби.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6190927C" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="002A7EEB" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7EEB">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Забезпечує спроможність органів влади реалізовувати трансформаційні зміни, підвищує гнучкість публічного сектору та його стійкість до сучасних викликів.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0A737D3B" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D4D1C25" w14:textId="23325FEE" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="00FB12BE" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рис. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Компоненти HR-стратегії у сфері державної служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E4618BD" w14:textId="77777777" w:rsidR="00FB12BE" w:rsidRPr="00021A4C" w:rsidRDefault="00FB12BE" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68EBB60D" w14:textId="0B97E587" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Окремого розгляду потребує питання стратегічної ролі HR-стратегії в контексті реформ державної служби. Будь-яка адміністративна реформа, цифрова трансформація, впровадження нових механізмів врядування або євроінтеграційних стандартів неможливі без належного кадрового забезпечення. У цьому сенсі HR-стратегія виконує роль інструменту інституційних змін, оскільки саме через неї здійснюється оновлення компетентнісного складу персоналу, перебудова функціональних ролей, впровадження нових стандартів професійної поведінки та формування адаптивної організаційної культури. Інакше кажучи, кадрова стратегія не лише супроводжує реформу, а є одним із її базових механізмів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C0D3DD" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У державному секторі HR-стратегії можуть формуватися на кількох рівнях. На макрорівні йдеться про державну кадрову політику у сфері публічної служби, яка визначає загальні стандарти, пріоритети та інституційні рамки управління персоналом. На мезорівні HR-стратегії формуються в межах окремих центральних органів виконавчої влади, органів місцевого самоврядування, інших державних інституцій з урахуванням їх функціональної специфіки. На мікрорівні реалізуються конкретні кадрові практики у підрозділах, колективах, командах. Ефективність стратегічного HR-управління залежить від того, наскільки узгодженими є ці рівні, чи забезпечується відповідність між загальнонаціональними підходами та реальними кадровими потребами конкретного органу влади.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C39221" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сучасні HR-стратегії у сфері державної служби дедалі більше спираються на компетентнісний підхід. Компетентність у цьому випадку розглядається як інтегрована характеристика працівника, що охоплює знання, уміння, навички, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>цінності, поведінкові моделі та здатність ефективно діяти в конкретних професійних ситуаціях. Компетентнісна модель дозволяє переорієнтувати кадрову роботу з формальних ознак, таких як стаж чи диплом, на реальну спроможність службовця виконувати професійні функції. Це особливо важливо для публічної служби в умовах швидких змін, коли від працівників очікується не лише знання нормативної бази, а й здатність до аналітики, міжсекторальної взаємодії, кризового реагування та роботи з цифровими інструментами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C092F9D" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У науковій та управлінській практиці дедалі більшого значення набуває також концепція talent management у державному секторі, тобто стратегічного управління талантами. Йдеться про виявлення, розвиток, підтримку та утримання працівників із високим потенціалом, здатних забезпечити ефективне управлінське лідерство та інноваційний розвиток органів влади. Для класичної бюрократичної моделі така логіка була менш характерною, однак сучасна державна служба потребує саме таких підходів, оскільки конкуренція за кваліфіковані кадри посилюється, а складність управлінських завдань зростає.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C2133B" w14:textId="77777777" w:rsidR="002A7EEB" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Разом із тим, розроблення та реалізація HR-стратегії у сфері державної служби супроводжується низкою проблем. До них належать інституційна інерція, формалізм кадрових процедур, недостатня гнучкість системи оплати праці, обмеженість ресурсів для навчання і розвитку персоналу, недостатній рівень цифровізації кадрових процесів, розрив між декларованими принципами меритократії та реальною управлінською практикою. У країнах, що перебувають у стані трансформації, додатковими викликами виступають політична нестабільність, вплив воєнних чинників, вимушене переміщення кадрів, ризики емоційного виснаження та потреба швидкого перепрофілювання компетентностей державних службовців.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F64785D" w14:textId="3D732073" w:rsidR="00CA5FE5" w:rsidRPr="00021A4C" w:rsidRDefault="002A7EEB" w:rsidP="002A7EEB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таким чином, HR-стратегія у сфері державної служби є</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> системоутворюючим механізмом розвитку кадрового потенціалу публічної влади. Вона поєднує довгострокове бачення ролі персоналу в досягненні цілей державного управління із конкретними інструментами добору, розвитку, мотивації, оцінювання та утримання кадрів. Її ефективність визначається не лише наявністю формально затверджених документів, а насамперед ступенем реальної інтеграції кадрової політики в систему стратегічного управління державою. У сучасних умовах саме стратегічний підхід до управління людськими ресурсами створює підґрунтя для професіоналізації державної служби, підвищення якості публічного управління та зміцнення довіри суспільства до державних інституцій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6BB80B" w14:textId="77777777" w:rsidR="00CA5FE5" w:rsidRPr="00021A4C" w:rsidRDefault="00CA5FE5" w:rsidP="00647806">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="083D3E2C" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.2. Планування кадрового потенціалу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B616162" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="00021A4C" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3086CDA4" w14:textId="213A0F15" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Планування кадрового потенціалу у сфері державної служби є базовою складовою стратегічного управління людськими ресурсами, оскільки саме воно забезпечує узгодження між завданнями держави, функціями органів публічної влади та реальними кадровими можливостями їх виконання. У науковому розумінні планування кадрового потенціалу слід розглядати як цілеспрямований, системний і прогностичний процес визначення кількісних, якісних, професійно-компетентнісних та структурних параметрів персоналу, необхідних для належного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>функціонування органів державної влади в коротко-, середньо- та довгостроковій перспективі. Йдеться не лише про встановлення потреби в певній кількості працівників, а насамперед про формування збалансованого кадрового ресурсу, здатного забезпечувати ефективне, стійке та адаптивне публічне управління.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E8BD423" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У традиційному адміністративному підході кадрове планування часто зводилося до обліку штатних одиниць, визначення вакансій та поточного розподілу посадових обов’язків. Однак сучасна модель державного управління вимагає значно глибшого бачення цього процесу. Планування кадрового потенціалу повинно враховувати зміни в системі функцій держави, цифрову трансформацію управлінських процесів, демографічні тенденції, ринок праці, вимоги європейської інтеграції, безпекові виклики, міграційні процеси, наслідки воєнного стану та потребу в оновленні компетентностей державних службовців. Таким чином, кадрове планування перетворюється на один із механізмів інституційної стійкості та управлінської спроможності держави.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1556081A" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сутність планування кадрового потенціалу полягає у визначенні того, які саме людські ресурси, у якій кількості, з якими компетентностями, на яких посадах і в які часові межі потрібні державному органу для досягнення його стратегічних і операційних цілей. У цьому сенсі кадровий потенціал слід тлумачити не лише як сукупність працівників, які вже перебувають на державній службі, а як інтегральну характеристику кадрових можливостей органу влади, що включає професійні знання, управлінські навички, досвід, ціннісні орієнтації, здатність до навчання, адаптивність, лідерський потенціал і можливості професійного зростання персоналу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20818891" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Однією з головних функцій планування кадрового потенціалу є забезпечення відповідності між кадровими ресурсами та функціональною архітектурою органу державної влади. Будь-який дисбаланс у цій сфері може мати негативні наслідки: дефіцит кадрів призводить до перевантаження працівників, зниження якості рішень і послуг, тоді як надлишок персоналу може спричиняти неефективне використання бюджетних ресурсів і дублювання функцій. Тому планування кадрового потенціалу має базуватися на аналізі повноважень органу, його місії, стратегічних завдань, обсягу навантаження, організаційної структури та зовнішнього середовища діяльності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2460E238" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У структурі планування кадрового потенціалу можна виокремити кілька взаємопов’язаних етапів. Першим етапом є кадровий аналіз, тобто оцінювання наявного стану людських ресурсів. Він передбачає вивчення кількісного складу персоналу, вікової структури, професійного досвіду, освітнього рівня, стажу державної служби, кадрової плинності, вакансій, динаміки призначень і звільнень, а також рівня сформованості професійних компетентностей. Такий аналіз дозволяє виявити сильні та слабкі сторони кадрового забезпечення органу, визначити ризикові зони та зрозуміти, які саме зміни є необхідними.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D33305" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Другим етапом є прогнозування кадрових потреб. На цьому рівні формується уявлення про майбутню потребу в персоналі залежно від стратегічних цілей органу, трансформації його функцій, можливих інституційних реформ, законодавчих змін, цифровізації та зовнішніх кризових чинників. Прогнозування має поєднувати кількісний і якісний підходи. Кількісний підхід відповідає на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>запитання, скільки працівників потрібно, а якісний – яких саме фахівців потребує орган: із якими компетентностями, досвідом, управлінським мисленням, навичками комунікації, цифрової взаємодії, аналітики чи кризового реагування.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="485914E4" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Третім етапом виступає визначення кадрових розривів, тобто встановлення відмінностей між наявним і бажаним станом кадрового потенціалу. Кадрові розриви можуть бути кількісними, коли бракує працівників певного профілю, якісними, коли персонал не володіє необхідними компетентностями, структурними, коли є дисбаланс між різними категоріями посад, або функціональними, коли наявні ресурси не відповідають новим завданням органу. Виявлення таких розривів має важливе значення, оскільки саме воно дає підстави для ухвалення подальших управлінських рішень у сфері рекрутингу, навчання, перепідготовки, ротації чи реорганізації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C835302" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Четвертий етап пов’язаний із розробленням кадрових рішень і заходів. Якщо за результатами аналізу та прогнозування встановлено нестачу певних фахівців, орган може планувати конкурсний добір, залучення зовнішніх експертів, створення резерву кадрів або перегляд функціонального розподілу. Якщо виявлено дефіцит компетентностей, доцільними стають заходи з підвищення кваліфікації, службового навчання, менторства, стажування чи розвитку цифрової грамотності. У випадку структурного дисбалансу може виникати потреба в організаційному перегляді структури апарату або зміні співвідношення між управлінськими та виконавськими ланками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="751447F1" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важливим науковим аспектом планування кадрового потенціалу є його зв’язок із компетентнісним підходом. У сучасній державній службі вже недостатньо орієнтуватися виключно на формальні критерії освіти чи стажу. Натомість дедалі більшу роль відіграє саме компетентнісний профіль державного службовця. Це означає, що кадрове планування має враховувати не лише посади як формальні одиниці, а й набір професійних, управлінських, комунікативних, цифрових, етичних та аналітичних компетентностей, необхідних для ефективного виконання функцій. У такому підході кадровий потенціал розглядається як динамічна система можливостей, яку можна і потрібно розвивати відповідно до стратегічних потреб державного управління.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2618EF0D" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для державної служби особливо важливим є довгострокове планування кадрового потенціалу. Його значення посилюється тим, що державний апарат має забезпечувати стабільність і безперервність управління навіть в умовах політичних змін, зовнішніх криз, реформ чи кадрової турбулентності. У цьому контексті планування кадрового потенціалу виконує функцію запобігання кадровим ризикам. До таких ризиків належать старіння кадрового складу, висока плинність кадрів, втрата інституційної пам’яті, недостатня привабливість державної служби для молодих фахівців, дефіцит управлінців середньої та вищої ланки, вигорання персоналу, а також нездатність кадрової системи швидко адаптуватися до нових викликів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25977B00" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особливу роль у плануванні кадрового потенціалу відіграє формування кадрового резерву. Йдеться про виявлення працівників із високим професійним і лідерським потенціалом, яких можна підготувати до зайняття більш складних посад у майбутньому. Формування резерву має відбуватися не формально, а на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>основі об’єктивного оцінювання результатів діяльності, рівня компетентностей, здатності до стратегічного мислення та готовності до професійного розвитку. Кадровий резерв підвищує стійкість організації, оскільки забезпечує наступність управління, знижує ризики управлінських провалів та зміцнює внутрішню кадрову спроможність державного органу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FABB605" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="00021A4C" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblBorders>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2148"/>
+        <w:gridCol w:w="4410"/>
+        <w:gridCol w:w="3364"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009D1101" w:rsidRPr="009D1101" w14:paraId="715D5300" w14:textId="77777777" w:rsidTr="009D1101">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="489ADFD5" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Етап / компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7889CEF5" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Зміст</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59D59260" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Практичне значення для державної служби</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D1101" w:rsidRPr="009D1101" w14:paraId="2AE57766" w14:textId="77777777" w:rsidTr="009D1101">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="244616F2" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кадровий аналіз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FEB03C7" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Охоплює оцінювання наявного кадрового складу за кількісними та якісними параметрами: чисельність персоналу, вікова структура, рівень освіти, стаж служби, професійний досвід, плинність кадрів, наявність вакансій, рівень компетентностей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65FCB62B" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дозволяє отримати цілісне уявлення про реальний стан кадрового забезпечення органу влади, виявити сильні сторони, проблемні зони та основні кадрові ризики.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D1101" w:rsidRPr="009D1101" w14:paraId="3DAA5CD1" w14:textId="77777777" w:rsidTr="009D1101">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40224D7C" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Прогнозування кадрових потреб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F03682F" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Передбачає визначення майбутньої потреби в персоналі з урахуванням стратегічних цілей органу, змін у функціях, цифровізації, реформ, демографічних тенденцій, безпекових викликів і зовнішніх факторів.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40C0C09F" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дає змогу перейти від ситуативного кадрового реагування до довгострокового планування, забезпечуючи своєчасну підготовку потрібних фахівців.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D1101" w:rsidRPr="009D1101" w14:paraId="2E144CC5" w14:textId="77777777" w:rsidTr="009D1101">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB79B96" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Визначення кадрових розривів</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD8A547" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Полягає у встановленні невідповідності між наявним кадровим потенціалом і тим, що необхідний для ефективного виконання завдань органу. Розриви можуть бути кількісними, якісними, структурними та функціональними.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B498230" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сприяє точному виявленню кадрових проблем і формує підґрунтя для прийняття обґрунтованих управлінських рішень у сфері персоналу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D1101" w:rsidRPr="009D1101" w14:paraId="71F48F8F" w14:textId="77777777" w:rsidTr="009D1101">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD1F988" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Планування кадрових рішень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="215EB9B0" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Включає розроблення заходів щодо усунення кадрових дефіцитів: добір персоналу, перепідготовка, підвищення кваліфікації, ротація, формування кадрового резерву, зміна внутрішньої структури.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A066243" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Забезпечує практичну реалізацію кадрової політики, підвищує здатність органу влади адаптуватися до нових завдань і реформ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D1101" w:rsidRPr="009D1101" w14:paraId="12C3D5A5" w14:textId="77777777" w:rsidTr="009D1101">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E345E61" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Компетентнісне планування</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A158BC6" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Передбачає орієнтацію не лише на посади, а й на набір необхідних компетентностей: професійних, управлінських, цифрових, аналітичних, комунікаційних, етичних.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37A01148" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дозволяє формувати якісно новий кадровий склад, здатний ефективно працювати в умовах складного та динамічного середовища публічного управління.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D1101" w:rsidRPr="009D1101" w14:paraId="5D9F90A1" w14:textId="77777777" w:rsidTr="009D1101">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE7D049" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Формування кадрового резерву</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="412E8D4F" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Охоплює виявлення працівників із високим професійним і лідерським потенціалом, їх цільову підготовку та просування на вищі посади в майбутньому.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31EFF53A" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Забезпечує наступність управління, знижує ризики кадрових втрат і зміцнює внутрішню кадрову спроможність державного органу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D1101" w:rsidRPr="009D1101" w14:paraId="2C15472B" w14:textId="77777777" w:rsidTr="009D1101">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D7C532B" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Урахування кадрових ризиків</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="358F7AEE" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Передбачає аналіз ризиків, пов’язаних зі старінням кадрів, вигоранням, високою плинністю персоналу, втратою інституційної пам’яті, браком фахівців </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>нової генерації.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6BBBEC" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Дає змогу завчасно попереджати кадрові кризи та забезпечувати стабільність функціонування державних </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>інституцій.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D1101" w:rsidRPr="009D1101" w14:paraId="474BE739" w14:textId="77777777" w:rsidTr="009D1101">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47580ED1" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Цифровізація кадрового планування</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="183D4BBC" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Включає використання HR-аналітики, інформаційних систем управління персоналом, електронних реєстрів, цифрових інструментів моніторингу та прогнозування кадрових потреб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="028F1CAE" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Підвищує точність, оперативність і доказовість кадрових рішень, сприяє модернізації HR-менеджменту в державному секторі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D1101" w:rsidRPr="009D1101" w14:paraId="5A4A8583" w14:textId="77777777" w:rsidTr="009D1101">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45F24F66" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Узгодження із стратегічними цілями органу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BDCD6CA" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Передбачає прив’язку кадрового планування до місії, функцій, завдань і стратегічних пріоритетів конкретного органу державної влади.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6229024F" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Забезпечує відповідність людських ресурсів реальним управлінським потребам та підвищує ефективність реалізації державної політики.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D1101" w:rsidRPr="009D1101" w14:paraId="20648C26" w14:textId="77777777" w:rsidTr="009D1101">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77F0D33F" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Моніторинг і коригування кадрових планів</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE4FDDD" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Охоплює постійне відстеження змін у кадровому складі, оцінювання результативності кадрових рішень і внесення змін до планів відповідно до нових умов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27EBE95E" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D1101">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Робить систему кадрового планування гнучкою, адаптивною та здатною реагувати на зміни у внутрішньому і зовнішньому середовищі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="43B41A7B" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="00021A4C" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20CB2CB7" w14:textId="56CFBCBD" w:rsidR="009D1101" w:rsidRPr="00021A4C" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рис. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Планування кадрового потенціалу у сфері державної служби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BE0B2DA" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="00021A4C" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F566819" w14:textId="6F68C143" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У сучасних умовах планування кадрового потенціалу дедалі тісніше пов’язується з цифровізацією HR-процесів. Інформаційні системи управління персоналом, HR-аналітика, електронні реєстри посад, цифрові інструменти оцінювання й моніторингу дозволяють отримувати більш точні дані про кадровий склад, прогнозувати потреби, моделювати різні сценарії та оперативно приймати обґрунтовані рішення. У цьому аспекті кадрове планування переходить від переважно інтуїтивної та паперово-бюрократичної моделі до доказового, аналітично підкріпленого управління людськими ресурсами. Особливо важливим стає використання даних для виявлення тенденцій у плинності кадрів, професійному розвитку, завантаженості структурних підрозділів і кадрових ризиках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E44A4A" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Необхідно враховувати, що планування кадрового потенціалу у сфері державної служби має як централізований, так і децентралізований вимір. На загальнодержавному рівні визначаються базові підходи до кадрової політики, стандарти посад, загальні кваліфікаційні вимоги, підходи до професійного навчання та оцінювання службовців. Водночас кожен орган влади повинен здійснювати власне кадрове планування з урахуванням специфіки функцій, територіального контексту, типу публічних послуг, рівня цифрової зрілості та організаційних завдань. Ефективність системи виникає тоді, коли ці рівні узгоджені між собою, а кадрові рішення не суперечать ані стратегічним пріоритетам держави, ані реальним управлінським потребам конкретної інституції.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0102F677" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для українського контексту планування кадрового потенціалу має особливе значення в умовах війни, післявоєнного відновлення та інтеграції до європейського управлінського простору. Державна служба потребує не лише стабільного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>кадрового забезпечення, а й працівників нового типу — фахівців, здатних працювати в умовах невизначеності, координувати міжвідомчу взаємодію, залучати міжнародну допомогу, управляти відновленням територій, упроваджувати цифрові сервіси, забезпечувати доброчесність, прозорість та орієнтацію на потреби громадян. Це означає, що планування кадрового потенціалу повинно враховувати не лише поточні адміністративні функції, а й перспективні потреби повоєнної трансформації державного управління.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69B5F730" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У методологічному плані планування кадрового потенціалу може спиратися на різні інструменти: аналіз робочих місць, аудит компетентностей, кадровий моніторинг, сценарне прогнозування, моделі кадрового балансу, SWOT-аналіз кадрової системи, оцінку кадрових ризиків, аналіз плинності та результативності персоналу. Поєднання цих інструментів дозволяє перейти від реактивного управління кадрами до проактивної моделі, за якої організація не лише реагує на наявні кадрові проблеми, а завчасно формує умови для їх попередження.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D8E2FB" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Разом із тим, процес планування кадрового потенціалу у державному секторі супроводжується низкою труднощів. До них належать недостатня достовірність кадрових даних, формальний характер кадрового аналізу, нестача аналітичних інструментів, слабкий розвиток HR-служб, обмеженість фінансових ресурсів, політична змінність пріоритетів, а також інституційна інерція. Нерідко кадрове планування здійснюється формально, без реального зв’язку з функціональним аналізом органу чи прогнозом майбутніх змін. У результаті кадрова система працює переважно в режимі постфактум, що знижує її ефективність і не дозволяє вчасно реагувати на нові виклики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F885D66" w14:textId="77777777" w:rsidR="009D1101" w:rsidRPr="009D1101" w:rsidRDefault="009D1101" w:rsidP="009D1101">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1101">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таким чином, планування кадрового потенціалу у сфері державної служби є не допоміжною адміністративною процедурою, а стратегічним інструментом забезпечення інституційної спроможності держави. Воно охоплює аналіз наявних людських ресурсів, прогнозування майбутніх кадрових потреб, виявлення кадрових розривів і розроблення рішень щодо їх подолання. У сучасних умовах його значення зростає у зв’язку з цифровізацією, реформуванням публічного управління, безпековими ризиками та потребою в оновленні компетентнісного профілю державного службовця. Саме якісно організоване планування кадрового потенціалу створює передумови для формування професійної, стійкої, адаптивної та результативної системи державної служби.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C8402B" w14:textId="77777777" w:rsidR="00CA5FE5" w:rsidRPr="00021A4C" w:rsidRDefault="00CA5FE5" w:rsidP="00647806">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23DF56EB" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.3. Управління змінами та кадрові реформи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A163C1A" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Управління змінами у сфері державної служби є однією з центральних проблем сучасного публічного управління, оскільки жодна кадрова реформа не може бути реалізована ефективно без усвідомленого, системного і науково обґрунтованого підходу до трансформації інституцій, процедур, професійних ролей і організаційної культури. У контексті державного сектору зміни не зводяться лише до оновлення нормативної бази чи перегляду окремих кадрових процедур. Йдеться про глибше явище — переосмислення місця людських ресурсів у системі публічного управління, формування нових моделей професіоналізму, доброчесності, лідерства, підзвітності та службової ефективності. Саме тому управління змінами та кадрові реформи слід розглядати як взаємопов’язані </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>процеси, що визначають якість функціонування державного апарату і рівень його здатності відповідати на суспільні виклики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="520C9D44" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У науковому розумінні управління змінами являє собою цілеспрямований процес підготовки, реалізації, супроводу та закріплення трансформацій в організації або системі управління. У сфері державної служби цей процес передбачає не лише технічне впровадження нових правил, а й управління поведінкою персоналу, подолання опору, формування готовності до нових моделей діяльності, адаптацію організаційних структур і забезпечення сталісного характеру реформ. Кадрові реформи, своєю чергою, є інституційним проявом змін у сфері роботи з персоналом і можуть охоплювати оновлення порядку вступу на державну службу, удосконалення конкурсних процедур, реформування системи оплати праці, оцінювання результативності, професійного навчання, управління кар’єрою, дисциплінарної відповідальності, цифровізації HR-процесів та зміцнення доброчесності в публічній службі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48FA2227" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Особливість змін у державному секторі полягає в тому, що вони відбуваються в умовах підвищеної інституційної складності. На відміну від приватної організації, де зміни можуть впроваджуватися швидше і більш централізовано, у державній службі будь-яка реформа пов’язана з правовими обмеженнями, політичними чинниками, багаторівневістю підпорядкування, високим рівнем формалізації процедур і підвищеною суспільною чутливістю до результатів. Крім того, зміни у сфері державної служби стосуються не лише внутрішньої ефективності органів влади, а й ширших категорій — довіри громадян, легітимності інституцій, спроможності держави реалізовувати публічну політику. Саме тому кадрові реформи не можуть бути успішними, якщо вони сприймаються лише як адміністративне переписування правил без одночасної зміни управлінської практики та організаційної культури.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EFD13F3" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Одним із ключових теоретичних положень є те, що кадрова реформа повинна мати стратегічний характер. Це означає, що вона не може обмежуватися точковими або ситуативними заходами, спрямованими на розв’язання окремих поточних проблем. Ефективна реформа потребує визначення довгострокових цілей, чіткого бачення очікуваного стану системи державної служби, узгодженості між нормативними змінами та кадровими інструментами, а також інституційної послідовності. Наприклад, неможливо досягти професіоналізації державної служби лише через формальне оновлення конкурсних процедур, якщо одночасно не вирішуються питання справедливої мотивації, професійного розвитку, оцінювання результативності та управлінської доброчесності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF32CB1" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Управління змінами у кадровій сфері зазвичай охоплює кілька послідовних стадій. Першою є діагностика потреби у змінах. На цьому етапі виявляються основні проблеми кадрової системи: низька мотивація персоналу, застарілі процедури, кадровий дефіцит, високий рівень плинності, формальний характер оцінювання, невідповідність компетентностей новим вимогам, низька цифрова зрілість HR-служб, недостатній рівень прозорості чи доброчесності. Саме якісна діагностика створює підґрунтя для обґрунтованого реформування, оскільки дозволяє зрозуміти, які саме аспекти системи потребують трансформації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45064CDB" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Другою стадією є формування концепції змін. На цьому рівні визначаються </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>стратегічні пріоритети, принципи, цілі та механізми кадрової реформи. Важливим є те, що концепція змін повинна базуватися на реалістичному аналізі інституційних можливостей, ресурсних обмежень і зовнішнього середовища. Для державної служби принципово важливо, щоб кадрові реформи були не просто формально запозиченими із зарубіжного досвіду, а адаптованими до національного правового, адміністративного і соціального контексту. Тобто успішне реформування потребує не механічної рецепції моделей, а їх інституційної адаптації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DBF3D23" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Третьою стадією є безпосереднє впровадження змін. У кадровій сфері це може означати оновлення нормативно-правових актів, перегляд посадових профілів, зміну системи добору, запровадження нових інструментів оцінювання, створення цифрових HR-платформ, реформування системи професійного навчання, введення компетентнісних моделей або оновлення механізмів службового просування. Однак саме на цьому етапі найбільш виразно проявляється проблема опору змінам. Опір може мати індивідуальний, груповий або інституційний характер. Він часто зумовлений страхом втрати статусу, невизначеністю щодо нових вимог, професійною інерцією, недовірою до реформаторських ініціатив чи браком комунікації. Тому управління змінами передбачає не лише формальне введення нових правил, а й активну роботу з персоналом, пояснення логіки реформ, залучення працівників до змін і створення умов для їх адаптації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C991772" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Четвертою стадією є закріплення змін та інституціоналізація реформ. Будь-яке нововведення у сфері державної служби можна вважати результативним лише тоді, коли воно стає частиною повсякденної практики органів влади. Наприклад, оновлена система оцінювання матиме реальний сенс лише тоді, коли вона не буде формальною процедурою, а почне реально впливати на кар’єру, навчання, мотивацію та професійну поведінку службовців. Так само цифровізація HR-процесів не є завершеною лише з моменту запуску певної платформи — вона потребує фактичного прийняття нових інструментів персоналом, зміни організації роботи та стабільного використання в практиці.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28253EF1" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кадрові реформи у державному секторі мають кілька ключових напрямів. Перший напрям стосується професіоналізації державної служби. Йдеться про зміцнення принципу меритократії, підвищення вимог до професійної компетентності, розвиток системи безперервного навчання та утвердження державної служби як особливої професійної діяльності, зорієнтованої на публічний інтерес. Другий напрям пов’язаний із забезпеченням політичної нейтральності та стабільності корпусу державних службовців. Це особливо важливо для недопущення надмірної політизації кадрових рішень і збереження інституційної пам’яті. Третій напрям охоплює модернізацію системи управління результативністю, коли діяльність службовців починає оцінюватися не лише за формальним виконанням функцій, а й за реальним внеском у досягнення цілей органу влади. Четвертий напрям стосується цифрової трансформації кадрових процесів. П’ятий — розвитку етичних механізмів, доброчесності, прозорості й підзвітності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37EC64D0" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особливого значення в межах кадрових реформ набуває управління організаційною культурою. Жодна реформа не буде ефективною, якщо нові </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>процедури впроваджуються в середовищі, де домінують формалізм, пасивність, низька довіра, ієрархічна замкненість та уникнення відповідальності. Управління змінами передбачає формування культури відкритості до інновацій, орієнтації на результат, командної взаємодії, етичної відповідальності та готовності до професійного розвитку. Саме організаційна культура часто визначає, чи сприйматиметься реформа як реальний інструмент удосконалення служби, чи як чергова формальна кампанія.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5A44A0" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00021A4C" w:rsidRDefault="00DB14ED" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="216826DF" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00021A4C" w:rsidRDefault="00DB14ED" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02E4616C" w14:textId="1E078438" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для державної служби також важливим є зв’язок кадрових реформ із загальними реформами публічного управління. Кадрові зміни не можуть розглядатися ізольовано від інституційної архітектури держави, системи стратегічного планування, бюджетного процесу, цифрового врядування, антикорупційної політики та адміністративної реформи. Наприклад, перехід до сервісної моделі держави потребує не лише створення нових цифрових сервісів, а й підготовки персоналу, здатного працювати в клієнтоорієнтованій логіці. Євроінтеграційні процеси також висувають нові вимоги до державних службовців: знання європейських процедур, уміння працювати з міжнародними проєктами, навички стратегічної комунікації, високі стандарти доброчесності та якості управлінських рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E7A2841" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У сучасних умовах українського державотворення управління змінами та кадрові реформи мають додатковий вимір, пов’язаний із війною, післявоєнним відновленням і необхідністю зміцнення інституційної стійкості держави. Від державної служби очікується не лише збереження функціональної спроможності в кризових умовах, а й здатність до швидкої адаптації, міжвідомчої координації, управління гуманітарними, безпековими, соціальними та відновлювальними процесами. Це означає, що кадрові реформи повинні бути зорієнтовані на формування нового типу державного службовця — професійного, стійкого до стресу, цифрово компетентного, етично відповідального, здатного діяти в умовах невизначеності та високої суспільної відповідальності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F670C0B" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У методологічному плані управління змінами у кадровій сфері спирається на поєднання інституційного, системного, компетентнісного та поведінкового підходів. Інституційний підхід дозволяє аналізувати зміни через призму норм, правил і формальних структур. Системний підхід розглядає кадрову реформу як елемент ширшої системи публічного управління. Компетентнісний підхід акцентує увагу на розвитку професійного потенціалу службовців. Поведінковий підхід зосереджується на реакціях персоналу, мотивації, лідерстві, комунікації та подоланні опору. Саме інтеграція цих підходів забезпечує цілісне розуміння механізмів кадрових змін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F460F50" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00B925F9" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Разом із тим, кадрові реформи нерідко стикаються з серйозними перешкодами. До них належать фрагментарність реформаторських заходів, відсутність довгострокової послідовності, політична змінність пріоритетів, недостатнє фінансування, слабка аналітична підтримка, формальний характер нововведень, брак комунікації з персоналом, недостатня цифрова інфраструктура та дефіцит управлінського лідерства. Однією з найпоширеніших проблем є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ситуація, коли зміни декларуються на нормативному рівні, але не супроводжуються реальним перетворенням щоденної практики. У результаті формується розрив між формальною моделлю державної служби та її фактичним функціонуванням.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC639B8" w14:textId="77777777" w:rsidR="00B925F9" w:rsidRPr="00021A4C" w:rsidRDefault="00B925F9" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отже, управління змінами та кадрові реформи є стратегічно важливим </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B925F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>напрямом розвитку державної служби. Вони спрямовані на оновлення кадрової системи, підвищення професіоналізму, адаптивності, доброчесності та інституційної спроможності органів влади. У науковому розумінні кадрова реформа є не одноразовим заходом, а складним і тривалим процесом інституційної трансформації, що вимагає чіткої стратегії, професійного лідерства, комунікації, ресурсного забезпечення та підтримки з боку персоналу. Саме від якості управління змінами залежить, чи перетворяться кадрові новації на реальні механізми модернізації державної служби, чи залишаться лише формальними нормативними конструкціями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4289A9CA" w14:textId="77777777" w:rsidR="00852AF6" w:rsidRPr="00021A4C" w:rsidRDefault="00852AF6" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C9069FA" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00021A4C" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.4. Вплив цифровізації на HR-менеджмент</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D96E1B" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B3EA1CB" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цифровізація HR-менеджменту в державному секторі є однією з найбільш помітних тенденцій трансформації сучасного публічного управління. Її сутність полягає не лише в технічному переведенні кадрових процедур у електронний формат, а в глибокій зміні самої логіки управління людськими ресурсами. Якщо традиційна модель HR-менеджменту базувалася переважно на паперовому документообігу, фрагментарному обліку кадрової інформації, формалізованих процедурах і відносно низькій швидкості прийняття рішень, то цифровізація створює умови для переходу до більш гнучкої, інтегрованої, аналітично обґрунтованої та сервісно орієнтованої кадрової системи. У сфері державної служби це має особливе значення, оскільки саме якість HR-процесів істотно впливає на спроможність органів влади діяти професійно, прозоро, оперативно та результативно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD1B9E5" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У науковому розумінні цифровізацію HR-менеджменту доцільно визначати як процес впровадження цифрових технологій, інформаційних систем, автоматизованих інструментів і цифрової аналітики в усі основні функції управління персоналом. До таких функцій належать кадровий облік, добір персоналу, оцінювання результативності, організація професійного навчання, управління кар’єрою, формування кадрового резерву, внутрішня комунікація, моніторинг кадрових ризиків та стратегічне планування кадрового потенціалу. Цифровізація при цьому не зводиться лише до технологічної модернізації. Вона має інституційний, організаційний і поведінковий вимір, оскільки змінює порядок взаємодії між HR-службами, керівниками та персоналом, трансформує управлінські процедури і формує нові вимоги до компетентностей державних службовців.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D5552A" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одним із ключових наслідків цифровізації є автоматизація рутинних кадрових процесів. У традиційній системі значна частина роботи кадрових служб була пов’язана з обробкою документів, реєстрацією наказів, веденням особових справ, формуванням звітності, обліком відпусток, стажу, підвищення кваліфікації </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>та інших кадрових показників. Цифрові системи дозволяють значною мірою автоматизувати ці процеси, зменшити адміністративне навантаження на персонал HR-підрозділів, скоротити кількість технічних помилок і підвищити оперативність кадрового адміністрування. У результаті кадрові служби отримують можливість перейти від суто облікової функції до більш стратегічної ролі, пов’язаної з аналізом кадрових потреб, розвитком персоналу та підтримкою управлінських рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17311755" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важливою складовою цифровізації HR-менеджменту є створення та використання інформаційних систем управління персоналом. Такі системи забезпечують централізоване зберігання та обробку кадрових даних, інтеграцію різних кадрових функцій в єдиному середовищі та формування аналітичної інформації для керівництва. У державному секторі це має особливу цінність, оскільки дозволяє відстежувати чисельність персоналу, вакантні посади, рух кадрів, потреби в навчанні, результати оцінювання службової діяльності, динаміку кадрового резерву та інші показники не фрагментарно, а як частину єдиної кадрової екосистеми. Таким чином, цифровізація перетворює кадрові дані з пасивного архівного ресурсу на активний інструмент управління.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5158E102" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Окремого значення набуває HR-аналітика як інструмент прийняття рішень на основі даних. У класичній адміністративній моделі кадрові рішення часто ухвалювалися переважно на основі формальних критеріїв, управлінського досвіду або ситуативних потреб. Цифровізація дає можливість застосовувати інший підхід — evidence-based HR management, тобто управління людськими ресурсами, засноване на доказових даних. Завдяки цифровим інструментам можна аналізувати тенденції кадрової плинності, виявляти дефіцит компетентностей, прогнозувати майбутні кадрові потреби, оцінювати ефективність навчальних програм, відстежувати результати адаптації новопризначених службовців, порівнювати навантаження в різних структурних підрозділах. У державній службі така аналітика дозволяє підвищити обґрунтованість управлінських рішень та зменшити ризики формального підходу до кадрової політики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59BCEE5B" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суттєвий вплив цифровізація справляє на процедури добору персоналу. Електронні платформи подання документів, онлайн-конкурси, автоматизовані системи реєстрації кандидатів, цифрові тести та електронні бази вакансій підвищують прозорість, відкритість і доступність кадрових процедур. З одного боку, це розширює можливості залучення кандидатів із різних регіонів, спрощує доступ до інформації про вакансії та уніфікує кадрові процедури. З іншого боку, цифровізація створює умови для більш об’єктивного і стандартизованого відбору. Разом із тим, вона не усуває всіх проблем автоматично. Електронізація добору буде ефективною лише за умови належної якості тестових завдань, справедливості алгоритмів оцінювання, захищеності персональних даних і недопущення формального перенесення старих процедур у нове цифрове середовище.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4010F0BA" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цифровізація також істотно змінює підходи до професійного навчання та розвитку державних службовців. Поширення електронних платформ навчання, дистанційних курсів, змішаних форматів підвищення кваліфікації, електронних освітніх кабінетів і цифрового моніторингу освітньої траєкторії працівника робить систему навчання більш гнучкою та доступною. Для державного сектору це особливо важливо, оскільки дає змогу забезпечувати безперервний професійний </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>розвиток великої кількості службовців незалежно від територіального розташування, часових обмежень або організаційних умов. У сучасних умовах війни, безпекових ризиків і територіальної мобільності цифрові формати навчання набувають ще більшої актуальності, оскільки забезпечують сталість професійного розвитку навіть в умовах дестабілізації звичного режиму роботи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64EFD6FA" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не менш важливим є вплив цифровізації на систему оцінювання результативності службової діяльності. Цифрові інструменти дозволяють фіксувати цілі, індикатори, етапи виконання завдань, формувати зворотний зв’язок, накопичувати результати оцінювання та інтегрувати їх із планами навчання, мотивації та кар’єрного розвитку. Це створює передумови для більш системного підходу до оцінювання та підвищує його зв’язок із реальними результатами праці. Разом із тим, тут виникає важливе методологічне питання: цифрові системи можуть підвищити точність і зручність оцінювання, але не можуть самі по собі гарантувати його справедливість чи змістовність. Якщо критерії оцінювання залишаються формальними, цифрова оболонка лише пришвидшує формалізм, а не долає його. Саме тому технологічне оновлення має супроводжуватися змістовним переглядом HR-процедур.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601712A1" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важливим аспектом цифровізації HR-менеджменту є трансформація внутрішньої комунікації в органах влади. Цифрові платформи, корпоративні кабінети, внутрішні портали, електронні сервіси самообслуговування працівників, автоматизовані канали сповіщення та документообігу змінюють способи комунікації між кадровими службами, керівництвом і персоналом. Це сприяє оперативності обміну інформацією, підвищує прозорість кадрових процедур та зменшує дистанцію між працівником і HR-підрозділом. У більш широкому значенні цифровізація сприяє переходу від бюрократичної моделі кадрової взаємодії до сервісної, у межах якої працівник розглядається не лише як об’єкт кадрового адміністрування, а і як користувач HR-послуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70329436" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поряд із позитивними аспектами цифровізація HR-менеджменту породжує і нові виклики. Першим серед них є проблема цифрової нерівності. Не всі державні органи мають однаковий рівень технічної оснащеності, доступу до сучасних цифрових рішень і достатній кадровий потенціал для їх використання. Це створює ризик нерівномірної модернізації системи державної служби, коли одні інституції переходять до сучасних HR-моделей, а інші залишаються в межах традиційного кадрового адміністрування. Другим викликом є недостатній рівень цифрових компетентностей самих працівників HR-служб і керівників. Без підготовленого персоналу навіть найсучасніші цифрові інструменти можуть використовуватися поверхово або формально.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6CC0C5" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Третій виклик пов’язаний із безпекою та захистом даних. Кадрові системи оперують великими масивами персональної інформації, службових характеристик, даних про професійний розвиток, оцінювання, кар’єрні траєкторії та дисциплінарні аспекти. У зв’язку з цим цифровізація HR-процесів вимагає високого рівня кібербезпеки, правового регулювання доступу до даних, чіткого розмежування повноважень користувачів систем і дотримання принципів конфіденційності. У державному секторі ця проблема має особливо високу вагу, оскільки порушення безпеки кадрових даних може мати не лише організаційні, а й безпекові наслідки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2C27CC" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Четвертий виклик стосується ризику алгоритмізації кадрових рішень. З розвитком цифрових технологій дедалі частіше постає питання про використання автоматизованих рекомендацій, рейтингових систем, цифрових профілів та елементів штучного інтелекту в HR-менеджменті. Такі інструменти можуть підвищувати швидкість обробки інформації, але водночас створюють ризики непрозорості, алгоритмічного упередження, відтворення дискримінаційних патернів і втрати людського контролю над чутливими кадровими рішеннями. У публічному секторі це особливо важливо, оскільки державна служба повинна діяти на засадах законності, рівного доступу, недискримінації та підзвітності. Отже, цифровізація не повинна призводити до технократичного витіснення етичного й правового виміру кадрової політики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AFF9BF8" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Слід також підкреслити, що цифровізація змінює не лише інструменти HR-менеджменту, а й вимоги до самих державних службовців. Сучасний працівник публічного сектору повинен володіти базовими та спеціалізованими цифровими компетентностями, бути здатним працювати з інформаційними системами, електронним документообігом, онлайн-сервісами, аналітичними платформами, цифровими каналами комунікації та, дедалі частіше, з інструментами автоматизованого аналізу даних. Тобто цифровізація HR-менеджменту одночасно є і технологічним процесом, і чинником трансформації професійного профілю державного службовця. У цьому сенсі вона впливає не лише на кадрові підрозділи, а на всю систему державної служби.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B0F5148" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00FC7A3D" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для українського контексту цифровізація HR-менеджменту має особливе значення в умовах адміністративних реформ, розвитку електронного урядування, воєнного стану та післявоєнного відновлення. Від державних інституцій вимагається здатність швидко відновлювати кадрові процеси, здійснювати дистанційну взаємодію, підтримувати сталість функціонування органів влади навіть в умовах фізичних обмежень або переміщення персоналу. Цифрові HR-рішення в такому середовищі стають не лише інструментом підвищення ефективності, а й засобом забезпечення інституційної стійкості. Водночас вони повинні впроваджуватися не ізольовано, а в межах більш широкої стратегії цифрової трансформації публічного управління.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15AE2F58" w14:textId="77777777" w:rsidR="00FC7A3D" w:rsidRPr="00021A4C" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У методологічному вимірі вплив цифровізації на HR-менеджмент можна аналізувати через поєднання інституційного, системного, компетентнісного та технологічного підходів. Інституційний підхід дає змогу оцінити, як змінюються правила, процедури та розподіл повноважень у кадровій сфері. Системний підхід розглядає цифровізацію як елемент загальної модернізації державного управління. Компетентнісний підхід акцентує увагу на нових вимогах до професійних якостей працівників. Технологічний підхід зосереджується на інструментах, платформах, системах автоматизації й аналітики. Лише поєднання цих підходів дозволяє повною мірою зрозуміти глибину впливу цифровізації на кадрове управління.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="706D9B31" w14:textId="58CE0BBB" w:rsidR="0093746A" w:rsidRPr="00FC7A3D" w:rsidRDefault="0093746A" w:rsidP="00274897">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>риклади цифровізації HR-менеджменту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274897" w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00274897" w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274897" w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>електронний документообіг; онлайн-рекрутинг; електронні особові справи; HR-аналітика; платформи дистанційного навчання; електронне оцінювання; кабінет працівника; цифровий кадровий резерв; дистанційні HR-процедури; управлінські HR-дашборди.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="514FC23F" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Цифровізація HR-менеджменту в державному секторі проявляється насамперед у переході від паперових і фрагментарних кадрових процедур до електронних, інтегрованих та аналітично керованих рішень. Найпростішим прикладом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>електронний кадровий документообіг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, коли накази про призначення, переведення, відпустки, відрядження, оцінювання службової діяльності та інші кадрові документи створюються, погоджуються і зберігаються в цифровій системі. Це зменшує час на обробку документів, скорочує кількість технічних помилок і полегшує доступ до кадрової інформації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDBDCD9" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Іншим поширеним прикладом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>електронний рекрутинг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. У державному секторі це може означати розміщення вакансій на єдиному онлайн-порталі, подання кандидатами документів в електронній формі, автоматизовану реєстрацію заяв, дистанційне тестування та електронне інформування учасників конкурсу. Такий підхід підвищує відкритість конкурсних процедур, розширює доступ кандидатів до державної служби та уніфікує процес добору персоналу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB47B9A" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важливим прикладом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>електронні особові справи державних службовців</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. У цифровому форматі можуть зберігатися дані про освіту, стаж, результати оцінювання, підвищення кваліфікації, кар’єрне просування, дисциплінарні заходи, заохочення та інші кадрові характеристики. Це спрощує кадровий моніторинг і створює підґрунтя для більш точного планування кадрового потенціалу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F685B4" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окремим прикладом виступає </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>використання HR-аналітики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Наприклад, кадрова служба може аналізувати рівень плинності кадрів у різних підрозділах, частоту звільнень протягом випробувального строку, співвідношення вакантних і зайнятих посад, потребу в навчанні, вікову структуру персоналу або ризики втрати інституційної пам’яті. На основі таких даних керівництво може ухвалювати більш обґрунтовані кадрові рішення, а не діяти лише ситуативно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76744485" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ще одним прикладом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цифрові платформи професійного навчання державних службовців</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. За їх допомогою працівники проходять онлайн-курси, вебінари, сертифікаційні програми, тестування знань і підвищення кваліфікації без необхідності постійної фізичної присутності. Це особливо важливо для працівників із різних регіонів, а також в умовах безпекових обмежень, дистанційної роботи чи воєнного стану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6575A584" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">До прикладів цифровізації належить також </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>електронне оцінювання результативності службової діяльності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. У цифровій системі можуть фіксуватися індивідуальні цілі працівника, етапи виконання завдань, показники ефективності, результати щорічного оцінювання та рекомендації щодо професійного розвитку. Це дозволяє пов’язати оцінювання не лише з формальним звітуванням, а й із кар’єрним плануванням, навчанням і мотивацією.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5B94E3" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Практичним прикладом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>системи самообслуговування працівників</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Через внутрішній електронний кабінет державний службовець може подати заяву на відпустку, переглянути власні кадрові дані, ознайомитися з графіком навчання, отримати інформацію про результати оцінювання або оновити окремі персональні відомості. Це спрощує взаємодію між працівником і кадровою службою та робить HR-процеси більш сервісними.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6BC3CB" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ще одним важливим прикладом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">цифрове формування кадрового </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>резерву</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. У системі можуть відображатися працівники з високими результатами діяльності, відповідними компетентностями, лідерським потенціалом і готовністю до просування. Це дає змогу неформально, а на основі даних і чітких критеріїв формувати резерв на керівні посади.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A434259" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У сучасних умовах дедалі більшого значення набуває </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дистанційна HR-взаємодія</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Йдеться про онлайн-співбесіди, електронне погодження кадрових рішень, відеонавчання, цифрові наради кадрових підрозділів, дистанційне консультування працівників. Для державного сектору це стало особливо актуальним у періоди кризи, переміщення персоналу, надзвичайних ситуацій або обмеженого фізичного доступу до робочих місць.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6155370F" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Також прикладом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>використання цифрових дашбордів для керівництва</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. На таких панелях у реальному часі можуть відображатися ключові HR-показники: чисельність персоналу, структура вакансій, динаміка навчання, кадрова плинність, рівень укомплектованості підрозділів, результати оцінювання. Це допомагає керівникам бачити кадрову ситуацію не фрагментарно, а системно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="128EE889" w14:textId="77777777" w:rsidR="0093746A" w:rsidRPr="00021A4C" w:rsidRDefault="0093746A" w:rsidP="00DB14ED">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BF84A9E" w14:textId="41BCB5D2" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="006924FE" w:rsidP="00DB14ED">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB14ED" w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкретизовані приклади за функціями HR-менеджменту</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB14ED" w:rsidRPr="00DB14ED">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblBorders>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2821"/>
+        <w:gridCol w:w="7101"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w14:paraId="7EC943A5" w14:textId="77777777" w:rsidTr="00DB14ED">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F535156" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Функція HR-менеджменту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A642416" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приклад цифровізації</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w14:paraId="5BE8AF31" w14:textId="77777777" w:rsidTr="00DB14ED">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A35011D" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Добір персоналу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E7865DE" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>електронне подання документів на конкурс, онлайн-тестування кандидатів</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w14:paraId="565EE9A6" w14:textId="77777777" w:rsidTr="00DB14ED">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0895D7D3" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кадровий облік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77857824" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>електронні особові справи, цифровий архів наказів</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w14:paraId="6C6CC2C5" w14:textId="77777777" w:rsidTr="00DB14ED">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="123666CA" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Навчання персоналу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1212EC" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>онлайн-курси, вебінари, LMS-платформи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w14:paraId="107B9E76" w14:textId="77777777" w:rsidTr="00DB14ED">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2378F402" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оцінювання діяльності</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7235AEB1" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>електронні форми оцінювання, цифровий моніторинг KPI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w14:paraId="7032E4BD" w14:textId="77777777" w:rsidTr="00DB14ED">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="717AC68B" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Комунікація</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E1FACBF" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>внутрішній HR-портал, електронний кабінет працівника</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w14:paraId="580028F1" w14:textId="77777777" w:rsidTr="00DB14ED">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7E2031" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Планування кадрів</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60A5E99D" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HR-аналітика, прогнозування вакансій і кадрових ризиків</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w14:paraId="71E6F7DE" w14:textId="77777777" w:rsidTr="00DB14ED">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="192F7786" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кар’єрний розвиток</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D091E94" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00DB14ED" w:rsidRDefault="00DB14ED" w:rsidP="00DB14ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB14ED">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифровий облік кадрового резерву, електронні траєкторії розвитку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="71ADE982" w14:textId="77777777" w:rsidR="00DB14ED" w:rsidRPr="00021A4C" w:rsidRDefault="00DB14ED" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="565B03EE" w14:textId="37E40528" w:rsidR="00FC7A3D" w:rsidRPr="00021A4C" w:rsidRDefault="00FC7A3D" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таким чином, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC7A3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цифровізація істотно трансформує HR-менеджмент у державному секторі, змінюючи форми, методи та логіку управління персоналом. Вона підвищує оперативність кадрових процедур, розширює аналітичні можливості HR-служб, сприяє прозорості добору, гнучкості навчання, системності оцінювання та якості внутрішньої комунікації. Водночас її ефективність залежить від наявності цифрової інфраструктури, підготовленості персоналу, правового забезпечення, кібербезпеки та етичного контролю над використанням цифрових рішень. У сучасних умовах цифровізація HR-менеджменту виступає не факультативним нововведенням, а необхідною передумовою формування професійної, адаптивної й стійкої системи державної служби.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="154F6D6D" w14:textId="77777777" w:rsidR="001D5F84" w:rsidRPr="00021A4C" w:rsidRDefault="001D5F84" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7609A199" w14:textId="77777777" w:rsidR="001D5F84" w:rsidRPr="00FC7A3D" w:rsidRDefault="001D5F84" w:rsidP="00FC7A3D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ED1A29F" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.5. Виклики глобалізації у сфері кадрової політики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="034E78D8" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B58970A" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глобалізація є одним із визначальних чинників трансформації сучасного публічного управління, оскільки вона істотно змінює умови функціонування </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>держави, характер управлінських процесів, структуру ринку праці, вимоги до професійних компетентностей та зміст кадрової політики в державному секторі. Якщо в попередні історичні періоди кадрова політика держави формувалася переважно в межах національного адміністративного простору, то в умовах глобалізації вона дедалі більше зазнає впливу наднаціональних стандартів, міжнародної конкуренції за людський капітал, глобальних криз, цифрової мобільності, міграційних процесів та уніфікації управлінських практик. У цьому контексті кадрова політика державної служби вже не може розглядатися як суто внутрішня адміністративна функція. Вона стає частиною ширшого процесу адаптації національної системи публічного управління до глобального середовища.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A715FB" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У науковому розумінні виклики глобалізації у сфері кадрової політики слід тлумачити як сукупність зовнішніх і внутрішніх факторів, що виникають унаслідок посилення міжнародної взаємозалежності держав, економік, ринків праці, інформаційних потоків та управлінських моделей і потребують перегляду традиційних підходів до формування, розвитку, утримання та використання людських ресурсів у державному секторі. Глобалізація впливає на кадрову політику не лише через економічну конкуренцію чи міжнародну міграцію, а й через поширення універсальних стандартів професіоналізму, належного врядування, етичної поведінки, цифрової компетентності, гендерної рівності, інклюзивності та відкритості публічної служби. Саме тому глобалізаційний вимір кадрової політики охоплює інституційний, компетентнісний, соціальний, культурний і безпековий рівні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2502EC44" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одним із перших і найбільш очевидних викликів глобалізації є зростання </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міжнародної конкуренції за кваліфіковані кадри</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. У сучасному світі висококваліфіковані фахівці, зокрема з управлінськими, правовими, аналітичними, цифровими та комунікаційними компетентностями, мають значно ширші можливості професійної мобільності, ніж раніше. Вони можуть обирати між державним сектором, приватним бізнесом, міжнародними організаціями, неурядовими структурами та транснаціональними проєктами. Для державної служби це означає, що вона вже не є безальтернативним чи автоматично привабливим середовищем працевлаштування. Кадрова політика повинна враховувати потребу конкурувати за таланти, створювати належні умови професійного розвитку, забезпечувати мотивацію, престиж служби, справедливі кар’єрні перспективи та змістовну професійну самореалізацію.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C2EBB60" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тісно пов’язаним із цим є виклик </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>відтоку людського капіталу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, або так званого “brain drain”. У країнах, що переживають соціально-економічні труднощі, безпекові ризики чи структурні трансформації, держава може втрачати фахівців, які виїжджають за кордон або переходять у міжнародний чи приватний сектор. Для кадрової політики це означає необхідність не лише підготовки кадрів, а й створення механізмів їх утримання. Особливо це стосується молодих професіоналів, фахівців із цифрової трансформації, стратегічного аналізу, права ЄС, проєктного менеджменту, міжнародного співробітництва та кризового управління. Якщо державна служба не пропонує належних умов, вона поступово втрачає кадрову спроможність у найбільш критично важливих напрямах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D752F1" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Іншим важливим викликом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інтернаціоналізація стандартів професійної </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>діяльності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. У глобалізованому світі державна служба дедалі більше орієнтується не лише на національне законодавство, а й на міжнародні стандарти належного врядування, принципи доброчесності, підзвітності, ефективності, недискримінації, гендерної рівності, цифрової відкритості та прав людини. У цьому зв’язку кадрова політика повинна забезпечувати підготовку державних службовців, здатних працювати відповідно до міжнародних стандартів, взаємодіяти з міжнародними партнерами, орієнтуватися в наднаціональних регуляторних середовищах і брати участь у міждержавній координації політик. Для країн, що реалізують євроінтеграційний курс, це завдання набуває особливої ваги, оскільки кадрова система має бути спроможною забезпечувати інституційну сумісність із європейськими управлінськими підходами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A95A991" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Суттєвий вплив глобалізація справляє і через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зростання ролі міжкультурної взаємодії</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Державні службовці все частіше працюють у середовищі, де необхідні не лише фахові знання, а й уміння взаємодіяти з міжнародними донорами, іноземними експертами, транснаціональними організаціями, громадянами різного культурного походження, внутрішньо переміщеними особами, мігрантами та представниками вразливих соціальних груп. Унаслідок цього кадрова політика повинна враховувати потребу в розвитку міжкультурної компетентності, толерантності, комунікаційної гнучкості, знання іноземних мов і здатності працювати в мультиакторному середовищі. Таким чином, глобалізація розширює вимоги до професійного профілю державного службовця, роблячи його більш складним і багатовимірним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A96D421" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="002E312B" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окремим викликом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>глобалізація знань, технологій і управлінських практик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Сучасні управлінські моделі, HR-інструменти, системи оцінювання, підходи до лідерства, стратегічного планування, управління результативністю чи цифровізації поширюються у глобальному масштабі значно швидше, ніж раніше. Це створює для кадрової політики подвійне завдання. З одного боку, відкриваються можливості запозичення кращих міжнародних практик, сучасних методів управління людськими ресурсами, інноваційних інструментів навчання та оцінювання. З іншого боку, виникає ризик механічного перенесення іноземних моделей без урахування національного адміністративного контексту. Тому однією з вимог глобалізації є здатність кадрової політики до критичної адаптації міжнародного досвіду, а не його буквального копіювання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30494592" w14:textId="77777777" w:rsidR="002E312B" w:rsidRDefault="002E312B" w:rsidP="002E312B">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкретні приклади технологій</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B692DB8" w14:textId="77777777" w:rsidR="002E312B" w:rsidRDefault="002E312B" w:rsidP="002E312B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HRMIS / електронні системи управління персоналом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Наприклад, цифрові платформи, у яких ведуться електронні особові справи, облік посад, відпусток, стажу, результатів оцінювання, навчання та кадрового резерву.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05FEC729" w14:textId="66CDACC0" w:rsidR="002E312B" w:rsidRPr="002E312B" w:rsidRDefault="002E312B" w:rsidP="002E312B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вплив:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кадрова політика переходить від паперового обліку до управління на основі даних.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A2B308F" w14:textId="77777777" w:rsidR="002E312B" w:rsidRPr="002E312B" w:rsidRDefault="002E312B" w:rsidP="002E312B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ATS-системи для рекрутингу (Applicant Tracking System)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Це системи, через які кандидати подають документи онлайн, а HR-служба відстежує етапи конкурсу, тестування та співбесід.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приклад практики:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> електронний конкурс на посади державної служби.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вплив:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> підвищення прозорості та стандартизації добору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C618E9E" w14:textId="77777777" w:rsidR="002E312B" w:rsidRDefault="002E312B" w:rsidP="002E312B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>LMS-платформи для навчання (Learning Management System)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Наприклад, Moodle, Canvas, Coursera for Government, внутрішні платформи дистанційного навчання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F2AE6D" w14:textId="1BF2CAFA" w:rsidR="002E312B" w:rsidRPr="002E312B" w:rsidRDefault="002E312B" w:rsidP="002E312B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вплив:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> безперервне навчання державних службовців стає доступним незалежно від місця роботи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1A4238" w14:textId="563AA328" w:rsidR="002E312B" w:rsidRPr="002E312B" w:rsidRDefault="002E312B" w:rsidP="002E312B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>HR-аналітика та дашборди</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наприклад, Power BI, Tableau, SAP SuccessFactors analytics, Oracle HCM analytics.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вплив:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> керівництво бачить плинність кадрів, вакансії, дефіцит компетентностей, потребу в навчанні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6B4824" w14:textId="5864812F" w:rsidR="002E312B" w:rsidRPr="002E312B" w:rsidRDefault="002E312B" w:rsidP="002E312B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Електронний документообіг і цифровий підпис</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наприклад, погодження кадрових наказів, заяв на відпустку, службових записок через цифрову систему.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вплив:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прискорення кадрових рішень і зменшення бюрократичного навантаження.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE53E11" w14:textId="77777777" w:rsidR="002E312B" w:rsidRDefault="002E312B" w:rsidP="002E312B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Онлайн-тестування та відеоспівбесіди</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наприклад, дистанційні конкурси, тестування на знання законодавства, інтерв’ю через Zoom, Teams або спеціалізовані платформи.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABB7933" w14:textId="41E5972C" w:rsidR="002E312B" w:rsidRPr="002E312B" w:rsidRDefault="002E312B" w:rsidP="002E312B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вплив:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> розширення доступу кандидатів із різних регіонів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35257790" w14:textId="336FF3F4" w:rsidR="002E312B" w:rsidRPr="002E312B" w:rsidRDefault="002E312B" w:rsidP="002E312B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Штучний інтелект у HR-процесах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наприклад, автоматичне сортування резюме, чат-боти для відповідей кандидатам, аналіз навчальних потреб персоналу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вплив:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E312B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зростання швидкості обробки даних, але також ризики алгоритмічного упередження.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057C61B4" w14:textId="77777777" w:rsidR="002E312B" w:rsidRDefault="002E312B" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7754AF28" w14:textId="1104F01E" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В умовах глобалізації кадрова політика стикається також із викликом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прискорення темпів змін у змісті професійної компетентності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Якщо раніше певний набір знань і навичок міг залишатися актуальним упродовж тривалого часу, то нині компетентнісний профіль державного службовця швидко оновлюється під впливом цифрових технологій, міжнародного регулювання, кризового середовища, нових форматів комунікації та посилення міжсекторальної взаємодії. Це означає, що кадрова політика повинна відмовитися від статичного підходу до професійної підготовки і перейти до логіки безперервного навчання, гнучкого перепрофілювання компетентностей, розвитку адаптивності, аналітичного мислення, цифрової грамотності, стресостійкості та здатності до швидкого освоєння нових інструментів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D08214" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важливим глобалізаційним викликом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>посилення впливу міжнародних криз на кадрову систему держави</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Йдеться не лише про економічні чи фінансові потрясіння, а й про пандемії, воєнні конфлікти, кліматичні загрози, гуманітарні кризи, енергетичну нестабільність, інформаційні впливи та кіберризики. Усі ці явища мають транснаціональний характер, але безпосередньо впливають на кадрову політику державного сектору. Вони можуть змінювати структуру попиту на компетентності, вимагати термінового залучення нових фахівців, спричиняти емоційне виснаження персоналу, прискорювати кадрову плинність або посилювати потребу в антикризовому лідерстві. Відтак кадрова політика повинна бути не лише стабільною, а й резильєнтною, тобто здатною функціонувати в умовах глобальної </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>нестабільності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081AE627" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Суттєвою проблемою є і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>трансформація мотиваційної структури працівників</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> під впливом глобалізації. У сучасному середовищі працівники, особливо молодші покоління, дедалі більше орієнтуються не лише на стабільність зайнятості, а й на можливість професійного розвитку, змістовність роботи, організаційну культуру, етичні стандарти, гнучкість умов праці, міжнародну взаємодію, цифрову сучасність робочого середовища. Для державної служби це означає, що традиційні моделі кадрової політики, побудовані переважно на адміністративній стабільності та формальній ієрархії, поступово втрачають привабливість. Необхідним стає перегляд механізмів мотивації, управління кар’єрою, внутрішньої комунікації та бренду державної служби як роботодавця.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFC1214" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глобалізація актуалізує також проблему </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гармонізації національної кадрової політики з міжнародними принципами рівності та інклюзії</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. У сучасних умовах від державного сектору очікується дотримання високих стандартів недискримінації, гендерної рівності, доступності, поваги до різноманіття та створення інклюзивного робочого середовища. Відповідно, кадрова політика має враховувати не лише класичні питання добору й розподілу кадрів, а й забезпечення рівних можливостей, недопущення упередженості в кадрових рішеннях, підтримку вразливих груп і формування інституційної культури поваги до людської гідності. Це надає кадровій політиці не лише управлінського, а й ціннісного виміру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="034E4DAE" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особливого значення набуває </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цифрово-глобалізаційний вимір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кадрової політики. Цифрові технології зробили глобалізацію значно інтенсивнішою, оскільки інформація, професійні стандарти, освітні ресурси, практики управління та кадрові інструменти поширюються майже миттєво. У результаті державна служба опиняється в середовищі постійного порівняння, прискореного обміну досвідом і зростання суспільних очікувань щодо ефективності та відкритості влади. Кадрова політика в такому середовищі повинна не лише реагувати на зміни, а й бути здатною передбачати їх. Це означає перехід до проактивної, аналітично підкріпленої, інноваційної моделі HR-управління, що орієнтується на майбутні виклики, а не лише на поточні кадрові потреби.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E06B977" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для держав, які проходять шлях глибокої трансформації, глобалізація створює ще один важливий виклик — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>необхідність одночасного збереження національної інституційної специфіки та відкритості до міжнародних стандартів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Кадрова політика не може бути повністю уніфікованою, оскільки вона залежить від конституційних засад держави, національних правових традицій, моделі публічної служби, політичної культури та соціальної структури суспільства. Водночас надмірна замкнутість і несприйнятливість до міжнародного досвіду призводять до інституційної ізоляції та втрати конкурентоспроможності. Таким чином, кадрова політика має шукати баланс між національною ідентичністю публічної служби та її інтегрованістю в глобальний управлінський простір.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1305FF59" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У сучасному українському контексті виклики глобалізації у сфері кадрової політики мають особливу гостроту. Це зумовлено поєднанням кількох процесів: євроінтеграції, цифрової трансформації, воєнних викликів, внутрішньої та зовнішньої міграції, необхідності післявоєнного відновлення та зростання ролі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>міжнародної співпраці. Українська державна служба потребує кадрів, здатних працювати в міжнародному правовому і політичному середовищі, взаємодіяти з донорами, реалізовувати відновлювальні програми, управляти кризами, забезпечувати доброчесність і прозорість, впроваджувати цифрові інструменти та одночасно зберігати стійкість інституцій. Отже, кадрова політика в Україні повинна формуватися не лише як механізм забезпечення поточної діяльності органів влади, а як стратегія розвитку людського капіталу держави в глобальному середовищі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6821C023" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Методологічно аналіз викликів глобалізації у сфері кадрової політики доцільно здійснювати на основі інституційного, системного, компетентнісного та порівняльного підходів. Інституційний підхід дозволяє дослідити, як глобальні процеси змінюють правила й механізми кадрового управління. Системний підхід дає змогу розглядати кадрову політику як частину ширшої системи державного управління і суспільного розвитку. Компетентнісний підхід акцентує увагу на зміні вимог до працівника. Порівняльний підхід дозволяє вивчати міжнародний досвід, виявляти універсальні тенденції та адаптувати кращі практики до національних умов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D4F181" w14:textId="77777777" w:rsidR="00021A4C" w:rsidRPr="00021A4C" w:rsidRDefault="00021A4C" w:rsidP="00021A4C">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таким чином, виклики глобалізації у сфері кадрової політики полягають</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у необхідності переосмислення традиційних засад роботи з персоналом у державному секторі. Вони виявляються у зростанні міжнародної конкуренції за кадри, відтоку людського капіталу, інтернаціоналізації професійних стандартів, розширенні міжкультурної взаємодії, швидкому оновленні компетентностей, впливі глобальних криз, зміні мотиваційних моделей та посиленні вимог до інклюзивності й інституційної відкритості. У цих умовах кадрова політика державної служби повинна бути стратегічною, гнучкою, компетентнісно орієнтованою, аналітично забезпеченою та здатною поєднувати національні пріоритети з глобальними стандартами. Саме така кадрова політика здатна забезпечити професіоналізацію державної служби, її стійкість і ефективність у глобалізованому світі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C3B2E4" w14:textId="77777777" w:rsidR="00852AF6" w:rsidRPr="00B925F9" w:rsidRDefault="00852AF6" w:rsidP="00B925F9">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54E25DDB" w14:textId="7C2F9FF2" w:rsidR="00CA5FE5" w:rsidRPr="007846DC" w:rsidRDefault="007846DC" w:rsidP="00647806">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007846DC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контрольні запитання : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B388C9" w14:textId="77777777" w:rsidR="007846DC" w:rsidRDefault="007846DC" w:rsidP="00647806">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="184A95AC" w14:textId="77777777" w:rsidR="00A803F2" w:rsidRPr="00A803F2" w:rsidRDefault="00A803F2" w:rsidP="00A803F2">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="295"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A803F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У чому полягає сутність стратегічного управління людськими ресурсами в державному секторі та чим воно відрізняється від традиційного кадрового адміністрування?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF05BA9" w14:textId="77777777" w:rsidR="00A803F2" w:rsidRPr="00A803F2" w:rsidRDefault="00A803F2" w:rsidP="00A803F2">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="295"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A803F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Які основні цілі та принципи HR-стратегії у сфері державної служби?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F9606C" w14:textId="77777777" w:rsidR="00A803F2" w:rsidRPr="00A803F2" w:rsidRDefault="00A803F2" w:rsidP="00A803F2">
+      <w:pPr>
+        <w:ind w:left="426" w:hanging="295"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF50B64" w14:textId="77777777" w:rsidR="00A803F2" w:rsidRPr="00A803F2" w:rsidRDefault="00A803F2" w:rsidP="00A803F2">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="295"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A803F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Яке значення має планування кадрового потенціалу для забезпечення інституційної спроможності органів державної влади?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E5905B7" w14:textId="77777777" w:rsidR="00A803F2" w:rsidRPr="00A803F2" w:rsidRDefault="00A803F2" w:rsidP="00A803F2">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="295"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A803F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Які етапи охоплює процес планування кадрового потенціалу в системі державної служби?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BAE8B5D" w14:textId="77777777" w:rsidR="00A803F2" w:rsidRPr="00A803F2" w:rsidRDefault="00A803F2" w:rsidP="00A803F2">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="295"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A803F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У чому полягає роль компетентнісного підходу у стратегічному управлінні людськими ресурсами?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A8D5A0" w14:textId="77777777" w:rsidR="00A803F2" w:rsidRPr="00A803F2" w:rsidRDefault="00A803F2" w:rsidP="00A803F2">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="295"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A803F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Яким чином управління змінами впливає на реалізацію кадрових реформ у державному секторі?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC92F85" w14:textId="77777777" w:rsidR="00A803F2" w:rsidRPr="00A803F2" w:rsidRDefault="00A803F2" w:rsidP="00A803F2">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="295"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A803F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Які основні чинники зумовлюють опір кадровим змінам у державній службі та які механізми його подолання?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A2A9C1" w14:textId="77777777" w:rsidR="00A803F2" w:rsidRPr="00A803F2" w:rsidRDefault="00A803F2" w:rsidP="00A803F2">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="295"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A803F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Як цифровізація трансформує основні функції HR-менеджменту в державному секторі?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3DB0AB" w14:textId="77777777" w:rsidR="00A803F2" w:rsidRPr="00A803F2" w:rsidRDefault="00A803F2" w:rsidP="00A803F2">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="295"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A803F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У чому полягають основні виклики глобалізації для кадрової політики державної служби?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CE0378A" w14:textId="084F1CC4" w:rsidR="00CA5FE5" w:rsidRPr="00A803F2" w:rsidRDefault="00A803F2" w:rsidP="00A803F2">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="295"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:vanish/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-UA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C16BE6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A803F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чому стратегічне управління людськими ресурсами є важливою передумовою професіоналізації, стійкості та результативності державної служби?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23CC158C" w14:textId="77777777" w:rsidR="00446914" w:rsidRPr="00A803F2" w:rsidRDefault="00446914" w:rsidP="00A803F2">
+      <w:pPr>
+        <w:ind w:left="426" w:hanging="295"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="676370C0" w14:textId="77777777" w:rsidR="00446914" w:rsidRPr="00A803F2" w:rsidRDefault="00446914" w:rsidP="00446914">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A803F2">
+        <w:rPr>
+          <w:vanish/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Конец формы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3386B29E" w14:textId="77777777" w:rsidR="00C16BE6" w:rsidRPr="00C16BE6" w:rsidRDefault="00C16BE6" w:rsidP="00C16BE6">
-[...60 lines deleted...]
-    <w:p w14:paraId="216C11AF" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="216C11AF" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00A803F2" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:spacing w:after="4" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="4481"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49EF35A0" w14:textId="0E38713F" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="49EF35A0" w14:textId="0E38713F" w:rsidR="003E7DFA" w:rsidRPr="00A803F2" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:spacing w:after="4" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="4481"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00A803F2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Глосарій</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00A803F2">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E906CD" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="78E906CD" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:spacing w:after="4" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="4481"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EB6D1D9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="1EB6D1D9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:spacing w:after="4" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="4481"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="669D308C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="669D308C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:spacing w:after="4" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="4481"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10147" w:type="dxa"/>
         <w:tblInd w:w="-110" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="7" w:type="dxa"/>
           <w:left w:w="48" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="4562"/>
         <w:gridCol w:w="5187"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="1ADAB72F" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="1ADAB72F" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="375C45F9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="375C45F9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69F53680" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="69F53680" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">з/п </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F38AC8E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="7F38AC8E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Термін державною мовою </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C40BE8B" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="3C40BE8B" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Відповідник англійською мовою </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="4D101B14" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="4D101B14" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53B25400" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="53B25400" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B4D5A3D" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="7B4D5A3D" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="618BD8FC" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="618BD8FC" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="20B36970" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="20B36970" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DEBBECE" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="7DEBBECE" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5803DE4B" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5803DE4B" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HR-менеджмент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2773CE05" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="2773CE05" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">HR </w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HR Management</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="67993B3A" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="67993B3A" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DE0BC71" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1DE0BC71" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51A9EADB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="51A9EADB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Управління персоналом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EA3A90C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="7EA3A90C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Personnel</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Personnel Management</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="2868FB9B" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="2868FB9B" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C82024C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="7C82024C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="229F22D6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="229F22D6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Людські ресурси</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E081DB8" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="4E081DB8" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Human</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Human Resources</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="59E0C1B8" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="59E0C1B8" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E892207" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5E892207" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DEB53A3" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="4DEB53A3" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кадрова політика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57F48009" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="57F48009" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">HR </w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HR Policy</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="06DAD997" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="06DAD997" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E7491A1" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1E7491A1" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79038289" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="79038289" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Державна служба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16B3B2B0" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="16B3B2B0" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Civil</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Civil Service</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="499AEAFB" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="499AEAFB" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14DA2C8E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="14DA2C8E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10EC0DFE" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="10EC0DFE" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Публічна служба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AE18AE9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="4AE18AE9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Public</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Public Service</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="45B8D812" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="45B8D812" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57356CF5" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="57356CF5" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37A1E1AC" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="37A1E1AC" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кадровий потенціал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="585B6830" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="585B6830" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Human</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Human Resource Potential</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...31 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="45D03447" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="45D03447" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F461430" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5F461430" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E8153A0" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1E8153A0" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кадровий резерв</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6271E0F6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="6271E0F6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Talent</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Talent Pool / Personnel Reserve</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...47 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="5D73FF23" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="5D73FF23" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F726BBF" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5F726BBF" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="439C6411" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="439C6411" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Підбір персоналу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61B7A64F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="61B7A64F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recruitment</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="52B75E50" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="52B75E50" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="460FC4C5" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="460FC4C5" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65FC9859" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="65FC9859" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Відбір персоналу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="266D85EB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="266D85EB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Selection</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="09A3779A" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="09A3779A" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FAA0A03" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5FAA0A03" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="194F04F6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="194F04F6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Адаптація персоналу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="077E0C1D" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="077E0C1D" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Employee</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Employee Onboarding / Adaptation</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...31 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="6A246AE5" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="6A246AE5" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F2FF1DC" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5F2FF1DC" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D5E777D" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="4D5E777D" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Наставництво</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C1AC5D6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="3C1AC5D6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mentoring</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="2F176C43" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="2F176C43" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1225D053" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1225D053" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FB5C0AA" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="4FB5C0AA" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Коучинг</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AAD22A9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="0AAD22A9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Coaching</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="5D43FDD8" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="5D43FDD8" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30A10907" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="30A10907" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CE41E59" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="2CE41E59" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Розвиток персоналу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="466CF6C7" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="466CF6C7" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Employee</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Employee Development</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="6B2A49F0" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="6B2A49F0" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="146E213C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="146E213C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FFDC580" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5FFDC580" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Підвищення кваліфікації</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="258E9D03" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="258E9D03" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Professional </w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Professional Development</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="633D70BE" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="633D70BE" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="506371D3" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="506371D3" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12128C63" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="12128C63" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кар’єрне зростання</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CA0788B" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="6CA0788B" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Career</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Career Growth</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="7D4FD009" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="7D4FD009" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="471B19CA" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="471B19CA" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75B94261" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="75B94261" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Планування кар’єри</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F3487EF" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5F3487EF" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Career</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Career Planning</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="7476DA06" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="7476DA06" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79ECDEE7" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="79ECDEE7" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F304B04" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="0F304B04" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мотивація персоналу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4ABA9F1C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="4ABA9F1C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Employee</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Employee Motivation</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="691F9A47" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="691F9A47" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E9704C1" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="0E9704C1" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="529E1B3B" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="529E1B3B" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Матеріальне стимулювання</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16878C57" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="16878C57" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Monetary</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Monetary Incentives</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="38E8119E" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="38E8119E" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C6E8A3A" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="7C6E8A3A" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37B9DD9D" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="37B9DD9D" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Нематеріальне стимулювання</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7077A454" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="7077A454" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Non-monetary</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Non-monetary Incentives</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="4595624E" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="4595624E" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39F8B1D7" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="39F8B1D7" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14CB5DF9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="14CB5DF9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Оцінювання персоналу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58E0DD44" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="58E0DD44" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Performance</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Performance Evaluation</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="5C802BDE" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="5C802BDE" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EE913B2" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="0EE913B2" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EA54079" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1EA54079" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ключові показники ефективності (KPI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44A72D43" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="44A72D43" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> (KPI)</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Key Performance Indicators (KPI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="4F416D04" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="4F416D04" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C1FDD42" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="3C1FDD42" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D77FF40" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="2D77FF40" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Атестація персоналу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F87FEA8" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="6F87FEA8" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Personnel</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Personnel Certification / Attestation</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...31 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="297AB30F" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="297AB30F" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C000135" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1C000135" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="473AFE0F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="473AFE0F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Організаційна культура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D315AF1" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="3D315AF1" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Organizational</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Organizational Culture</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="6D2C5BF0" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="6D2C5BF0" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63340251" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="63340251" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D49BC49" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5D49BC49" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Лідерство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70C914B5" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="70C914B5" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Leadership</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="37F5E220" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="37F5E220" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59CFED83" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="59CFED83" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18D7A704" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="18D7A704" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HR-бренд</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="242EF190" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="242EF190" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">HR </w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HR Brand</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="42BCED2A" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="42BCED2A" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EF0C408" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="6EF0C408" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="259D6204" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="259D6204" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Репутаційний менеджмент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21C5F7B7" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="21C5F7B7" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Reputation</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Reputation Management</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="34681276" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="34681276" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64E33B3F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="64E33B3F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C64DBAA" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="7C64DBAA" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Соціальний пакет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="444C0BA8" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="444C0BA8" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Benefits</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Benefits Package</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="308B28C0" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="308B28C0" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1798F7F6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1798F7F6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="626D4998" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="626D4998" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Соціальні гарантії</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15AD3306" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="15AD3306" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Social</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Social Guarantees</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="30E86BB5" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="30E86BB5" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65A710BC" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="65A710BC" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5539E4F9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5539E4F9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Трудові відносини</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2911F4C8" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="2911F4C8" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Labor</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Labor Relations</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="52B1003F" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="52B1003F" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F78CA6E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5F78CA6E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37FAC956" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="37FAC956" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Колективний договір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B0AA6E2" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="2B0AA6E2" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Collective</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Collective Agreement</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="33210F48" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="33210F48" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B634A0D" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="6B634A0D" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B1CB468" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5B1CB468" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Соціальний діалог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7741D1F8" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="7741D1F8" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Social</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Social Dialogue</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="18FDE344" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="18FDE344" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1653FE1F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1653FE1F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F48B13F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="2F48B13F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Конфлікт в організації</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12C48A64" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="12C48A64" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Organizational</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Organizational Conflict</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="201A7EDB" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="201A7EDB" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F045F60" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5F045F60" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45CBBE24" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="45CBBE24" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Управління конфліктами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="344A43DF" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="344A43DF" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Conflict</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Conflict Management</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="5DDCADDF" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="5DDCADDF" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33815DEB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="33815DEB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04FCC95B" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="04FCC95B" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ділова етика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70C55862" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="70C55862" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Business</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Business Ethics</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="52A71482" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="52A71482" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76073108" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="76073108" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CF0E4C3" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="0CF0E4C3" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Доброчесність державних службовців</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1084D333" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1084D333" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Integrity</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Integrity of Civil Servants</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...47 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="3235587E" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="3235587E" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6ECA95EB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="6ECA95EB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CE63847" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="6CE63847" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ефективність кадрової політики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5709E8D0" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5709E8D0" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">HR </w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HR Policy Effectiveness</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="6D597366" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="6D597366" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4390A6F3" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="4390A6F3" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F619591" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1F619591" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Цифрові інструменти HR-менеджменту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DB3949E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="7DB3949E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Digital</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Digital HR Tools</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="63F5EE5F" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="63F5EE5F" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BACEF97" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1BACEF97" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54703E1C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="54703E1C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
-[...20 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Електронне навчання (e-learning)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="710B923C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="710B923C" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
-[...4 lines deleted...]
-              <w:t>E-</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E-learning</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="61D56EB4" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="61D56EB4" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CC6A5F9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="6CC6A5F9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BDA3E24" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1BDA3E24" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Інновації в HR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E8EA826" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1E8EA826" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">HR </w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HR Innovations</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="697A7A7D" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="697A7A7D" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5404D25F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="5404D25F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58075E54" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="58075E54" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> у HR</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Good governance у HR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DBA91DC" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="2DBA91DC" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> HR</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Good Governance in HR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="0E664CF1" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="0E664CF1" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AB9F7E3" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="1AB9F7E3" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B677736" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="6B677736" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Глобалізація та HR-менеджмент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B5531D9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="7B5531D9" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Globalization</w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Globalization and HR Management</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...31 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7DFA" w:rsidRPr="007A4710" w14:paraId="6B120227" w14:textId="77777777" w:rsidTr="00A3583D">
+      <w:tr w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w14:paraId="6B120227" w14:textId="77777777" w:rsidTr="00A3583D">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05A27DD0" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="05A27DD0" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45C15A3F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="45C15A3F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
+            <w:r w:rsidRPr="00021A4C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Перспективи розвитку HR у державному секторі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25AFF9E1" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
+          <w:p w14:paraId="25AFF9E1" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="00A3583D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4710">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">HR </w:t>
+            <w:r w:rsidRPr="00021A4C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HR Development Prospects in Public Sector</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...71 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2CE99512" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="2CE99512" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1808939B" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="1808939B" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C136067" w14:textId="577C9628" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="1C136067" w14:textId="577C9628" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Рекомендована література</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E6600A6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="2E6600A6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A33A0BF" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="1A33A0BF" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Основна література</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49AA7AF4" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="49AA7AF4" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C3BCBFE" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="2C3BCBFE" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D0D9197" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="0D0D9197" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...128 lines deleted...]
-    <w:p w14:paraId="5C96F7D0" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+        <w:t xml:space="preserve">1. Балабанова Л. В. Управління персоналом: підручник для студ. вищ. навч. закл. / Л. В. Балабанова, О. В. Сардак. Київ: Центр учбової літератури, 2019. 468 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C96F7D0" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
-[...74 lines deleted...]
-    <w:p w14:paraId="26ADDBFA" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+        <w:t xml:space="preserve">2. Балановська Т. І., Гогуля О. П., Драгнєва Н. І., Драмарецька К. П., Троян А. В. Управління персоналом: навчальний посібник. Київ: Друк «ЦП «КОМПРИНТ», 2015. 387 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26ADDBFA" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. </w:t>
-[...56 lines deleted...]
-    <w:p w14:paraId="76DCD17F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+        <w:t xml:space="preserve">3. Балановська Т. І., Михайліченко М. В., Троян А. В. Сучасні технології управління персоналом: навчальний посібник. Київ: ФОП Ямчинський О.В., 2020. 466с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DCD17F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. Гавриш О.А., Довгань Л.Є., </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="105DE083" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+        <w:t xml:space="preserve">4. Гавриш О.А., Довгань Л.Є., Крейдич І.М., Семенченко Н.В. Технології управління персоналом: монографія. Київ: НТУУ «КПІ імені Ігоря Сікорського», 2017. 528 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="105DE083" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">5. Довгань Л.Є., </w:t>
-[...56 lines deleted...]
-    <w:p w14:paraId="7C7AC04D" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+        <w:t xml:space="preserve">5. Довгань Л.Є., Ведута Л.Л., Мохонько Г.А. Технології управління людськими ресурсами: навч. посібник. Київ: КПІ ім. Ігоря Сікорського, 2018. 512с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7AC04D" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. Криворучко О. М., </w:t>
-[...38 lines deleted...]
-    <w:p w14:paraId="0C304B74" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+        <w:t xml:space="preserve">6. Криворучко О. М., Водолажська Т.О. Управління персоналом підприємства: навч. посібник. Харків: ХНАДУ, 2016. 200 с. URL: http://dl.khadi.kharkov.ua/pluginfile.php/38266/mod_resource/content/2/Posobi e_Ypr_PersonalomZ.pdf </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C304B74" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">7. </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="33CB4FD2" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">7. Лук’янихін В. Менеджмент персоналу: навчальний посібник. Київ: Університетська книга, 2015. 592 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CB4FD2" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...21 lines deleted...]
-    <w:p w14:paraId="19C20B5A" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+        <w:t>8. Назарова Г.В. Оцінка конкурентоспроможності системи управління персоналом підприємства: монографія / Г.В. Назарова, В.І. Лаптєв, Д.О. Корсаков. Х. ХНЕУ ім. С. Кузнеця. 2014. 188 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C20B5A" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9. Новікова М. М., </w:t>
-[...74 lines deleted...]
-    <w:p w14:paraId="443A29ED" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+        <w:t xml:space="preserve"> 9. Новікова М. М., Мажник Л. О. Технологія управління персоналом: теоретичні та методичні аспекти: [монографія]. Харк. нац. акад. міськ. госп-ва. Харків: ХНАМГ, 2012. 215 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443A29ED" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066745B6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="066745B6" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">10. Носик О. А. Розвиток служби управління персоналом державного органу на засадах </w:t>
-[...92 lines deleted...]
-        <w:r w:rsidRPr="007A4710">
+        <w:t xml:space="preserve">10. Носик О. А. Розвиток служби управління персоналом державного органу на засадах компетентнісного підходу: дис. … канд. наук з держ. упр. : 25.00.03. Харків, 2018. 264 с. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00021A4C">
           <w:rPr>
             <w:rStyle w:val="ad"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>http://academy.gov.ua/pages/dop/137/files/f4075787-6181-49f4-b44b3110c5ceb93b.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42EA1E13" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="42EA1E13" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">11. Оцінка персоналу як складова управління людськими ресурсами. </w:t>
-[...20 lines deleted...]
-        <w:r w:rsidRPr="007A4710">
+        <w:t xml:space="preserve">11. Оцінка персоналу як складова управління людськими ресурсами. i.factor: вебсайт. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00021A4C">
           <w:rPr>
             <w:rStyle w:val="ad"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>https://i.factor.ua/ukr/journals/ds/2015/december/issue12/article-14201.amp</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A909944" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="2A909944" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">12.Руденко О. М., </w:t>
-[...92 lines deleted...]
-    <w:p w14:paraId="0854A1CB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+        <w:t>12.Руденко О. М., Штурхецький С. В., Шершньова О. В. , Філіпова Н. В. HR-менеджмент у публічному управлінні : навч. посібн. /Київ : Кондор-видавництво, 2016. – 124 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0854A1CB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">13. Стандарт вищої освіти України. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="007A4710">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00021A4C">
           <w:rPr>
             <w:rStyle w:val="ad"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>https://mon.gov.ua/storage/app/media/vishchaosvita/zatverdzeni%20standarty/2020/03/051-ekonomika-M.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31CFA54A" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="31CFA54A" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">14. Управління персоналом: підручник. О. М. </w:t>
-[...110 lines deleted...]
-    <w:p w14:paraId="0604D8BC" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+        <w:t xml:space="preserve">14. Управління персоналом: підручник. О. М. Шубалий, Н. Т. Рудь, А. І. Гордійчук, І. В. Шубала, М. І. Дзямулич, О. В. Потьомкіна, О. В. Середа; за заг. ред. О. М. Шубалого. Луцьк: ІВВ Луцького НТУ, 2018. 404 с. 80 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0604D8BC" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">15. </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="02FB5767" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+        <w:t xml:space="preserve">15. Щокін Г.В. Соціальна теорія та кадрова політика. Монографія. К: МАУП, 2020. 576 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02FB5767" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">16. HR-менеджмент: конспект лекцій: </w:t>
-[...92 lines deleted...]
-    <w:p w14:paraId="7F54B93F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+        <w:t xml:space="preserve">16. HR-менеджмент: конспект лекцій: навч. посіб. для студ. спеціальності 073 «Менеджмент. КПІ ім. Ігоря Сікорського; уклад.: М.В. Шкробот, Л.Л. Ведута. Київ: КПІ ім. Ігоря Сікорського, 2020. 270 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F54B93F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:ind w:left="142" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>17. HR-аналітика як ключовий фактор для прийняття рішень https://hurma.work/blog/hr-analitika-yak-klyuchovij-faktor-dlya-prijnyattya-rishen-u2020-roczi/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="705393E2" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="705393E2" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="515D2888" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="515D2888" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Допоміжна література</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE8C4BE" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="7DE8C4BE" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65D096F8" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="65D096F8" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="0E3CA24E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Бей Г.В., Середа Г.В. Трансформація HR-технологій під впливом цифровізації бізнес-процесів. Економіка і організація управління. 2019. № 2(34). С. 93–101. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E3CA24E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="472B47A1" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Винничук Р. О. Таланти як особлива категорія працівників організації. Глобальні та національні проблеми економіки. 2018. Вип. 21. С. 246–250. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472B47A1" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Денисов А.Ф., Кардаш Д.С. Аналіз практики цифрових технологій в підборі персоналу. Економіка і управління. 2018. № 6. С. 26–37. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6267B54A" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="6267B54A" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...38 lines deleted...]
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">підприємництво: тренди розвитку. - 2018. - </w:t>
-[...18 lines deleted...]
-        <w:r w:rsidRPr="007A4710">
+        <w:t xml:space="preserve">4. Дороніна О. А. Трансформація підходів до мотивування персоналу в умовах новітньої управлінської парадигми / О. А. Дороніна // Менеджмент та підприємництво: тренди розвитку. - 2018. - Вип. 3. - С. 23-32. - Режим доступу: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00021A4C">
           <w:rPr>
             <w:rStyle w:val="ad"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>http://nbuv.gov.ua/UJRN/mnnt_2018_3_5 81</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA2D4DD" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="3FA2D4DD" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="64CCFB39" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Дороніна О.А. Кадрова політика як інструмент антикризового управління підприємством. Інвестиції: практика та досвід. 2015. № 20. С. 92–95.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64CCFB39" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...55 lines deleted...]
-    <w:p w14:paraId="26CEAADA" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Пітер Сенге. П’ята дисципліна: Мистецтво та практика організації, котра самонавчається. MagneticOne Academy, 2018. 496 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CEAADA" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...55 lines deleted...]
-    <w:p w14:paraId="617D2B4F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Професійний розвиток персоналу підприємств у країнах Європейського Союзу: посібник. Л. П. Пуховська, А. О. Ворначев, С. О. Леу. Київ: ІПТО НАПНУ. 2015. 176 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617D2B4F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...71 lines deleted...]
-    <w:p w14:paraId="19F365CB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Соціально-економічні механізми управління розвитком людських ресурсів в умовах цифровізації та інноватизації: колективна монографія / За заг. ред. д.е.н., проф. О.М. Левченка. Кропивницький: Ексклюзив-Систем, 2021. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F365CB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-        <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Сочинська-Сибірцева І.М. Технологія управління надійністю персоналу в контексті кадрової безпеки «Економіка і організація управління» Збірник наукових праць Донецький національний університет м. Вінниця, 2016. Вип. 23. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00021A4C">
           <w:rPr>
             <w:rStyle w:val="ad"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>https://jeou.donnu.edu.ua/article/view/2899</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2994EC66" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="2994EC66" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-        <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Сочинська-Сибірцева І.М. Упровадження компетентнісного підходу в систему оцінки державних службовців. Науково-виробничий журнал: Держава та регіони. Серія: Економіка та підприємництво №4(121), 2021. с. 50- 55 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00021A4C">
           <w:rPr>
             <w:rStyle w:val="ad"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>http://www.econom.stateandregions.zp.ua/archive?id=143</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="513DBBC0" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="513DBBC0" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...71 lines deleted...]
-    <w:p w14:paraId="4858A584" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Сочинська-Сибірцева І.М. Особливості кадрової безпеки в умовах форс-мажору. Глобальна безпека та асиметричність світового господарства в умовах нестабільного розвитку економічних систем: матеріали науковопрактичної інтернет-конференції (м. Кропивницький, 12 травня 2021 р.) / упоряд. І. М. Миценко. Кропивницький : ЦНТУ, 2021. С. 148-153. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4858A584" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...55 lines deleted...]
-    <w:p w14:paraId="0BD2A0F5" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12. Шаульська Л. В. Соціальна політика як передумова розвитку інтелектуальних складових людського потенціалу / Л.В. Шаульська, А. В. Карпенко // Менеджмент та підприємництво: тренди розвитку. - 2018. - Вип. 4. - С. 33-45. - Режим доступу: http://nbuv.gov.ua/UJRN/ mnnt_2018_2_2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD2A0F5" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...55 lines deleted...]
-        <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Щьокіна Є. Ю., Задорожнюк Н. О., Білоусова І. А. Система управління талантами в сучасних організаціях. Інфраструктура ринку. 2020. Вип. 43. С. 347–351. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00021A4C">
           <w:rPr>
             <w:rStyle w:val="ad"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>http://nbuv.gov.ua/UJRN/ifrctr_2020_43_65</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A758EFA" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="2A758EFA" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...23 lines deleted...]
-    <w:p w14:paraId="7AFADA98" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Як полегшити життя HR-ам: цифрова трансформація пошуку персоналу. URL: https://prohr.rabota.ua/yak-polegshiti-zhittya-hr-am-tsifrovatransformatsiya-poshuku-personalu/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AFADA98" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...39 lines deleted...]
-    <w:p w14:paraId="04A0E7E4" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15. HR-брендинг в Україні. Теорія та практика / [Т. Рябоконь, О. Кухарук, Л. Гасай, Л. Онипко, М. Ярош]. К.: Джерела М, 2015. 116 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A0E7E4" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BECD43F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="2BECD43F" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37973421" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="37973421" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EB79527" w14:textId="0ED7B208" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="3EB79527" w14:textId="0ED7B208" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> Інформаційні ресурси в Інтернеті</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E1D7BB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="23E1D7BB" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A1DDD41" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="2A1DDD41" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Електронний архів Державного університету «Житомирська політехніка». URL: https://eztuir.ztu.edu.ua/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BDC28E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="56BDC28E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00021A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Офіційний веб-портал органів виконавчої влади України. URL: http://www.kmu.gov.ua.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DDA76A" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="48DDA76A" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Офіційний портал Верховної Ради України. URL: http://rada.gov.ua/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A6C6193" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="7A6C6193" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Офіційний сайт Державної служби статистики України. URL: http://www.ukrstat.gov.ua </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE83CF7" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="2AE83CF7" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Офіційний сайт Міжнародного валютного фонду. URL: http://www.imf.org/external/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A778D40" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="2A778D40" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Офіційний сайт Міністерства розвитку економіки, торгівлі та сільського господарства України. URL: http://www.me.gov.ua</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47728899" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="47728899" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Офіційний сайт Міністерства фінансів України. URL: http://www.minfin.gov.ua </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FEF1FD7" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="0FEF1FD7" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Офіційний сайт Національного Банку України. URL: http://www.bank.gov.ua </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63A52ECE" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="63A52ECE" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Офіційний сайт Національної бібліотеки України імені В.І. Вернадського. URL: http://www.nbuv.gov.ua.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53017B69" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="53017B69" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Офіційний сайт Національної комісії з цінних паперів та фондового ринку. URL: http://www.ssmsc.gov.ua.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE85E88" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="7AE85E88" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Офіційний сайт Світового банку. URL: http://www.worldbank.org/uk/country/ukraine.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F7F7D1E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="3F7F7D1E" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4710">
+      <w:r w:rsidRPr="00021A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Офіційний сайт Світової організації торгівлі. URL: https://www.wto.org</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18EFCF87" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="007A4710" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
+    <w:p w14:paraId="18EFCF87" w14:textId="77777777" w:rsidR="003E7DFA" w:rsidRPr="00021A4C" w:rsidRDefault="003E7DFA" w:rsidP="003E7DFA">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EC207AC" w14:textId="77777777" w:rsidR="00B95298" w:rsidRPr="007A4710" w:rsidRDefault="00B95298" w:rsidP="001D5CCB">
+    <w:p w14:paraId="0EC207AC" w14:textId="77777777" w:rsidR="00B95298" w:rsidRPr="00021A4C" w:rsidRDefault="00B95298" w:rsidP="001D5CCB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13A9C791" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="007A4710" w:rsidRDefault="001D5CCB" w:rsidP="00DC5BC7">
+    <w:p w14:paraId="13A9C791" w14:textId="77777777" w:rsidR="001D5CCB" w:rsidRPr="00021A4C" w:rsidRDefault="001D5CCB" w:rsidP="00DC5BC7">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E1B8CC2" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="007A4710" w:rsidRDefault="00DC5BC7" w:rsidP="00B907F4">
+    <w:p w14:paraId="5E1B8CC2" w14:textId="77777777" w:rsidR="00DC5BC7" w:rsidRPr="00021A4C" w:rsidRDefault="00DC5BC7" w:rsidP="00B907F4">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C83E31B" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="007A4710" w:rsidRDefault="00B907F4" w:rsidP="002978B6">
+    <w:p w14:paraId="4C83E31B" w14:textId="77777777" w:rsidR="00B907F4" w:rsidRPr="00021A4C" w:rsidRDefault="00B907F4" w:rsidP="002978B6">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D27291E" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="007A4710" w:rsidRDefault="00AC3839" w:rsidP="000C2EBB">
+    <w:p w14:paraId="0D27291E" w14:textId="77777777" w:rsidR="00AC3839" w:rsidRPr="00021A4C" w:rsidRDefault="00AC3839" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15468233" w14:textId="77777777" w:rsidR="00D15040" w:rsidRPr="007A4710" w:rsidRDefault="00D15040" w:rsidP="000C2EBB">
+    <w:p w14:paraId="15468233" w14:textId="77777777" w:rsidR="00D15040" w:rsidRPr="00021A4C" w:rsidRDefault="00D15040" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32B34A44" w14:textId="77777777" w:rsidR="00D15040" w:rsidRPr="007A4710" w:rsidRDefault="00D15040" w:rsidP="00D15040">
+    <w:p w14:paraId="32B34A44" w14:textId="77777777" w:rsidR="00D15040" w:rsidRPr="00021A4C" w:rsidRDefault="00D15040" w:rsidP="00D15040">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B159127" w14:textId="77777777" w:rsidR="00D15040" w:rsidRPr="007A4710" w:rsidRDefault="00D15040" w:rsidP="000C2EBB">
+    <w:p w14:paraId="3B159127" w14:textId="77777777" w:rsidR="00D15040" w:rsidRPr="00021A4C" w:rsidRDefault="00D15040" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="681E7141" w14:textId="665C8ED0" w:rsidR="00072F83" w:rsidRPr="007A4710" w:rsidRDefault="00072F83" w:rsidP="000C2EBB">
+    <w:p w14:paraId="681E7141" w14:textId="665C8ED0" w:rsidR="00072F83" w:rsidRPr="00021A4C" w:rsidRDefault="00072F83" w:rsidP="000C2EBB">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00072F83" w:rsidRPr="007A4710" w:rsidSect="002978B6">
+    <w:sectPr w:rsidR="00072F83" w:rsidRPr="00021A4C" w:rsidSect="002978B6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -19284,50 +30858,348 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A977228"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="93BABE54"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BA9079D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="94D899CC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C1945C1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7902DF34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -19432,51 +31304,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E806AA5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FC748F54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -19545,51 +31417,200 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E9E7BD4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9CAE4644"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="107A4FEF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8196BC50"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -19694,51 +31715,200 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="111F7D2B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5FFA63A2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="146E6237"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="33489B9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -19843,51 +32013,313 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15EE7ED7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="95844F90"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18995C99"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4480380E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C052B3F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="97866E04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -19992,51 +32424,796 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21365A0E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="108C181E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21741F5D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AF608038"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21CC3C6C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="70F270B6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24F7619E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="69A0A5A0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2614742D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4EDE2520"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26EA06B0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="836AF16A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -20141,51 +33318,539 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C3A71DF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A49EE710"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EBD347B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="000C4576"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F080523"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="78BE8C54"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F631ED0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A0D20222"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FC71A61"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7E30720E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -20290,51 +33955,200 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33C421E3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8E362F0A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33DE0786"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="809C8954"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -20403,51 +34217,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3440489E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3B2EE2E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -20552,51 +34366,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36D426B1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1C86A668"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -20701,51 +34515,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37894F6E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D8BC5B04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -20850,51 +34664,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37C23B19"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D1B0E718"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -20999,51 +34813,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38013679"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="22440D68"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21148,51 +34962,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38107CC4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="63B23BD8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -21261,51 +35075,1022 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B13027F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E56A94FA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="416A495F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F92A5D7E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="482D1AE5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="03B8019E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49C13363"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="567C5CB2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A4B590B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="64600CA2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ADE6DBB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CB260F0C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C6E675F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CA745EE4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C9817F5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9B5C7E74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21410,51 +36195,164 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5107352D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7C86849A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="517F3CB6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B1DCEE0A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21559,51 +36457,200 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51A9783D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="07D4C2BA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5539361C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="33603D4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21708,51 +36755,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="569E36AB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFF2779C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21857,51 +36904,200 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="569F625A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A3C8DCA4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57813605"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3B1E3F22"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22006,51 +37202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57DD727B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="702603DE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22155,51 +37351,200 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59014D3F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5E86A398"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CB002E9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A3465ED6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22304,51 +37649,462 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D1B1BB8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="169E1A30"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F7672F1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BBCE88C2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64C8126F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BAF6F682"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65D4520B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7D440FEC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22453,51 +38209,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69B345A0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="84321000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22602,51 +38358,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69FD6048"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FA8EE162"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22751,51 +38507,498 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A202268"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E3E33E8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A783C00"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="026C3870"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6ABD1DF0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="75B64AD6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6ACB3770"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="005C371A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -22864,51 +39067,462 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B3E76DB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="186E9BE8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C7F18FE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D71846FC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D37175E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6BCA8492"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="707756EA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="43800EFE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23013,51 +39627,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="722429CE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0EB6D2DE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23162,51 +39776,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74B47AC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DCD098CA"/>
     <w:lvl w:ilvl="0" w:tplc="0422000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -23248,51 +39862,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="756C7BAB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="692886B4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7616793F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="91A04AC6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23397,51 +40160,137 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77C8170F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="903A8516"/>
+    <w:lvl w:ilvl="0" w:tplc="2000000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1571" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2291" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3011" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3731" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4451" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5171" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5891" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6611" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7331" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F715A4A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="08B2DB4E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23547,184 +40396,364 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1058629997">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="935014384">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="183977984">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2126651085">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1515922923">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1124926590">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="785344307">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="197856113">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="201022442">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2020882820">
+    <w:abstractNumId w:val="66"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1840120209">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1931281050">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="201022442">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="13" w16cid:durableId="752168005">
+    <w:abstractNumId w:val="64"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="2020882820">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="14" w16cid:durableId="1465350723">
+    <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1840120209">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="15" w16cid:durableId="606352435">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1931281050">
+  <w:num w:numId="16" w16cid:durableId="340932513">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="285965102">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="48111620">
+    <w:abstractNumId w:val="63"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="2135100823">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="852888632">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="752168005">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="21" w16cid:durableId="1906408385">
+    <w:abstractNumId w:val="68"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1465350723">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="22" w16cid:durableId="733895562">
+    <w:abstractNumId w:val="52"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="606352435">
-[...11 lines deleted...]
-  <w:num w:numId="19" w16cid:durableId="2135100823">
+  <w:num w:numId="23" w16cid:durableId="1948003477">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="852888632">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="24" w16cid:durableId="743259245">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1906408385">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="25" w16cid:durableId="1078408330">
+    <w:abstractNumId w:val="62"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="733895562">
+  <w:num w:numId="26" w16cid:durableId="1477724159">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1287195172">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="258299411">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1948003477">
-[...16 lines deleted...]
-  </w:num>
   <w:num w:numId="29" w16cid:durableId="1404065625">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="48"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="585964882">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="58"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="801462343">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1339885753">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="119030492">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1195076569">
+    <w:abstractNumId w:val="59"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="789785271">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="880019894">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="104859352">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="556547778">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1261990889">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1074619651">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="695738143">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1222865971">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="438989613">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1903100607">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="452141591">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="251397060">
+    <w:abstractNumId w:val="65"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1071272737">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="2011368453">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="485363700">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="3287389">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="1829440717">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="2032564450">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="18356824">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="54" w16cid:durableId="1769734499">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="55" w16cid:durableId="1776557841">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="56" w16cid:durableId="1793018263">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="57" w16cid:durableId="1408571227">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="58" w16cid:durableId="913274361">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="59" w16cid:durableId="1739130691">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="60" w16cid:durableId="1404524477">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="61" w16cid:durableId="1451897897">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="62" w16cid:durableId="1465849995">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="63" w16cid:durableId="1855345106">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="64" w16cid:durableId="1086222925">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="65" w16cid:durableId="1091314922">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="66" w16cid:durableId="1543135637">
+    <w:abstractNumId w:val="60"/>
+  </w:num>
+  <w:num w:numId="67" w16cid:durableId="989287233">
+    <w:abstractNumId w:val="61"/>
+  </w:num>
+  <w:num w:numId="68" w16cid:durableId="1353070681">
+    <w:abstractNumId w:val="67"/>
+  </w:num>
+  <w:num w:numId="69" w16cid:durableId="1974404447">
+    <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B929FC"/>
+    <w:rsid w:val="00021A4C"/>
     <w:rsid w:val="00072F83"/>
     <w:rsid w:val="000C2EBB"/>
+    <w:rsid w:val="000D078D"/>
+    <w:rsid w:val="000E0359"/>
+    <w:rsid w:val="000F1754"/>
     <w:rsid w:val="001258F5"/>
     <w:rsid w:val="001A3CB6"/>
+    <w:rsid w:val="001B258E"/>
     <w:rsid w:val="001D5CCB"/>
+    <w:rsid w:val="001D5F84"/>
     <w:rsid w:val="002342A1"/>
+    <w:rsid w:val="002534C5"/>
+    <w:rsid w:val="00257701"/>
+    <w:rsid w:val="00274897"/>
+    <w:rsid w:val="00283532"/>
     <w:rsid w:val="002978B6"/>
+    <w:rsid w:val="002A7EEB"/>
+    <w:rsid w:val="002C2BD0"/>
+    <w:rsid w:val="002E312B"/>
+    <w:rsid w:val="00300979"/>
     <w:rsid w:val="0033159D"/>
+    <w:rsid w:val="00345ED0"/>
+    <w:rsid w:val="003A2458"/>
+    <w:rsid w:val="003C383C"/>
     <w:rsid w:val="003E7DFA"/>
+    <w:rsid w:val="00446914"/>
+    <w:rsid w:val="004523AE"/>
+    <w:rsid w:val="004F38BD"/>
+    <w:rsid w:val="00553733"/>
     <w:rsid w:val="006418DC"/>
+    <w:rsid w:val="00647806"/>
+    <w:rsid w:val="00663E97"/>
+    <w:rsid w:val="00664C35"/>
+    <w:rsid w:val="00666DC6"/>
+    <w:rsid w:val="006924FE"/>
+    <w:rsid w:val="006B38FA"/>
+    <w:rsid w:val="00736AE9"/>
+    <w:rsid w:val="007846DC"/>
     <w:rsid w:val="007A4710"/>
+    <w:rsid w:val="007B09F7"/>
+    <w:rsid w:val="007E59E8"/>
+    <w:rsid w:val="007F24DA"/>
+    <w:rsid w:val="00852AF6"/>
+    <w:rsid w:val="008948A4"/>
+    <w:rsid w:val="00934F35"/>
+    <w:rsid w:val="0093746A"/>
+    <w:rsid w:val="009540FE"/>
+    <w:rsid w:val="009B1562"/>
+    <w:rsid w:val="009D1101"/>
     <w:rsid w:val="009F033B"/>
+    <w:rsid w:val="00A430E2"/>
+    <w:rsid w:val="00A70181"/>
+    <w:rsid w:val="00A80030"/>
+    <w:rsid w:val="00A803F2"/>
+    <w:rsid w:val="00A84D90"/>
     <w:rsid w:val="00AC3839"/>
+    <w:rsid w:val="00AD27E5"/>
     <w:rsid w:val="00B15F5A"/>
     <w:rsid w:val="00B907F4"/>
+    <w:rsid w:val="00B925F9"/>
     <w:rsid w:val="00B929FC"/>
     <w:rsid w:val="00B95298"/>
+    <w:rsid w:val="00BA364D"/>
+    <w:rsid w:val="00BC0503"/>
+    <w:rsid w:val="00BE0094"/>
     <w:rsid w:val="00BF2C6D"/>
     <w:rsid w:val="00C16BE6"/>
+    <w:rsid w:val="00C81E21"/>
+    <w:rsid w:val="00C975CC"/>
+    <w:rsid w:val="00CA5FE5"/>
+    <w:rsid w:val="00CF789A"/>
     <w:rsid w:val="00D15040"/>
+    <w:rsid w:val="00D41EEF"/>
     <w:rsid w:val="00D52367"/>
+    <w:rsid w:val="00DB14ED"/>
     <w:rsid w:val="00DC5BC7"/>
+    <w:rsid w:val="00DF340B"/>
+    <w:rsid w:val="00E102F2"/>
+    <w:rsid w:val="00E46C73"/>
     <w:rsid w:val="00E50D75"/>
+    <w:rsid w:val="00EB26B4"/>
+    <w:rsid w:val="00F4024C"/>
+    <w:rsid w:val="00F54C8B"/>
+    <w:rsid w:val="00F56831"/>
+    <w:rsid w:val="00F60F99"/>
+    <w:rsid w:val="00FB12BE"/>
+    <w:rsid w:val="00FC7A3D"/>
+    <w:rsid w:val="00FF165D"/>
+    <w:rsid w:val="00FF506B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4701E2EF"/>
@@ -24697,62 +41726,74 @@
   <w:style w:type="character" w:styleId="ad">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="003E7DFA"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="003E7DFA"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F1754"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbuv.gov.ua/UJRN/mnnt_2018_3_5%2081" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mon.gov.ua/storage/app/media/vishchaosvita/zatverdzeni%20standarty/2020/03/051-ekonomika-M.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://i.factor.ua/ukr/journals/ds/2015/december/issue12/article-14201.amp" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbuv.gov.ua/UJRN/ifrctr_2020_43_65" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://academy.gov.ua/pages/dop/137/files/f4075787-6181-49f4-b44b3110c5ceb93b.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.econom.stateandregions.zp.ua/archive?id=143" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jeou.donnu.edu.ua/article/view/2899" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mon.gov.ua/storage/app/media/vishchaosvita/zatverdzeni%20standarty/2020/03/051-ekonomika-M.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://i.factor.ua/ukr/journals/ds/2015/december/issue12/article-14201.amp" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbuv.gov.ua/UJRN/ifrctr_2020_43_65" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://academy.gov.ua/pages/dop/137/files/f4075787-6181-49f4-b44b3110c5ceb93b.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.econom.stateandregions.zp.ua/archive?id=143" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jeou.donnu.edu.ua/article/view/2899" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nbuv.gov.ua/UJRN/mnnt_2018_3_5%2081" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -25030,55 +42071,55 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>44552</Characters>
+  <Pages>77</Pages>
+  <Words>30899</Words>
+  <Characters>176127</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>371</Lines>
-  <Paragraphs>104</Paragraphs>
+  <Lines>1467</Lines>
+  <Paragraphs>413</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>52264</CharactersWithSpaces>
+  <CharactersWithSpaces>206613</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Юрий Шпак</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>