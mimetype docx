--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -1,8283 +1,28038 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="08D09B08" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+    <w:p w14:paraId="08D09B08" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ОПОРНИЙ КОНСПЕКТ ЛЕКЦІЙ З ДИСЦИПЛІНИ   </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>НАВЧАЛЬНОЇ ДИСЦИПЛІНИ :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D83B3A" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+    <w:p w14:paraId="45D83B3A" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1364F830" w14:textId="723D353E" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+    <w:p w14:paraId="1364F830" w14:textId="723D353E" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Основи публічного управління</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2392144B" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+    <w:p w14:paraId="2392144B" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36214655" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+    <w:p w14:paraId="36214655" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3593F07D" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+    <w:p w14:paraId="3593F07D" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПЕРЕДМОВА</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077DBB70" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+    <w:p w14:paraId="077DBB70" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D8C6ADC" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+    <w:p w14:paraId="7D8C6ADC" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="430CDBD4" w14:textId="7C3A3B38" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+    <w:p w14:paraId="430CDBD4" w14:textId="7C3A3B38" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Метою вивчення </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>навчальної</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> дисципліни </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Мета навчальної дисципліни: оволодіння теоретичними знаннями з питань</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>Мета навчальної дисципліни: оволодіння теоретичними знаннями з питань публічного управління та набуття практичних вмінь і навичок щодо застосування законів, принципів, методів, технологій та процедур в управлінні суб'єктами публічної сфери; набуття вмінь та формування компетенцій, необхідних для виконання функцій та реалізації повноважень керівника (фахівця) суб'єкта публічного адміністрування, в тому числі для органів державної влади і місцевого самоврядування.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5A2024" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>публічного управління та набуття практичних вмінь і навичок щодо застосування</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>Основні завдання навчальної дисципліни:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F8FF3E6" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>законів, принципів, методів, технологій та процедур в управлінні суб'єктами</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>– узагальнення теоретичних засад у сфері публічного управління, розуміння</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708C8AD4" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>публічної сфери; набуття вмінь та формування компетенцій, необхідних для</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>основних тенденцій та напрямів їх еволюції;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354CE70A" w14:textId="28FB4B25" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>виконання функцій та реалізації повноважень керівника (фахівця) суб'єкта</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>– визначення суті, законів, принципів і механізмів публічного управління в розвитку суспільства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1B8043" w14:textId="52D62252" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>публічного адміністрування, в тому числі для органів державної влади і місцевого</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>– опанування основами методології, технологіями та процедурами публічного управління об'єктів публічної сфери соціального захисту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E8F1AB1" w14:textId="396F79F4" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>самоврядування.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F5A2024" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+        <w:t>– оволодіння методами формування, моніторингу та контролю управлінських рішень на національному, регіональному та місцевому рівнях, а також на рівні суб'єктів публічної сфери, з позицій загально-цивілізаційних цінностей, світового досвіду та осмислення наукових здобутків;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFCA2F4" w14:textId="7E89F944" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Основні завдання навчальної дисципліни:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1F8FF3E6" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+        <w:t>– набуття навичок розроблення та впровадження заходів із забезпечення результативної та ефективної діяльності суб'єктів публічної сфери.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C317EED" w14:textId="0EE2B61A" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>– узагальнення теоретичних засад у сфері публічного управління, розуміння</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Відповідно до змісту освітньо-професійної програми, опанування навчальної дисципліни «Основи публічного управління» забезпечуватиме формування інтегральної компетентності, а також загальних (ЗК) та спеціальних</w:t>
+      </w:r>
+      <w:r w:rsidR="00164E9C" w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>основних тенденцій та напрямів їх еволюції;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="354CE70A" w14:textId="28FB4B25" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+        <w:t>компетентностей (СК).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC0BC2C" w14:textId="26B219B4" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>– визначення суті, законів, принципів і механізмів публічного управління в</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>Інтегральна компетентність – здатність розв’язувати складні спеціалізовані</w:t>
+      </w:r>
+      <w:r w:rsidR="00164E9C" w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>розвитку суспільства;</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>задачі та практичні проблеми у галузі соціального забезпечення, що передбачає</w:t>
+      </w:r>
+      <w:r w:rsidR="00164E9C" w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>– опанування основами методології, технологіями та процедурами</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>застосування теорій та методів соціальної політики і характеризується</w:t>
+      </w:r>
+      <w:r w:rsidR="00164E9C" w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>публічного управління об'єктів публічної сфери соціального захисту;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E8F1AB1" w14:textId="396F79F4" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+        <w:t>комплексністю та невизначеністю умов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18109A8D" w14:textId="0C5AE2C7" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>– оволодіння методами формування, моніторингу та контролю управлінських</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>ЗК1. Здатність реалізувати свої права і обов’язки як члена суспільства,</w:t>
+      </w:r>
+      <w:r w:rsidR="00164E9C" w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>рішень на національному, регіональному та місцевому рівнях, а також на рівні</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>усвідомлювати цінності громадянського (вільного демократичного) суспільства та</w:t>
+      </w:r>
+      <w:r w:rsidR="00164E9C" w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>суб'єктів публічної сфери, з позицій загально-цивілізаційних цінностей, світового</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>необхідність його сталого розвитку, верховенства права, прав і свобод людини і</w:t>
+      </w:r>
+      <w:r w:rsidR="00164E9C" w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>досвіду та осмислення наукових здобутків;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0AFCA2F4" w14:textId="7E89F944" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+        <w:t>громадянина в Україні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5005BF48" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>– набуття навичок розроблення та впровадження заходів із забезпечення</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>ЗК10. Вміння виявляти, ставити та вирішувати проблеми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0787FF82" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>результативної та ефективної діяльності суб'єктів публічної сфери.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0C317EED" w14:textId="0EE2B61A" w:rsidR="00734F19" w:rsidRPr="005D3CD2" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+        <w:t>ЗК11. Здатність приймати обґрунтовані рішення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0761C33F" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
       <w:pPr>
         <w:ind w:right="141" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Відповідно до змісту освітньо-професійної програми, опанування навчальної</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>СК4. Здатність використовувати адміністративно-правові механізми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C8BF106" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>дисципліни «Основи публічного управління» забезпечуватиме формування</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>призначення та контролю в системі соціального захисту населення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FAA424E" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>інтегральної компетентності, а також загальних (ЗК) та спеціальних</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00164E9C" w:rsidRPr="005D3CD2">
+        <w:lastRenderedPageBreak/>
+        <w:t>СК12. Здатність до організації та управління процесами в соціальному</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E8E9C5" w14:textId="31BE7CFC" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>забезпеченні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A3E250" w14:textId="77777777" w:rsidR="00164E9C" w:rsidRPr="00D07F75" w:rsidRDefault="00164E9C" w:rsidP="00164E9C">
+      <w:pPr>
+        <w:ind w:right="141"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="565D22D3" w14:textId="15BAADA2" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00164E9C">
+      <w:pPr>
+        <w:ind w:right="141"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>МОДУЛЬ 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E0DE6F2" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E2EC3F4" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41ABDBF6" w14:textId="77777777" w:rsidR="00164E9C" w:rsidRPr="00D07F75" w:rsidRDefault="00164E9C" w:rsidP="00164E9C">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Змістовий модуль 1. Основи публічного управління як системного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7922344C" w14:textId="77777777" w:rsidR="00164E9C" w:rsidRPr="00D07F75" w:rsidRDefault="00164E9C" w:rsidP="00164E9C">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:ind w:right="141" w:firstLine="720"/>
+        </w:rPr>
+        <w:t>публічного явища</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4F8A51" w14:textId="77777777" w:rsidR="00164E9C" w:rsidRPr="00D07F75" w:rsidRDefault="00164E9C" w:rsidP="00164E9C">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="303D2FD6" w14:textId="0A54B926" w:rsidR="00164E9C" w:rsidRPr="00D07F75" w:rsidRDefault="00164E9C" w:rsidP="00164E9C">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Тема 1. Публічне управління як системне публічне явище</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="467FB9A2" w14:textId="75C6A59D" w:rsidR="00164E9C" w:rsidRPr="00D07F75" w:rsidRDefault="00164E9C" w:rsidP="00164E9C">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Феномен управління та основні підходи до його вивчення. Доцільність та обмеженість кібернетичного тлумачення поняття управління. Процес управління як упорядкування системи. Види управління. Основні поняття науки управління: влада та панування, керівництво та адміністрування, управління та менеджмент.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D93FCA2" w14:textId="44184226" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00164E9C" w:rsidP="00164E9C">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Етапи становлення, коло проблем та основні школи загальної теорії управління. Предметна область теорії публічного управління. Поняття та види публічного управління. Співвідношення управління та адміністрування. Адміністрування та менеджмент в публічному управлінні. Класифікація механізмів публічного управління. Громадянське суспільство як об’єкт публічного управління. Сутність терміну «громадянське суспільство».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50132A90" w14:textId="77777777" w:rsidR="00164E9C" w:rsidRPr="00D07F75" w:rsidRDefault="00164E9C" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="314FC4A2" w14:textId="71AE8AE3" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="007E6985">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:ind w:right="141" w:firstLine="720"/>
+        </w:rPr>
+        <w:t>Виклад основного матеріалу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C373AC4" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DD648B8" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:ind w:right="141" w:firstLine="720"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A5A0351" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:ind w:right="141" w:firstLine="720"/>
+        </w:rPr>
+        <w:t>Тема 1. Публічне управління як системне публічне явище</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022AC4E7" w14:textId="77777777" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00734F19" w:rsidP="00734F19">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...506 lines deleted...]
-    <w:p w14:paraId="1FD45CC2" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FD45CC2" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Феномен управління та основні підходи до його вивчення</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F740A4" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="30F740A4" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Управління як суспільний феномен постає універсальною формою </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>цілеспрямованого впливу</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> на соціальні, організаційні та техніко-економічні системи з метою забезпечення їх </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>стабільності, відтворення, розвитку та досягнення визначених результатів</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. У соціальних системах управління характеризується складністю, багатоваріантністю та нормативною зумовленістю, оскільки воно здійснюється в умовах конкуренції інтересів, обмеженості ресурсів і необхідності дотримання легітимних процедур.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="187795F8" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="187795F8" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>До провідних підходів у дослідженні управління відносять:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EC0FC06" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="3EC0FC06" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>системний</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="0C913D1D" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, що розглядає управління як підтримання цілісності системи через узгодження елементів, функцій і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>зв’язків</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C913D1D" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>процесний</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, у межах якого управління осмислюється як послідовність стадій та циклів прийняття і реалізації рішень;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE2273A" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="3AE2273A" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>функціональний</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, що акцентує на сукупності управлінських функцій (цілепокладання, планування, організація, координація, контроль);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11079D90" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="11079D90" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>інституційний</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, який вивчає управління як дію формальних і неформальних </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>правил, процедур, стандартів, організаційних ролей;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C344758" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="6C344758" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>поведенковий</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, що пояснює управлінські результати через мотивацію, групову динаміку, лідерство, комунікацію;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA1F75A" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="2CA1F75A" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>мережевий і комунікативний</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="5C9AFF40" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, що підкреслює координацію через взаємодію акторів у політичних мережах, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>партнерствах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, консультаційних механізмах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9AFF40" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>публічно-ціннісний</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, який трактує управління як забезпечення суспільних благ, реалізацію публічного інтересу та захист публічних цінностей.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="413F25FF" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="413F25FF" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Таким чином, феномен управління в сучасній теорії розглядається не лише як техніка організації процесів, а як багатовимірне соціально-політичне явище, що поєднує раціональні, нормативні та ціннісні компоненти.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70095772" w14:textId="08C2E9B2" w:rsidR="00223B08" w:rsidRPr="005D3CD2" w:rsidRDefault="001933A2" w:rsidP="00C82B3F">
+    <w:p w14:paraId="70095772" w14:textId="08C2E9B2" w:rsidR="00223B08" w:rsidRPr="00D07F75" w:rsidRDefault="001933A2" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Публічне управління</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> — це цілеспрямована, нормативно врегульована діяльність органів публічної влади та залучених до неї акторів (інституцій громадянського суспільства, бізнесу, експертного середовища), спрямована на формування й реалізацію публічної політики, надання публічних послуг, управління публічними ресурсами та забезпечення суспільно значущих результатів на засадах законності, легітимності, прозорості, підзвітності та орієнтації на публічний інтерес.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="469EFF62" w14:textId="66D28F96" w:rsidR="00AC3A2B" w:rsidRPr="005D3CD2" w:rsidRDefault="009F4068" w:rsidP="00C82B3F">
+    <w:p w14:paraId="469EFF62" w14:textId="66D28F96" w:rsidR="00AC3A2B" w:rsidRPr="00D07F75" w:rsidRDefault="009F4068" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Адміністрування</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> — це нормативно регламентована організаційно-розпорядча діяльність у межах управлінської системи, спрямована на практичне виконання прийнятих рішень через застосування процедур, правил, інструкцій і контрольних механізмів, забезпечення узгодженої роботи структурних підрозділів, ведення документообігу, дотримання законності та дисципліни виконання.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D0AD595" w14:textId="4A35C420" w:rsidR="00A86690" w:rsidRPr="005D3CD2" w:rsidRDefault="001A3C48" w:rsidP="00C82B3F">
+    <w:p w14:paraId="4D0AD595" w14:textId="4A35C420" w:rsidR="00A86690" w:rsidRPr="00D07F75" w:rsidRDefault="001A3C48" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Публічне управління та адміністрування</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> — це сфера наукових знань і професійної діяльності, що охоплює формування та реалізацію публічної політики, організацію і координацію діяльності органів публічної влади та місцевого самоврядування, управління публічними ресурсами і надання публічних послуг на засадах законності, прозорості, підзвітності, ефективності та орієнтації на публічний інтерес, із використанням адміністративних процедур і управлінських інструментів для забезпечення виконання рішень і досягнення суспільно значущих результатів.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="345A5876" w14:textId="77777777" w:rsidR="00223B08" w:rsidRDefault="00223B08" w:rsidP="00C82B3F">
+    <w:p w14:paraId="345A5876" w14:textId="77777777" w:rsidR="00223B08" w:rsidRPr="00D07F75" w:rsidRDefault="00223B08" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BE63984" w14:textId="63AFC91A" w:rsidR="001243C8" w:rsidRPr="005D3CD2" w:rsidRDefault="001243C8" w:rsidP="00C82B3F">
+    <w:p w14:paraId="7BE63984" w14:textId="63AFC91A" w:rsidR="001243C8" w:rsidRPr="00D07F75" w:rsidRDefault="001243C8" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001243C8">
-[...1 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69C2D0F2" wp14:editId="71D6C055">
             <wp:extent cx="6167755" cy="9251950"/>
             <wp:effectExtent l="0" t="0" r="4445" b="6350"/>
             <wp:docPr id="172418580" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="172418580" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6167755" cy="9251950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA1891F" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="2EA1891F" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2. Доцільність та обмеженість кібернетичного тлумачення управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="061629CE" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="061629CE" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Кібернетичне тлумачення визначає управління як </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>регуляцію</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> станів системи на основі інформації та </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>зворотного зв’язку</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="1B4E7883" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, що дає змогу коригувати відхилення між бажаними цілями і фактичними результатами. Для публічного управління це важливо насамперед у контексті моніторингу політик, оцінювання ефективності, побудови індикаторів, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>цифровізації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адміністративних процедур.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B4E7883" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>До переваг кібернетичного підходу належать:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C7207AB" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="2C7207AB" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>можливість формалізації управлінського циклу, введення вимірюваних параметрів;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D9CE8F0" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="2D9CE8F0" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>обґрунтування ролі інформації, даних та аналітики в ухваленні рішень;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A11367" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="77A11367" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>акцент на адаптивності системи через механізми зворотного зв’язку.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79725CE9" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="79725CE9" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Водночас його обмеження виявляються у тому, що:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336358A5" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="336358A5" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">публічні цілі часто є </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ціннісно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> суперечливими</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> і політично обумовленими, отже не зводяться до технічної оптимізації;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="054C917B" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="054C917B" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>управлінські рішення залежать від легітимності, довіри, підзвітності — чинників, які важко «виміряти» суто технічно;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6575BF7F" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="6575BF7F" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>суспільна реальність характеризується високою невизначеністю, а не тільки «відхиленнями», які можна виправити корекцією.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71406498" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="71406498" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Отже, кібернетична модель є продуктивною як інструмент аналізу інформаційних процесів та регуляції, однак потребує доповнення інституційним, політико-адміністративним і ціннісним вимірами.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EBE70C8" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="00C82B3F">
+    <w:p w14:paraId="6EBE70C8" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E6005EB" w14:textId="27C9408F" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="4E6005EB" w14:textId="27C9408F" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>3. Процес управління як упорядкування системи</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54CFD506" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="54CFD506" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Управлінський процес у системному розумінні є формою </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>упорядкування</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> — тобто встановлення та підтримання такого режиму функціонування системи, який забезпечує:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="442C1A0D" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="442C1A0D" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>збереження цілісності та керованості;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF03A83" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="6AF03A83" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>узгодження інтересів і ресурсів;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D01B2F8" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="1D01B2F8" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>адаптацію до змін середовища;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653BA5D7" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="653BA5D7" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>досягнення визначених цілей.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C560977" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="3C560977" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Типова логіка управлінського циклу включає: ідентифікацію проблеми → постановку цілей → аналіз альтернатив → ухвалення рішення → організацію виконання → контроль та оцінювання → корекцію. Для публічного управління принципово важливо, що упорядкування здійснюється не лише адміністративним наказом, а також через право, політичні процедури, консультації, партнерства і комунікацію з громадськістю.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1242CD43" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="00C82B3F">
+    <w:p w14:paraId="1242CD43" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BB5E456" w14:textId="1FF84383" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="4BB5E456" w14:textId="1FF84383" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>4. Види управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C05835F" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="1C05835F" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="1A8D9BF8" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Загальнотеоретично</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> виділяють управління:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8D9BF8" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>за сферою</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>: соціальне, економічне, політичне, технологічне;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A5455F" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="45A5455F" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>за суб’єктом</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>: державне, муніципальне, корпоративне, громадське, змішане;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="706323E7" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="706323E7" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>за способами впливу</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>: нормативно-правове, організаційно-адміністративне, економічне, соціально-психологічне, інформаційно-комунікативне;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26653F51" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="26653F51" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>за рівнями</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>: стратегічне, тактичне, операційне.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="153ADD92" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="153ADD92" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="4EBB691E" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У публічній сфері додатково вагомими є класифікації за типом публічної політики (соціальна, економічна, безпекова, екологічна тощо) і за моделлю взаємодії держави з суспільством (ієрархічна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мережево</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>-партнерська, сервісна).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EBB691E" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Класифікація видів управління є методологічно важливою, оскільки дає змогу </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>структурувати управлінську діяльність</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="0789D4D6" w14:textId="1573D6AF" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за різними критеріями, виявити специфіку управлінського впливу та адекватно обрати інструменти регулювання залежно від об’єкта, суб’єкта і контексту. У загальнотеоретичному вимірі види управління доцільно розглядати за кількома </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>взаємодоповнювальними</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ознаками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0789D4D6" w14:textId="1573D6AF" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Види управління за сферою (предметною областю)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB6D19C" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="4DB6D19C" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Соціальне управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79942C87" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="79942C87" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Соціальне управління охоплює регулювання процесів </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>суспільного відтворення</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, соціальної структури, поведінки груп, соціальної інтеграції та солідарності. Його характерною рисою є орієнтація на </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>публічні цінності</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (соціальна справедливість, рівність доступу, підтримка вразливих груп) і на формування умов для стабільності та розвитку людського потенціалу. Інструментально соціальне управління реалізується через соціальні програми, стандарти послуг, механізми соціального захисту, комунікаційну політику.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="447D3599" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="447D3599" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Економічне управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="127E007B" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="127E007B" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Економічне управління спрямоване на регулювання виробництва, розподілу, обміну та споживання ресурсів, тобто на забезпечення </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>стійкості економічної системи</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> та її ефективності. Для публічного сектору економічне управління проявляється через бюджетну політику, податкове регулювання, державні закупівлі, інвестиційну політику, антимонопольні механізми, а також через управління державним майном і публічними фінансами.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06E5369E" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="06E5369E" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Політичне управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226D0D43" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="226D0D43" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Політичне управління стосується формування та реалізації політичних рішень, підтримки легітимності влади, балансування інтересів, забезпечення </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">політичної стабільності й розвитку інститутів демократії. На відміну від інших сфер, політичне управління завжди пов’язане з </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>конкуренцією цілей і цінностей</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, а також із необхідністю досягнення суспільного консенсусу або прийнятного компромісу через процедури представництва, участі та підзвітності.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA29037" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="4CA29037" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Технологічне (технічне) управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="138375C2" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="138375C2" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="5A7E0A6B" w14:textId="1022395B" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Технологічне управління має на меті забезпечення функціонування технічних систем (інфраструктури, виробничих циклів, ІТ-систем) шляхом оптимізації процесів, стандартів і контролю якості. У державному управлінні воно набуває ваги у сферах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>цифровізації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кібербезпеки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, управління критичною інфраструктурою, енергетичних та транспортних систем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A7E0A6B" w14:textId="1022395B" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Види управління за суб’єктом (хто здійснює управління)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3062986B" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="3062986B" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Державне управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517E09C7" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="517E09C7" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Здійснюється органами державної влади та має владно-організаційний характер, спирається на </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>компетенцію, законність і примусовість</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> у межах правової держави. Включає регуляторні, контрольні, наглядові та сервісні функції. Його специфіка — реалізація загальносуспільних завдань, що виходять за межі інтересів окремих груп.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B49E704" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="6B49E704" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Муніципальне управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D30687C" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="0D30687C" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Реалізується органами місцевого самоврядування і зорієнтоване на вирішення питань місцевого значення (місцеві послуги, розвиток громади, просторове планування). Відрізняється більшою наближеністю до громадян, практиками участі та орієнтацією на </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>локальні потреби</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15252368" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="15252368" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Корпоративне управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CCC15C3" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="4CCC15C3" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="4C6BB088" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Здійснюється в організаціях приватного або публічного сектору (зокрема державних підприємствах) та орієнтоване на досягнення стратегічних цілей організації, ефективність, конкурентоспроможність. У публічному секторі корпоративне управління важливе для управління державними компаніями, наглядовими радами, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>комплаєнсом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і прозорістю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6BB088" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Громадське управління (самоврядування)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A603150" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="5A603150" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Властиве громадським об’єднанням, професійним асоціаціям, ОСББ, ініціативним групам. Базується на добровільності та саморегуляції, слугує інструментом мобілізації ресурсів громади та реалізації локальних/групових інтересів.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3750B716" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="3750B716" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Змішане (спільне, мережеве) управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E8C857C" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="2E8C857C" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Виникає в умовах, коли рішення та їх реалізація потребують </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>співдії</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> держави, бізнесу та громадянського суспільства (державно-приватне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">партнерство, публічно-громадські проєкти, договори про співпрацю). Ключовими рисами виступають </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>координація</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>розподіл відповідальності</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> та </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>узгодження інтересів</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22821B06" w14:textId="73C094CE" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="22821B06" w14:textId="73C094CE" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Види управління за способами (інструментами) впливу</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74536DBF" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="74536DBF" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Нормативно-правове управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA63DE9" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="3FA63DE9" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Спирається на правові норми, регуляторні акти, стандарти, дозволи/заборони, юридичну відповідальність. У публічному управлінні воно задає «правила гри» для суспільних відносин і забезпечує юридичну визначеність та однаковість застосування норм.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A1E17E" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="67A1E17E" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Організаційно-адміністративне управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48549469" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="48549469" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Забезпечує виконання рішень через структури, регламенти, накази, інструкції, розподіл компетенцій, внутрішній контроль. Його сильна сторона — оперативність та дисципліна виконання; ризики — надмірна формалізація, бюрократизація, зниження гнучкості.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FCE60B9" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="6FCE60B9" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Економічне управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B619E94" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="5B619E94" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Використовує фінансові стимули й обмеження: бюджетування, субсидії, податкові пільги, тарифи, гранти, державні закупівлі. Економічний вплив є непрямим, однак часто більш ефективним, ніж адміністративний, оскільки формує мотиви й поведінкові стимули.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0D79E4" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="4B0D79E4" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Соціально-психологічне управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F0A0FC5" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="5F0A0FC5" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Орієнтується на мотивацію, цінності, корпоративну/організаційну культуру, лідерство, комунікацію, суспільні очікування. У публічній сфері цей вид управління проявляється через публічну комунікацію, формування довіри, інституційну етику, управління змінами і кадровий менеджмент.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200BE0A5" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="200BE0A5" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Інформаційно-комунікативне управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B5D8E3" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="02B5D8E3" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="71251E28" w14:textId="14CF2B44" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Передбачає управління через дані, інформування, прозорість, цифрові сервіси, механізми зворотного зв’язку, відкриті дані, консультації. В умовах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>цифровізації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цей тип стає основою </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>evidence-based</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>policy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, моніторингу та підзвітності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71251E28" w14:textId="14CF2B44" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Види управління за рівнями (масштабом і горизонтом рішень)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3802DCB8" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="3802DCB8" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Стратегічне управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60DA3FCE" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="60DA3FCE" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Зосереджене на довгострокових цілях, місії, пріоритетах, розподілі ключових ресурсів та управлінні змінами. У публічному секторі воно пов’язане зі стратегіями розвитку, секторальними політиками, програмами відновлення, реформами.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FCEAE2F" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="2FCEAE2F" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Тактичне управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FD0D94" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="26FD0D94" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Перекладає стратегічні цілі у середньострокові програми та плани, </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>визначає конкретні завдання, індикатори виконання, відповідальних і ресурси. Тактичний рівень часто відповідає програмно-цільовому управлінню.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54FEABB3" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="54FEABB3" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Операційне управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="490DD010" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="490DD010" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Забезпечує щоденне функціонування організації або системи: виконання процедур, надання послуг, дотримання стандартів, поточний контроль і реагування на відхилення.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7135AE0E" w14:textId="4E420B73" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="7135AE0E" w14:textId="4E420B73" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Специфічні класифікації для публічної сфери</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3363324B" w14:textId="4E3E4F30" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="3363324B" w14:textId="4E3E4F30" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>За типом публічної політики</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8D2D9A" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="7F8D2D9A" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>У межах публічного управління види управління також розрізняють за домінантною сферою політики:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661B5C49" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="661B5C49" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>соціальна політика</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (захист, освіта, охорона здоров’я);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42B059BA" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="42B059BA" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>економічна політика</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (розвиток, інвестиції, регулювання ринків);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="026EFC0E" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="026EFC0E" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>безпекова політика</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="76C86380" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (національна, громадська, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кібербезпека</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, цивільний захист);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C86380" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>екологічна політика</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (довкілля, клімат, ресурси);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009E0B1C" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="009E0B1C" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>гуманітарна і культурна політика</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ідентичність, культура, інформаційна політика) тощо.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1CE10D" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="4A1CE10D" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Така класифікація важлива, бо різні політики потребують різних інструментів: у безпеці домінують регулятивні та координаційні механізми, у соціальній сфері — стандарти послуг і фінансування, в екології — поєднання регулювання, економічних стимулів і моніторингу.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F28C2F" w14:textId="2EA9798C" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="50F28C2F" w14:textId="2EA9798C" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>За моделлю взаємодії держави та суспільства</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F8D1ED" w14:textId="59A7C572" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="009B4FE4">
+    <w:p w14:paraId="03F8D1ED" w14:textId="59A7C572" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="009B4FE4">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Ієрархічна модель</w:t>
       </w:r>
-      <w:r w:rsidR="009B4FE4">
+      <w:r w:rsidR="009B4FE4" w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Переважає вертикаль підпорядкування, директивне планування, контроль виконання. Ефективна для забезпечення єдності управління, але має ризики надмірної централізації та низької чутливості до потреб громад.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9A2552" w14:textId="23D18152" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="7B9A2552" w14:textId="23D18152" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
-[...8 lines deleted...]
-      <w:r w:rsidR="009B4FE4">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Мережево</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>-партнерська модель</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4FE4" w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Управління здійснюється через взаємодію багатьох акторів (держава, бізнес, НУО, громада), механізми співпраці, договори, коаліції, консультаційні платформи. Підвищує гнучкість і якість рішень, але потребує розвинених інститутів довіри, процедур узгодження та розподілу відповідальності.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6396ABC7" w14:textId="35AD5AC5" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+    <w:p w14:paraId="6396ABC7" w14:textId="35AD5AC5" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Сервісна модель</w:t>
       </w:r>
-      <w:r w:rsidR="009B4FE4">
+      <w:r w:rsidR="009B4FE4" w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="740BB966" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Держава позиціонується як постачальник якісних послуг, орієнтується на потреби громадян, стандарти якості, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>клієнтоорієнтованість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, цифрові сервіси. Її сильна сторона — підвищення задоволеності громадян і ефективності, однак важливо уникати звуження публічного управління лише до “сервісу”, адже воно включає також регулювання, безпеку й забезпечення справедливості.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740BB966" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="005D3CD2">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Отже, види управління в науковому аналізі доцільно трактувати як </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>багатовимірну класифікаційну систему</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, де кожен критерій (сфера, суб’єкт, способи впливу, рівень, тип політики, модель взаємодії) висвітлює різні сторони управлінського явища. Для публічної сфери принципово важливо, що управління тут є не лише організаційною технологією, а формою реалізації </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>публічного інтересу</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, яка потребує балансу між ефективністю, законністю, участю та підзвітністю.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A1807F" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="005D3CD2" w:rsidRDefault="005D3CD2" w:rsidP="00C82B3F">
+    <w:p w14:paraId="74A1807F" w14:textId="77777777" w:rsidR="005D3CD2" w:rsidRPr="00D07F75" w:rsidRDefault="005D3CD2" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E52E709" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="0E52E709" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>5. Основні поняття науки управління: влада і панування; керівництво і адміністрування; управління і менеджмент</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D75F234" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="1D75F234" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Влада</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> розуміється як здатність суб’єкта впливати на поведінку інших, забезпечуючи виконання рішень, тоді як </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>панування</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> — це інституційно закріплена, стабільна форма влади, що спирається на легітимність, традицію або раціонально-правові засади.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D975A1" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="50D975A1" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Керівництво</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> акцентує на персональному чиннику (лідерстві, визначенні курсу, мотивації), тоді як </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>адміністрування</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> передбачає процедурну, регламентовану діяльність щодо реалізації рішень і забезпечення функціонування організації відповідно до правил.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="418278EE" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="418278EE" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Управління</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> є ширшим поняттям, що охоплює як вироблення цілей і рішень, так і організацію виконання; </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>менеджмент</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> традиційно пов’язують із управлінням організаціями, орієнтованим на результативність і ефективність, хоча в публічній сфері менеджмент має бути узгоджений із законністю, підзвітністю, справедливістю та публічним інтересом.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61262ED7" w14:textId="77777777" w:rsidR="00DE2908" w:rsidRDefault="00DE2908" w:rsidP="00C82B3F">
+    <w:p w14:paraId="61262ED7" w14:textId="77777777" w:rsidR="00DE2908" w:rsidRPr="00D07F75" w:rsidRDefault="00DE2908" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45661B53" w14:textId="53A7A307" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="45661B53" w14:textId="53A7A307" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>6. Етапи становлення, коло проблем і основні школи загальної теорії управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79332953" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="79332953" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Становлення теорії управління відбувалося через послідовну зміну інтелектуальних парадигм:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC53DC1" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="3AC53DC1" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>класична школа</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (раціоналізація праці, адміністративні принципи, бюрократична організація);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BDEDE78" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="3BDEDE78" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>школа людських відносин</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (роль мотивації, неформальних груп, комунікації);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="700974C3" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="700974C3" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>біхевіористські</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> підходи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (поведінкові механізми прийняття рішень, обмежена раціональність);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35D14E82" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="35D14E82" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>системні та ситуаційні підходи</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (залежність управління від контексту, складність середовища);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39BD99D5" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="39BD99D5" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>кібернетика та теорія інформації</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (зворотний зв’язок, моделі регуляції);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39C35A98" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="39C35A98" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>неоінституціоналізм і мережеве управління</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D3CD2">
+        <w:t>неоінституціоналізм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і мережеве управління</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (інститути, правила гри, партнерства, політичні мережі);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1677475F" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="1677475F" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>концепції нового публічного менеджменту та нового публічного врядування</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="78F9CC4B" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ефективність, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сервісність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>співвиробництво</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> політики з громадянами).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F9CC4B" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Коло проблем загальної теорії управління охоплює: природу влади і координації, механізми мотивації, структуру організацій, прийняття рішень, ефективність, управління змінами, комунікацію, управління конфліктами та ризиками.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221F4FB6" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="221F4FB6" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>7. Предметна область теорії публічного управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2641B357" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="2641B357" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Теорія публічного управління зосереджена на закономірностях організації і функціонування </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>публічної влади</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, взаємодії держави з громадянським суспільством, формуванні та реалізації публічної політики, забезпеченні публічних послуг, а також на інституційних і процедурних механізмах досягнення суспільно значущих цілей.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4189C940" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="4189C940" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Її предметом виступають:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DFA8260" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="5DFA8260" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>суб’єкти публічного управління (органи державної влади, місцевого самоврядування, публічні агенції);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E688CD1" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="6E688CD1" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об’єкти (суспільні процеси, соціальні групи, території, публічні ресурси);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BEF1600" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="3BEF1600" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>механізми й інструменти (правові, організаційні, економічні, інформаційні);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E2BE360" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="5E2BE360" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>принципи (законність, прозорість, підзвітність, участь, ефективність, справедливість);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54BED0DC" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="54BED0DC" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>результати (якість політик і послуг, довіра, легітимність, суспільний добробут).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BD82EBA" w14:textId="77777777" w:rsidR="00050337" w:rsidRDefault="00050337" w:rsidP="00C82B3F">
+    <w:p w14:paraId="6BD82EBA" w14:textId="77777777" w:rsidR="00050337" w:rsidRPr="00D07F75" w:rsidRDefault="00050337" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="375F72D8" w14:textId="71768BA5" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="375F72D8" w14:textId="71768BA5" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>8. Поняття та види публічного управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C5AA06" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="63C5AA06" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Публічне управління</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> — це діяльність публічних інституцій та залучених акторів, спрямована на вироблення та реалізацію суспільно значущих рішень і послуг на основі права, публічного інтересу та механізмів підзвітності.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3118950D" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="3118950D" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Види публічного управління можна розрізняти:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171AEAA4" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="171AEAA4" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>за рівнем: державне, регіональне, місцеве;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA86406" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="7EA86406" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>за сферою політики: соціальне, економічне, екологічне, безпекове, освітнє тощо;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D124134" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="1D124134" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="34A71920" w14:textId="77777777" w:rsidR="00EE45CC" w:rsidRDefault="00EE45CC" w:rsidP="00C82B3F">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за моделлю взаємодії: адміністративно-ієрархічне; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сервісно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-орієнтоване; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>партнерсько</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-мережеве; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>деліберативне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (через публічні консультації).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A71920" w14:textId="77777777" w:rsidR="00EE45CC" w:rsidRPr="00D07F75" w:rsidRDefault="00EE45CC" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="605C27A7" w14:textId="5FE37908" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="605C27A7" w14:textId="5FE37908" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>9. Співвідношення управління та адміністрування</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A6A219C" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="4A6A219C" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">У межах публічної сфери </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>управління</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> охоплює стратегічне бачення, постановку цілей, координацію, прийняття рішень і забезпечення результативності. </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Адміністрування</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> є складовою управління і означає виконання рішень через регламенти, процедури, документообіг, контроль законності й дисципліни виконання.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="649845BF" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="649845BF" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Отже, адміністрування — це переважно операційно-процедурний компонент, тоді як управління містить також політичний, стратегічний та ціннісний рівні.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A4B695" w14:textId="77777777" w:rsidR="00E33761" w:rsidRDefault="00E33761" w:rsidP="00C82B3F">
+    <w:p w14:paraId="54A4B695" w14:textId="77777777" w:rsidR="00E33761" w:rsidRPr="00D07F75" w:rsidRDefault="00E33761" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40B895B1" w14:textId="439F62F9" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="40B895B1" w14:textId="439F62F9" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>10. Адміністрування та менеджмент у публічному управлінні</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045370F6" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="045370F6" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Адміністрування в публічному управлінні забезпечує стабільність, правову визначеність і відтворення процедур. Менеджмент привносить інструментарій ефективності: планування за результатами, управління якістю, проєктний підхід, управління персоналом і ресурсами. Водночас у публічній сфері менеджмент завжди обмежений вимогами:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10212FB0" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="10212FB0" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>верховенства права,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642F2DC1" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="642F2DC1" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>публічної підзвітності,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00FB3583" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="00FB3583" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>етичності,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40408163" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="40408163" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>орієнтації на суспільний інтерес.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7D168F" w14:textId="77777777" w:rsidR="00E33761" w:rsidRDefault="00E33761" w:rsidP="00C82B3F">
+    <w:p w14:paraId="0C7D168F" w14:textId="77777777" w:rsidR="00E33761" w:rsidRPr="00D07F75" w:rsidRDefault="00E33761" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05B07F8C" w14:textId="4DFD60F3" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="05B07F8C" w14:textId="4DFD60F3" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>11. Класифікація механізмів публічного управління</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F19CEDC" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="5F19CEDC" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Механізми публічного управління доцільно класифікувати за домінуючим способом впливу:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C21C62E" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="7C21C62E" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>правові</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (норми, регулювання, стандарти, санкції);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36BCC102" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="36BCC102" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>організаційно-адміністративні</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (структури, процедури, регламенти, контроль);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02452B98" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="02452B98" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>економічні</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (податки, субсидії, тарифи, державні закупівлі, бюджетні програми);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A60CBC" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="32A60CBC" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>соціальні</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (соціальні гарантії, програми підтримки, інклюзія);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="274349B7" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="274349B7" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>інформаційно-комунікаційні</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (відкриті дані, електронні послуги, публічні консультації, державні комунікації);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B6FAB8C" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="5B6FAB8C" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>кадрові та мотиваційні</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (держслужба, компетентності, етика, оцінювання ефективності);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6615114B" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="6615114B" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>партнерські та мережеві</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (державно-приватне партнерство, співпраця з НУО, спільне виробництво послуг).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52329F9A" w14:textId="77777777" w:rsidR="00160EB9" w:rsidRDefault="00160EB9" w:rsidP="00C82B3F">
+    <w:p w14:paraId="52329F9A" w14:textId="77777777" w:rsidR="00160EB9" w:rsidRPr="00D07F75" w:rsidRDefault="00160EB9" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5145589D" w14:textId="75A83CD5" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="5145589D" w14:textId="75A83CD5" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">12. Громадянське суспільство як об’єкт публічного управління. </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Сутність терміна «громадянське суспільство»</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6C656E3A" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+        <w:t xml:space="preserve">Сутність </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>терміна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «громадянське суспільство»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C656E3A" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Громадянське суспільство</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="0A429631" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> слід визначати як сферу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>самоорганізованої</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> активності громадян та їхніх об’єднань, що функціонує поза межами держави та ринку, але впливає на них через артикуляцію інтересів, участь у виробленні політик, контроль влади і практики солідарності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A429631" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Його сутнісні характеристики:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378897AA" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="378897AA" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>автономія від держави</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (відносна незалежність у цілях і формах діяльності);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2F21A3" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="0E2F21A3" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>добровільність і самоврядність</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ініціативи виникають «знизу»);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="412A2BA1" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="412A2BA1" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>плюралізм</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (різноманіття інтересів і форм участі);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D888EC" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="09D888EC" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>інституційна оформленість</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (НУО, благодійні фонди, профспілки, професійні асоціації, ОСББ, ініціативні групи);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53097982" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="53097982" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
-[...16 lines deleted...]
-    <w:p w14:paraId="2D875DC6" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>комунікативність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та публічність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (дискусія, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>адвокація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, медіа-взаємодія);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D875DC6" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>нормативна орієнтація</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> на права, свободи, гідність, відповідальність.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D253DD6" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="3D253DD6" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>У системі публічного управління громадянське суспільство водночас є:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C20A77" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="58C20A77" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об’єктом</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (на нього спрямовані політики, регулювання, соціальні програми);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27185B43" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="27185B43" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>суб’єктом</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="6C71DF9F" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="005D3CD2" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (воно бере участь у консультаціях, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>співвиробництві</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> послуг, здійснює громадський контроль);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C71DF9F" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>партнером</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (реалізація проєктів, гуманітарних і відновлювальних програм, антикорупційні ініціативи).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="679CBF22" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
+    <w:p w14:paraId="679CBF22" w14:textId="77777777" w:rsidR="00C82B3F" w:rsidRPr="00D07F75" w:rsidRDefault="00C82B3F" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3CD2">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Звідси випливає, що сучасне публічне управління як системне явище неможливо адекватно описати без урахування ролі громадянського суспільства як ключового середовища легітимізації рішень, формування публічного порядку денного та забезпечення підзвітності влади.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A5934B8" w14:textId="77777777" w:rsidR="00160EB9" w:rsidRDefault="00160EB9" w:rsidP="00C82B3F">
+    <w:p w14:paraId="5A5934B8" w14:textId="77777777" w:rsidR="00160EB9" w:rsidRPr="00D07F75" w:rsidRDefault="00160EB9" w:rsidP="00C82B3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55A09757" w14:textId="0FDC28A5" w:rsidR="00160EB9" w:rsidRPr="00160EB9" w:rsidRDefault="00160EB9" w:rsidP="00160EB9">
+    <w:p w14:paraId="55A09757" w14:textId="0FDC28A5" w:rsidR="00160EB9" w:rsidRPr="00D07F75" w:rsidRDefault="00160EB9" w:rsidP="00160EB9">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00160EB9">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Загальні висновки,</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-    <w:p w14:paraId="3F24E8F3" w14:textId="77777777" w:rsidR="00160EB9" w:rsidRPr="00160EB9" w:rsidRDefault="00160EB9" w:rsidP="00160EB9">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Публічне управління як системне публічне явище доцільно розглядати в межах міждисциплінарної теоретико-методологічної рамки, що поєднує системний, процесний, інституційний, поведінковий та комунікативний підходи. У цьому розумінні управління постає не лише як техніка організації діяльності чи сукупність адміністративних процедур, а як комплексний соціально-політичний механізм упорядкування суспільних відносин, спрямований на досягнення суспільно значущих цілей, забезпечення стабільності, адаптивності та розвитку. Визначальним є те, що в публічній сфері управлінські рішення мають нормативну природу, оскільки ґрунтуються на праві, легітимності та публічній відповідальності, а також перебувають у полі конкурентних інтересів, ціннісних суперечностей і ресурсних обмежень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F24E8F3" w14:textId="77777777" w:rsidR="00160EB9" w:rsidRPr="00D07F75" w:rsidRDefault="00160EB9" w:rsidP="00160EB9">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00160EB9">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Кібернетичне тлумачення управління з його акцентом на інформації, зворотному зв’язку та регуляції є важливим інструментом концептуалізації </w:t>
       </w:r>
-      <w:r w:rsidRPr="00160EB9">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>управлінських процесів у частині моніторингу, контролю та корекції відхилень між запланованими і фактичними результатами, особливо в умовах цифровізації та зростання ролі даних. Водночас його евристичні можливості у публічному управлінні є неповними, адже суспільні системи не зводяться до технічних об’єктів регулювання: публічні цілі часто не мають однозначних критеріїв оптимальності, а ефективність управління визначається не лише результативністю, а й законністю, справедливістю, довірою та прийнятністю рішень для різних соціальних груп. Тому адекватне пояснення публічного управління потребує включення політичного, правового й ціннісного вимірів.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="34BC0A51" w14:textId="77777777" w:rsidR="00160EB9" w:rsidRPr="00160EB9" w:rsidRDefault="00160EB9" w:rsidP="00160EB9">
+        <w:t xml:space="preserve">управлінських процесів у частині моніторингу, контролю та корекції відхилень між запланованими і фактичними результатами, особливо в умовах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>цифровізації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та зростання ролі даних. Водночас його евристичні можливості у публічному управлінні є неповними, адже суспільні системи не зводяться до технічних об’єктів регулювання: публічні цілі часто не мають однозначних критеріїв оптимальності, а ефективність управління визначається не лише результативністю, а й законністю, справедливістю, довірою та прийнятністю рішень для різних соціальних груп. Тому адекватне пояснення публічного управління потребує включення політичного, правового й ціннісного вимірів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34BC0A51" w14:textId="77777777" w:rsidR="00160EB9" w:rsidRPr="00D07F75" w:rsidRDefault="00160EB9" w:rsidP="00160EB9">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00160EB9">
-[...7 lines deleted...]
-    <w:p w14:paraId="57FE598C" w14:textId="77777777" w:rsidR="00160EB9" w:rsidRPr="00160EB9" w:rsidRDefault="00160EB9" w:rsidP="00160EB9">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Управління як упорядкування системи реалізується через циклічний процес постановки проблем, цілепокладання, розроблення альтернатив, ухвалення рішень, організації виконання, контролю та оцінювання, що в публічній сфері набуває специфіки через вимоги підзвітності, процедурної прозорості та участі. Важливою ознакою публічного управління є його багаторівневість і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>багатосуб’єктність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: поряд із державними інституціями вагомими акторами виступають органи місцевого самоврядування, публічні агенції, громадські організації, експертні спільноти та бізнес, що формує умови для мережевих і партнерських моделей координації. У цьому контексті співвідношення управління та адміністрування визначається тим, що адміністрування забезпечує процедурно-операційне виконання рішень і дотримання регламентів, тоді як управління охоплює також стратегічний, політико-цільовий і ціннісний рівні, пов’язаний із виробленням напрямів розвитку та балансуванням інтересів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57FE598C" w14:textId="77777777" w:rsidR="00160EB9" w:rsidRPr="00D07F75" w:rsidRDefault="00160EB9" w:rsidP="00160EB9">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00160EB9">
-[...7 lines deleted...]
-    <w:p w14:paraId="3B8ABBC9" w14:textId="6CA5A81B" w:rsidR="00734F19" w:rsidRDefault="00160EB9" w:rsidP="008879AE">
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Класифікація видів управління за сферами, суб’єктами, інструментами впливу та рівнями здійснення дозволяє комплексно описати різноманіття управлінської практики і вибудувати методологічно коректний інструментарій для аналізу політик. У публічному секторі особливого значення набувають механізми нормативно-правового, організаційно-адміністративного, економічного та інформаційно-комунікативного впливу, які застосовуються не ізольовано, а у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>взаємодоповнювальних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конфігураціях залежно від типу публічної політики та контексту її реалізації. Показово, що сучасні тенденції розвитку публічного управління спрямовані на зміщення акцентів від суто ієрархічних моделей до сервісної орієнтації та мережевої взаємодії, що посилює роль процедур участі, координації та прозорості.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B8ABBC9" w14:textId="6CA5A81B" w:rsidR="00734F19" w:rsidRPr="00D07F75" w:rsidRDefault="00160EB9" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00160EB9">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Громадянське суспільство в цій системі виступає не лише об’єктом регулювального впливу, а й ключовим середовищем легітимації рішень, каналом артикуляції інтересів, механізмом суспільного контролю та партнером </w:t>
       </w:r>
-      <w:r w:rsidRPr="00160EB9">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>у виробленні й реалізації публічної політики. Саме через взаємодію держави і громадянського суспільства розкривається системна природа публічного управління як публічного явища, де якість управлінських рішень визначається здатністю інститутів забезпечувати одночасно результативність і відповідність публічним цінностям, підтримуючи баланс між владною координацією, правовою визначеністю та демократичною участю.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D92C3E" w14:textId="77777777" w:rsidR="00DA3E79" w:rsidRDefault="00DA3E79" w:rsidP="008879AE">
+    <w:p w14:paraId="67FEC776" w14:textId="77777777" w:rsidR="003E7838" w:rsidRPr="00D07F75" w:rsidRDefault="003E7838" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61604BBB" w14:textId="1C0E4104" w:rsidR="00DA3E79" w:rsidRPr="00DA3E79" w:rsidRDefault="00DA3E79" w:rsidP="00DA3E79">
+    <w:p w14:paraId="37A969D0" w14:textId="7179E91C" w:rsidR="003E7838" w:rsidRPr="00D07F75" w:rsidRDefault="003E7838" w:rsidP="008879AE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Питання для самоконтролю </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3892FB" w14:textId="77777777" w:rsidR="003E7838" w:rsidRPr="00D07F75" w:rsidRDefault="003E7838" w:rsidP="008879AE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="353DE383" w14:textId="77777777" w:rsidR="00A37823" w:rsidRPr="00D07F75" w:rsidRDefault="00A37823" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У чому полягає сутність управління як соціального феномену та які його ключові ознаки у публічній сфері?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224DD7AE" w14:textId="77777777" w:rsidR="00A37823" w:rsidRPr="00D07F75" w:rsidRDefault="00A37823" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Які основні підходи до вивчення управління (системний, процесний, інституційний, поведінковий тощо) та чим відрізняються їхні предмети аналізу?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5805CE" w14:textId="77777777" w:rsidR="00A37823" w:rsidRPr="00D07F75" w:rsidRDefault="00A37823" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У чому полягає доцільність кібернетичного підходу до тлумачення управління та які його обмеження в контексті публічного управління?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE37047" w14:textId="77777777" w:rsidR="00A37823" w:rsidRPr="00D07F75" w:rsidRDefault="00A37823" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Як управлінський процес забезпечує упорядкування системи та які етапи (стадії) управлінського циклу є найбільш критичними для публічної влади?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46570F5C" w14:textId="77777777" w:rsidR="00A37823" w:rsidRPr="00D07F75" w:rsidRDefault="00A37823" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Які критерії класифікації видів управління (за сферою, суб’єктом, способами впливу, рівнями) і як вони застосовуються до аналізу публічного управління?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F525C6" w14:textId="77777777" w:rsidR="00A37823" w:rsidRPr="00D07F75" w:rsidRDefault="00A37823" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У чому полягає відмінність між поняттями «влада» і «панування», та як ці категорії проявляються у діяльності публічних інституцій?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB6DF3E" w14:textId="77777777" w:rsidR="00A37823" w:rsidRPr="00D07F75" w:rsidRDefault="00A37823" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Як співвідносяться «керівництво», «адміністрування», «управління» і «менеджмент» у теорії та практиці публічного управління?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519F1DD9" w14:textId="77777777" w:rsidR="00A37823" w:rsidRPr="00D07F75" w:rsidRDefault="00A37823" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Якою є предметна область теорії публічного управління та які ключові проблеми вона досліджує в сучасних умовах?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6048DCE1" w14:textId="77777777" w:rsidR="00A37823" w:rsidRPr="00D07F75" w:rsidRDefault="00A37823" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Які види публічного управління можна виокремити за рівнем, сферою політики та моделлю взаємодії з суспільством, і в чому їхні принципові відмінності?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="664E95C7" w14:textId="77777777" w:rsidR="00A37823" w:rsidRPr="00D07F75" w:rsidRDefault="00A37823" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Чому громадянське суспільство розглядається як об’єкт і водночас суб’єкт публічного управління, та які механізми взаємодії держави з громадянським суспільством є найбільш результативними?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC3292B" w14:textId="77777777" w:rsidR="00F94B77" w:rsidRPr="00D07F75" w:rsidRDefault="00F94B77" w:rsidP="00F94B77">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64073F78" w14:textId="77777777" w:rsidR="00F94B77" w:rsidRPr="00D07F75" w:rsidRDefault="00F94B77" w:rsidP="00F94B77">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F24D4D8" w14:textId="3C29A91D" w:rsidR="00F94B77" w:rsidRPr="00D07F75" w:rsidRDefault="00F94B77" w:rsidP="00F94B77">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Тема 2. Теоретико-методологічні засади публічного управління</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поняття публічного. Державна влада та публічна влада, державна політика та публічна політика: спільне і відмінне. Державне управління: визначення та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>характерні риси. Відмінності менеджменту державної організації від менеджменту недержавної організації. Визначення публічного управління (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Демонд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Кілінг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Джей М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Шавріц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>). Публічне управління та державне управління. Співвідношення понять: «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>government</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>»; «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>»; «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>good</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>»; «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>»; «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>new</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>». «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Блексбурзький</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маніфест». Суб’єкти та об’єкти публічного управління. Держава як суб’єкт публічного управління. Органи місцевого самоврядування в публічному управлінні. Політичні партії та громадські організації як суб’єкт публічного управління. Бізнес як суб’єкт публічного управління. Соціальний діалог як запорука успішного публічного управління.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B4273" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B4273" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Співробітництво з питань громадянського суспільства як один із пріоритетів реформування публічного управління в Україні. Функції публічного управління. Планування, довгострокове планування та стратегічне планування. Організація та координація у публічному управлінні. Організаційна структура та її різновиди. Етапи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B4273" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>проектування</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B4273" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> організаційних структур. Поняття ідеальної організаційної структури. Контроль у публічному управлінні. Види контролю та його призначення. Негативні наслідки контролю та шляхи їх усунення. Умови ефективності контролю Концепція управління за результатами. Антикризовий менеджмент як складова функції контролю. Функції держави у системі публічного управління (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B4273" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Бернар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B4273" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B4273" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Гурне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B4273" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55A2A210" w14:textId="77777777" w:rsidR="00F94B77" w:rsidRPr="00D07F75" w:rsidRDefault="00F94B77" w:rsidP="00F94B77">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4118C48A" w14:textId="4031FACC" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="008A504A" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="009377FE" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51B90" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009377FE" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поняття «публічного» у публічному управлінні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F9DDD2" w14:textId="77777777" w:rsidR="00B51B90" w:rsidRPr="00D07F75" w:rsidRDefault="00B51B90" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E38B47A" w14:textId="31EB1583" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Концептуалізація “публічного”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10709E11" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У науковій традиції термін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>«публічне»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> використовується для позначення такої сфери суспільного життя, у межах якої формуються та реалізуються рішення, що мають </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>загальносуспільну значущість</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, стосуються </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>невизначеного кола осіб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і спрямовані на задоволення </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>публічного інтересу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Публічність тут виступає не лише як ознака “державності”, а як комплексний режим організації суспільно значущої діяльності, що передбачає </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>легітимність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>підзвітність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>прозорість</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>правову визначеність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управлінських дій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6C9B76" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У прикладному вимірі “публічне” означає:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2094DAEE" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орієнтацію на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>публічні блага</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та суспільний добробут (безпека, правопорядок, охорона здоров’я, освіта, соціальний захист, інфраструктура);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="099FA6DE" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">застосування </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>публічних ресурсів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (податки, бюджетні кошти, державна/комунальна власність або делеговані повноваження);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD15449" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дію через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>процедури</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, які забезпечують відкритість і можливість контролю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>суспільством, а також юридичну відповідальність суб’єктів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159B52DB" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1.2. Критерії віднесення явища до “публічного”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C66957" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Для наукового аналізу доцільно використовувати набір критеріїв публічності:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C3D08D" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Критерій інтересу (цільовий)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: діяльність спрямована на реалізацію публічного інтересу, а не приватної вигоди окремої особи/групи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43246F91" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Критерій адресата (охоплення)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: наслідки рішень стосуються широких соціальних груп або суспільства загалом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D8DCF3" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Критерій ресурсів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: використовуються публічні фінанси, публічна власність або делеговані владні повноваження.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A136DD" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Критерій процедур</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: рішення ухвалюються в установлених правом процедурах із вимогами прозорості, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мотивованості</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, можливості оскарження.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C274EF" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Критерій підзвітності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: суб’єкти зобов’язані звітувати перед суспільством/представницькими органами та несуть юридичну і політичну відповідальність.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="030CB498" w14:textId="6B5AC6B9" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Публічне” як межа між державним і недержавним</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1978CE70" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Сучасні підходи підкреслюють, що публічність не тотожна державності. Публічні функції можуть здійснюватися не лише державними органами, а й:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A946067" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>органами місцевого самоврядування;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3943255D" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>державними агенціями та регуляторами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FFD215F" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">недержавними інституціями в межах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>делегування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> або </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контрактування</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (за умови чітких стандартів, контролю та підзвітності).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF62962" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отже, “публічне” фіксує насамперед </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>суспільний характер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цілі та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>публічно-правовий режим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реалізації повноважень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9E4F58" w14:textId="333995AB" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0656CC66" w14:textId="0B6CC8EE" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="008A504A" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="009377FE" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Державна влада та публічна влада; державна політика та публічна політика: спільне і відмінне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31FE6362" w14:textId="77777777" w:rsidR="00B51B90" w:rsidRPr="00D07F75" w:rsidRDefault="00B51B90" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AEC07F9" w14:textId="286C7C2F" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Державна влада: сутність і ознаки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFAA7A8" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Державна влада</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — це інституційно організована форма політичної влади, що здійснюється державою через систему її органів (законодавчих, виконавчих, судових та інших) і має такі базові характеристики:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39FECDD2" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>суверенність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (верховенство на території держави);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2AB971" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>легітимність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (визнання суспільством і закріплення в праві);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2519212F" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>загальнообов’язковість</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рішень;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="501AC8BD" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наявність </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>апарату управління</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> й механізмів забезпечення виконання (у т. ч. примусу в межах закону);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E93CB22" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>монополія</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на встановлення загальнообов’язкових правил у формі права та офіційних політик.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E4B456" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У структурному вимірі державна влада реалізується через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE7310B" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>нормотворення</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (закони, підзаконні акти);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465138C1" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>виконання і адміністрування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (реалізація політик, надання послуг);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FB2213" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>правосуддя і контроль законності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21570434" w14:textId="026D45CC" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Публічна влада: ширша категорія</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2248F571" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Публічна влада</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> є ширшим поняттям і охоплює сукупність владних повноважень та інституцій, що діють від імені публічного інтересу й забезпечують управління справами суспільства на різних рівнях. Її принципова відмінність полягає в тому, що вона включає:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63FCAC84" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>державну владу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (центральний рівень, державні органи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F733431" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>муніципальну владу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (місцеве самоврядування як автономний публічний рівень);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A63FC0" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інші носії </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>публічно-владних повноважень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, якщо вони наділені такими повноваженнями законом (наприклад, окремі регуляторні чи контрольні функції).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E87DA5" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ознаки публічної влади</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F28F510" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>спрямованість на публічний інтерес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="414E43A6" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>дія в межах публічного права та процедур;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7286132A" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>підзвітність перед громадою/суспільством;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C9A26A0" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>поєднання владності з сервісною функцією (надання послуг, забезпечення доступності та якості).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C87F0C" w14:textId="71B6720B" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Спільне і відмінне між державною та публічною владою</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BECEAC" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Спільне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="610B51C2" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>легітимність і правова визначеність повноважень;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4C5EF0" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>загальнообов’язковість управлінських рішень;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EE2E066" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>відповідальність і контроль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C78045" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>орієнтація на забезпечення порядку, безпеки, публічних благ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1090C165" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Відмінне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C57E981" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>обсяг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: державна влада — частина публічної; публічна включає також місцеве самоврядування та інші публічно уповноважені суб’єкти;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A5BAF9" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>рівні та логіка організації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: державна влада здебільшого централізована; публічна влада інституційно багаторівнева і може бути децентралізованою;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3802DCBE" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>механізми легітимації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: державна влада </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>легітимується</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через конституційні механізми держави; муніципальна — через місцеві вибори та громаду, хоча теж у межах конституційного ладу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60DB2948" w14:textId="5713F20C" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52CB9B34" w14:textId="26D90A2F" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Державна політика і публічна політика: розмежування понять</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="680DF0E1" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Державна політика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — це система цілей, рішень і заходів, що виробляються та реалізуються </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>передусім державними органами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з метою розв’язання суспільно значущих проблем або досягнення стратегічних цілей розвитку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DEE384" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Публічна політика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — ширша категорія, яка означає процес і результати формування рішень у публічній сфері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за участі множинних акторів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: держави, місцевого самоврядування, громадянського суспільства, бізнесу, експертного середовища та медіа. Вона акцентує не лише на “рішенні держави”, а й на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CB41DA" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">механізмах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>узгодження інтересів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EAA2E9F" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>публічних консультаціях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і участі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CB6F4B" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мережевій координації та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>партнерствах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44794884" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>спільній відповідальності за реалізацію (за збереження ключової відповідальності публічних органів).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDFD999" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Спільне між державною та публічною політикою:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55ABC721" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>предметна спрямованість на вирішення публічних проблем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A032344" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>використання інструментів регулювання, фінансування, стимулювання;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256CBF39" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>залежність від правових і ресурсних обмежень;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F0A72D" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>потреба в оцінюванні результатів і впливів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464A4F66" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Відмінне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD4E508" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>суб’єктність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: у державній політиці домінує держава; у публічній — політика є результатом взаємодії багатьох акторів;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="216329BE" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>процесуальність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: публічна політика зазвичай більше пов’язана з участю, відкритістю, комунікаціями, дорадчими механізмами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74451C96" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>координація</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: у державній політиці частіше переважає ієрархія; у публічній — мережі, партнерства, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>співвиробництво</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A669A09" w14:textId="369E3B16" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D300257" w14:textId="175778D4" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="008A504A" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="009377FE" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Державне управління: визначення та характерні риси</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B28E81D" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65D6B0D9" w14:textId="13628CBD" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Визначення державного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784B6EBD" w14:textId="3B5D5F1A" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Державне управління</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — це організуюча, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>виконавчо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>-розпорядча діяльність держави (насамперед органів виконавчої влади та інших уповноважених державних інституцій), спрямована на реалізацію законів, державної політики та виконання функцій держави шляхом нормативно визначених процедур, управлінських рішень і використання публічних ресурсів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468370E7" w14:textId="4EFA0C03" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Характерні риси державного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B8F1939" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Публічно-владний характер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Управлінські рішення є обов’язковими для виконання і забезпечуються державними механізмами, включно з примусовими (в межах правового порядку).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC7683C" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Правова зумовленість і формалізація процедур</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Державне управління здійснюється на основі закону та підзаконних актів; ключовими є компетенція, процедура, регламент, юридична відповідальність.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BF6BF68" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Інституційність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та ієрархічність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Характерна наявність апарату, структур, вертикальних </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>зв’язків</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> підпорядкування, розподілу функцій і повноважень (хоча сучасні моделі доповнюються мережевими механізмами).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3419CB21" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Цілеспрямованість і програмність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Управління орієнтоване на досягнення визначених цілей (стратегій, програм, планів), що формалізуються у державних політиках, державних цільових програмах, планах діяльності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C927C5D" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Загальносуспільна спрямованість результатів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Результати державного управління вимірюються не прибутком, а соціальною цінністю: доступністю та якістю послуг, безпекою, справедливістю, стабільністю розвитку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB9F1A5" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ресурсна забезпеченість публічними фінансами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Основою є бюджетні та інші публічні ресурси; відповідно, підвищуються вимоги до фінансової дисципліни, аудиту, контролю та прозорості.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A783C6E" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Підзвітність і контроль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Державне управління передбачає політичну, адміністративну, правову та фінансову підзвітність (парламентський контроль, судовий контроль, внутрішній і зовнішній аудит, громадський контроль).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B31A9C" w14:textId="77777777" w:rsidR="009377FE" w:rsidRPr="00D07F75" w:rsidRDefault="009377FE" w:rsidP="009377FE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Регулятивний характер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Окрім надання послуг, державне управління здійснює регуляцію: встановлення правил, стандартів, дозвільних процедур, нагляд і контроль.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B94733" w14:textId="77777777" w:rsidR="005F7AB9" w:rsidRPr="00D07F75" w:rsidRDefault="005F7AB9" w:rsidP="005F7AB9">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Державне управління є однією з базових категорій науки публічного управління та адміністрування й водночас ключовим інститутом практичного здійснення державної влади. У найзагальнішому розумінні воно постає як організуюча, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>виконавчо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-розпорядча діяльність держави, спрямована на реалізацію законів, забезпечення виконання публічних функцій та досягнення суспільно значущих цілей розвитку. Його сутність полягає у цілеспрямованому </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>впливі на суспільні процеси та відносини через систему органів державної влади, насамперед органів виконавчої влади, які діють у межах визначеної компетенції й застосовують юридично закріплені управлінські процедури та інструменти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CED2FF8" w14:textId="77777777" w:rsidR="005F7AB9" w:rsidRPr="00D07F75" w:rsidRDefault="005F7AB9" w:rsidP="005F7AB9">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Теоретичне осмислення державного управління традиційно спирається на поєднання правового та організаційно-управлінського підходів. З правової позиції державне управління є формою реалізації державної влади, що здійснюється на підставі та на виконання норм права, а тому характеризується домінуванням принципів законності, юридичної визначеності, процедурної регламентованості та відповідальності. З організаційної позиції воно є специфічним типом управлінської діяльності, що здійснюється у складній ієрархічній системі інституцій, передбачає поділ праці, спеціалізацію функцій, координацію дій і формування механізмів контролю та зворотного зв’язку. У цьому сенсі державне управління можна трактувати як інструментальну складову державності, яка забезпечує перетворення політичної волі та нормативних приписів у конкретні управлінські рішення, програми, послуги та регуляторні практики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2255F8AA" w14:textId="77777777" w:rsidR="005F7AB9" w:rsidRPr="00D07F75" w:rsidRDefault="005F7AB9" w:rsidP="005F7AB9">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Визначальною ознакою державного управління є його публічно-владний характер.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Управлінські рішення, ухвалені уповноваженими державними суб’єктами, мають загальнообов’язкову силу в межах їхньої компетенції та забезпечуються можливістю застосування юридичних засобів примусу, хоча у сучасній демократичній моделі примус розглядається як крайній механізм забезпечення виконання, підпорядкований принципам пропорційності та поваги до прав людини. Водночас державне управління не може бути зведене лише до примусової компоненти, оскільки значна частина його змісту пов’язана із сервісною функцією держави, наданням адміністративних і соціальних послуг, гарантуванням доступності публічних благ та підтриманням належних стандартів якості життя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573154BE" w14:textId="77777777" w:rsidR="005F7AB9" w:rsidRPr="00D07F75" w:rsidRDefault="005F7AB9" w:rsidP="005F7AB9">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Структурно державне управління передбачає взаємодію суб’єктів і об’єктів управлінського впливу. Суб’єктами виступають органи виконавчої влади, інші державні органи та посадові особи, наділені управлінськими повноваженнями, а також державні установи й організації, які виконують публічні функції. Об’єктом є суспільні процеси в економічній, соціальній, гуманітарній, безпековій та інших сферах, а також конкретні соціальні групи, територіальні спільноти, організації і відносини, що потребують упорядкування, регулювання або підтримки. У цій взаємодії ключовою є категорія компетенції, адже саме вона встановлює межі, інструменти й </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>процедури управлінського впливу та визначає відповідальність суб’єкта за наслідки ухвалених рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8CE5B3" w14:textId="77777777" w:rsidR="005F7AB9" w:rsidRPr="00D07F75" w:rsidRDefault="005F7AB9" w:rsidP="005F7AB9">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важливою характеристикою державного управління є його інституційна впорядкованість і формалізація процедур. На відміну від управління в приватному секторі, де визначальними можуть бути корпоративні правила й комерційна доцільність, державне управління функціонує в умовах публічно-правового режиму. Це означає, що управлінська дія повинна бути юридично обґрунтованою, процедурно коректною та підзвітною. Формалізація проявляється у наявності адміністративних регламентів, стандартів надання послуг, правил документообігу, бюджетних процедур, кадрових процедур державної служби, а також механізмів оскарження рішень. Саме </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>процедурність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, попри поширені уявлення про її «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бюрократичність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>», у демократичному правопорядку виконує захисну функцію: вона обмежує довільність управлінського розсуду, забезпечує рівність громадян перед державою та передбачуваність адміністративних дій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A54D45A" w14:textId="77777777" w:rsidR="005F7AB9" w:rsidRPr="00D07F75" w:rsidRDefault="005F7AB9" w:rsidP="005F7AB9">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Зміст державного управління проявляється через реалізацію комплексу функцій, серед яких центральне місце посідає виконання законів і державної політики, організація надання публічних послуг, регуляторний вплив на суспільні процеси та ресурсне забезпечення суспільного розвитку. Регуляторний компонент включає встановлення правил поведінки у визначених сферах, ліцензування, стандартизацію, нагляд і контроль, а також застосування стимулів і обмежень. Сервісний компонент охоплює виробництво та надання послуг, орієнтованих на потреби громадян і бізнесу, що в сучасній концепції “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>state</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>” розглядається як один із критеріїв легітимності держави. Ресурсний компонент пов’язаний з мобілізацією, розподілом і використанням публічних фінансів, управлінням державною власністю та забезпеченням ефективності витрат, що потребує розвинених інститутів фінансового контролю й аудиту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13634FBF" w14:textId="77777777" w:rsidR="005F7AB9" w:rsidRPr="00D07F75" w:rsidRDefault="005F7AB9" w:rsidP="005F7AB9">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Особливістю державного управління є багаторівнева система підзвітності та контролю, що відрізняє його від більшості приватних організацій. Підзвітність має політичний вимір (перед представницькими органами і суспільством), правовий вимір (судовий контроль законності та процедур), адміністративний вимір (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>внутрішньоорганізаційний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контроль), а також фінансовий вимір (аудит, казначейський контроль, антикорупційні механізми). Наявність таких контурів контролю забезпечує баланс між владністю управлінського рішення і необхідністю запобігання зловживанням. Водночас науковий аналіз наголошує, що надмірний або формалізований </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">контроль може породжувати управлінську інерцію, уникнення відповідальності, «паперову» результативність і зниження </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інноваційності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, отже ефективність державного управління значною мірою залежить від раціонального поєднання контролю з автономією, професіоналізмом і мотивацією державної служби.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F71E10" w14:textId="77777777" w:rsidR="005F7AB9" w:rsidRPr="00D07F75" w:rsidRDefault="005F7AB9" w:rsidP="005F7AB9">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У сучасних підходах державне управління розглядається також через призму результативності та публічної цінності. Оскільки публічний сектор не може бути оцінений лише за фінансовими показниками, на перший план виходять категорії соціального ефекту, справедливості, доступності, якості послуг, безпеки, довіри та інституційної спроможності. Це зумовлює потребу у застосуванні інструментів стратегічного планування, управління за результатами, моніторингу та оцінювання політик, що формують цикл управління: від виявлення проблеми та визначення цілей до впровадження, вимірювання наслідків і корекції управлінських рішень на основі зворотного зв’язку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A493730" w14:textId="77777777" w:rsidR="005F7AB9" w:rsidRPr="00D07F75" w:rsidRDefault="005F7AB9" w:rsidP="005F7AB9">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отже, державне управління в науковому сенсі є складним соціально-правовим і організаційним феноменом, який поєднує владно-розпорядчий потенціал держави, правову регламентацію адміністративних дій, інституційну ієрархію, механізми підзвітності та контрольні контури, а також </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сервісно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>-орієнтовані практики забезпечення публічних благ. У межах ширшої рамки публічного управління державне управління залишається центральним, але не єдиним елементом: воно взаємодіє з місцевим самоврядуванням, громадянським суспільством і бізнесом у процесах вироблення та реалізації публічної політики, що відображає еволюцію від суто “державно-адміністративної” моделі до більш інтегрованих моделей врядування, де важливими стають координація, партнерство і спільна відповідальність за суспільний результат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA804A9" w14:textId="77777777" w:rsidR="000F241E" w:rsidRPr="00D07F75" w:rsidRDefault="000F241E" w:rsidP="005F7AB9">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1070101D" w14:textId="23031132" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00782A68" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F241E" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F241E" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Відмінності менеджменту державної організації від менеджменту недержавної організації</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3626CFA6" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Менеджмент у державній організації (публічному секторі) і менеджмент у недержавній (приватній або неприбутковій) організації ґрунтуються на спільній </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>загальноуправлінській</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>логіці</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — постановка цілей, планування, організація ресурсів, мотивація персоналу, координація та контроль. Водночас їх принципово розрізняє </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>режим публічності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, який визначає цілі діяльності, механізми підзвітності, стандарти прийняття рішень і критерії оцінювання результативності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F8E61B" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">По-перше, державна організація орієнтується на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>публічний інтерес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і виробництво/гарантування </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>публічних благ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тоді як недержавна організація, як правило, керується </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>приватними цілями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (прибуток, ринкова частка, місія донорів, корпоративні пріоритети або інтереси членів організації). Це зумовлює різні критерії “успіху”: у приватному секторі домінують фінансові показники та клієнтська цінність, а в державному — баланс результативності, справедливості, доступності, законності, безпеки та довіри. Саме тому державний менеджмент часто змушений одночасно утримувати кілька “осей” ефективності: економічну (раціональне використання ресурсів), соціальну (рівність доступу), правову (дотримання норм), політичну (легітимність).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA04245" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По-друге, державний менеджмент функціонує у межах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>публічно-правового регулювання</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, де управлінська дія повинна бути юридично обґрунтованою, процедурно коректною і такою, що підлягає оскарженню. У приватній організації правила можуть бути гнучкішими, а управлінський розсуд — ширшим, оскільки він обмежується передусім корпоративним правом, контрактами та внутрішніми політиками. У публічному секторі натомість формалізація процедур виступає не “надмірною бюрократією” як такою, а механізмом захисту громадян від довільності влади та інструментом забезпечення рівності й передбачуваності адміністративних рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B1B2E34" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По-третє, відрізняється система </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>підзвітності та контролю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Приватний менеджмент підзвітний власникам/акціонерам і ринку; неприбутковий — донорам, наглядовим радам, членству. Державний менеджмент є </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>багатоканально</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> підзвітним: громадянам, представницьким органам, органам фінансового контролю, суду, інститутам омбудсмана, антикорупційним органам, а також публічній думці. Ця множинність “аудиторій” робить управління складнішим: рішення мають бути не лише ефективними, а й легітимними, справедливими, прозорими та такими, що витримують юридичну перевірку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC85242" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По-четверте, різняться умови управління персоналом. У державних організаціях кадрові процедури значною мірою детерміновані інститутом публічної служби (конкурси, обмеження щодо конфлікту інтересів, дисциплінарні режими, етика, спеціальні гарантії та обмеження). У приватному секторі HR-інструменти гнучкіші, а мотиваційні моделі частіше прив’язані до прибутковості та індивідуальної продуктивності. Водночас у публічному секторі важливішим стає мотив </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>служіння</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>публічної цінності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, що потребує інших підходів до мотивації й оцінювання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C08B839" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нарешті, державний менеджмент працює в середовищі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">політичної </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>зумовленості</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: зміна уряду, політичних пріоритетів або суспільних очікувань здатна швидко змінювати цілі та ресурси організації. У приватному секторі стратегія також може змінюватися, але зазвичай без настільки жорсткого впливу політичного циклу та публічних зобов’язань.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65901B20" w14:textId="710D16CF" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="646D9235" w14:textId="6ABC95A0" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Визначення публічного управління (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Десмонд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Кілінг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Джей М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Шафріц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8EF78F" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У концептуальному полі “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>administration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” однією з ключових ліній є перехід від уявлення про адміністрування як виконання процедур до розуміння управління як </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>досягнення суспільних результатів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основі політичних пріоритетів і раціонального використання ресурсів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39BC0FE7" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Десмонд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Кілінг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пов’язував “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” із завданням </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>знайти найкращий спосіб використання ресурсів для реалізації пріоритетів публічної політики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; у цьому підході управління мислиться як </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>результативно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-ресурсна діяльність, що має служити досягненню визначених суспільних цілей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EBADA6B" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У традиції Джей М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Шафріца</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публічне адміністрування/управління </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>концептуалізується</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>галузь знання і практики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, що досліджує та застосовує мистецтво і науку управління у публічному секторі, включаючи вплив політичного, соціального, культурного та правового середовища на діяльність публічних інституцій. Ця позиція підкреслює </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>міждисциплінарність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контекстуальність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публічного управління: воно не може бути “технікою менеджменту” у чистому вигляді, оскільки завжди вбудоване у демократичну легітимацію, право і суспільні цінності. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAFED07" w14:textId="12F1DB4E" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Публічне управління та державне управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E251530" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У науковому розрізненні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>державне управління</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зазвичай описує організуючу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>виконавчо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-розпорядчу діяльність держави, насамперед органів виконавчої влади, спрямовану на виконання законів і реалізацію державної політики. Натомість </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>публічне управління</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> є ширшою категорією: вона охоплює управління публічними справами не лише через центральні державні органи, а й через місцеве самоврядування, публічні агенції, партнерства та мережеві механізми взаємодії з громадянським суспільством і бізнесом. Це розширення не заперечує провідної ролі держави, але фіксує реальність сучасного врядування, де результат у публічній сфері часто досягається через координацію багатьох акторів і інструментів, а не лише через адміністративну ієрархію.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FAA9EA5" w14:textId="5599636A" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F94C901" w14:textId="160241C2" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Співвідношення понять: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>government</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>good</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>new</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="29EFF385" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поняття </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>government</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у класичному значенні позначає систему </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>формальних державних інституцій</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та їхню діяльність: органи влади, їх повноваження, юридично закріплені процедури та ієрархічні механізми прийняття рішень. Натомість </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> описує ширший порядок організації публічної сфери — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>механізми, процеси та інституції</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, через які громадяни й групи артикулюють інтереси, реалізують права, виконують обов’язки і врегульовують конфлікти. У цьому сенсі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> включає </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>government</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, але не обмежується ним, оскільки охоплює також неформальні правила, мережеві взаємодії та участь недержавних акторів. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="755E0C15" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Категорія </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>good</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> є нормативною і визначає “якісне” врядування як таке, що є спроможним, чуйним до потреб, інклюзивним і прозорим (у формулюваннях ООН), а також зорієнтованим на ефективність/результативність, підзвітність та інші принципи, що забезпечують суспільну довіру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34026882" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Термін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> використовується для акценту на управлінському, інструментальному вимірі діяльності у публічному секторі, зокрема на поєднанні цілей політики та ресурсних рішень (логіка, близька до </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Кілінга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B7005D6" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Концепція </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>new</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NPM)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> історично пов’язана з реформаторським курсом, який посилював управлінську раціональність у публічному секторі, запозичуючи методи приватного менеджменту: орієнтацію на результати, вимірювання продуктивності, контрактні та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>квазі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>-ринкові механізми, децентралізацію управлінських рішень і “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>клієнтоорієнтованість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”. Водночас наукова критика NPM наголошує на ризиках редукції публічних цінностей до показників ефективності, послабленні уваги до справедливості та підзвітності, а також на фрагментації управління через надмірну </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контракталізацію</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. (Ці застереження важливі для лекції як баланс: NPM — не “еталон”, а історично впливова, але дискусійна парадигма.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1930DD55" w14:textId="7B8AFDEC" w:rsidR="001D77BF" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="001D77BF">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ключові принципи (характеристики) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>good</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у найуживанішій у навчальних курсах рамці UNDP (1997) подаються як 9 взаємопов’язаних принципів: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участь, верховенство права, прозорість, чуйність/реагування, консенсусна орієнтація, справедливість та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інклюзивність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, ефективність і результативність, підзвітність, стратегічне бачення</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A7B876" w14:textId="77777777" w:rsidR="001D77BF" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="001D77BF">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Нижче — стислий науковий зміст кожного принципу (формулювання придатні для лекції):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="775C2B47" w14:textId="77777777" w:rsidR="001D77BF" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="001D77BF">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Participation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (участь)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — залучення громадян і стейкхолдерів до вироблення рішень через виборчі механізми, консультації, публічні обговорення, інструменти співучасті; участь підсилює легітимність і якість політики. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F54DA4" w14:textId="77777777" w:rsidR="001D77BF" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="001D77BF">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Rule</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>law</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (верховенство права)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — панування права над свавіллям влади: рівність перед законом, незалежний суд, правова визначеність, належні процедури та захист прав людини; забезпечує передбачуваність і довіру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB046F2" w14:textId="77777777" w:rsidR="001D77BF" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="001D77BF">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Transparency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (прозорість)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — відкритість інформації про правила, процедури, рішення, бюджети й результати; доступність даних дозволяє громадському контролю та знижує ризики корупції. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9E9EDC" w14:textId="77777777" w:rsidR="001D77BF" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="001D77BF">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Responsiveness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (реагування/чуйність)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — здатність інституцій </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оперативно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> й адекватно відповідати на потреби суспільства, забезпечувати якість послуг і коригувати політики на основі зворотного зв’язку. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F413BCE" w14:textId="77777777" w:rsidR="001D77BF" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="001D77BF">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Consensus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>orientation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (консенсусна орієнтація)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — пошук збалансованих рішень через узгодження інтересів різних груп, зменшення конфліктності та підвищення стійкості політики. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A03E87" w14:textId="77777777" w:rsidR="001D77BF" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="001D77BF">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Equity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>inclusiveness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Fairness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (справедливість та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інклюзивність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — рівні можливості доступу до послуг і участі; урахування потреб вразливих груп; недискримінація як умова соціальної згуртованості. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="028BA214" w14:textId="77777777" w:rsidR="001D77BF" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="001D77BF">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Effectiveness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>efficiency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (результативність і ефективність)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — досягнення суспільно значущих результатів (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>effectiveness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>) із раціональним використанням ресурсів (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>efficiency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), орієнтація на вимірювані </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>outcomes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і якість послуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D5955C" w14:textId="77777777" w:rsidR="001D77BF" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="001D77BF">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Accountability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (підзвітність)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — наявність механізмів, через які посадові особи та інституції відповідають за рішення й ресурси (парламентський, фінансовий, судовий, адміністративний і громадський контроль). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CFB7D3" w14:textId="77777777" w:rsidR="001D77BF" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="001D77BF">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Strategic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>vision</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (стратегічне бачення)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — довгострокова орієнтація на розвиток, стійкість і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>міжпоколінну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> справедливість; здатність формувати та реалізовувати узгоджені стратегії. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70CBFC7B" w14:textId="77777777" w:rsidR="001D77BF" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="001D77BF">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Додатково в європейській рамці (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>White</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Paper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>European</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) часто виокремлюють 5 “провідних” принципів: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>openness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>participation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>accountability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>effectiveness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>coherence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (відкритість, участь, підзвітність, ефективність, узгодженість/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кохерентність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61BBB21D" w14:textId="003FD058" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="001D77BF" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Блексбурзький</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маніфест» (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Blacksburg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Manifesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11D21" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>) у контексті публічного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78ACF625" w14:textId="77777777" w:rsidR="00B11D21" w:rsidRPr="00D07F75" w:rsidRDefault="00B11D21" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Блексбурзький</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маніфест», пов’язаний із групою науковців </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Virginia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Tech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і “рухом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>рефундації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” публічного адміністрування, виник як реакція на тенденції “знецінення бюрократії” та надмірного ототожнення якості </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">управління з приватизацією й ринковими рецептами. Його ключовий методологічний меседж полягає в утвердженні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>особливої природи публічності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як визначальної ознаки публічної адміністрації: публічні організації відрізняються від приватних не лише формою власності, а передусім тим, що вони покликані діяти в режимі публічного інтересу, демократичної легітимації та відповідальності перед громадянами. У підсумку “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>рефундаційна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>” перспектива підкреслює, що публічне управління має власну ціннісну й інституційну основу, яку не можна повністю замінити логікою ринку або корпоративної ефективності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1704643E" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00B11D21">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="084C34D5" w14:textId="471E8DE7" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00617D02" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5. Суб’єкти та об’єкти публічного управління: теоретичне розмежування</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E9395F5" w14:textId="4B5571E2" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поняття суб’єкта публічного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EECDC41" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У теорії публічного управління </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>суб’єкт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> визначається як інституція або організована спільнота, що володіє достатнім обсягом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>повноважень, ресурсів і спроможності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для ініціювання, формування, ухвалення, реалізації та оцінювання публічно значущих рішень. У класичному підході суб’єктність пов’язується насамперед із </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>публічно-владними повноваженнями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — правом приймати загальнообов’язкові рішення та забезпечувати їх виконання. У сучасних концепціях врядування (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) суб’єктність тлумачиться ширше і включає також можливість впливати на політику через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>участь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>адвокацію</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>експертну діяльність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>комунікацію</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>коаліційне узгодження інтересів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>механізми суспільного контролю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Це означає, що в публічному управлінні співіснують суб’єкти з різною “природою” впливу: владно-правовою, політичною, організаційною, ресурсною та комунікативною.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCA7404" w14:textId="4EB98BCA" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поняття об’єкта публічного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D1A575" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Об’єктом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публічного управління є сукупність суспільних процесів, відносин і проблем, на які спрямовується управлінський вплив з метою їх упорядкування, регулювання або розвитку. До об’єктів належать: економічні та соціальні процеси, сфери життєдіяльності (освіта, охорона здоров’я, безпека, інфраструктура, довкілля), територіальний розвиток, публічні послуги, а також поведінкові практики й інституційні взаємодії, що потребують нормативного й організаційного впорядкування. Важливо підкреслити, що у демократичній системі об’єкт не є пасивним: суспільство формує запит, впливає на пріоритети, легітимує рішення та забезпечує зворотний зв’язок, що перетворює управління на циклічний процес “запит — рішення — реалізація — оцінювання — корекція”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C5317A" w14:textId="439835E2" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Критерії класифікації суб’єктів і об’єктів</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D07E319" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аналітично доцільно розрізняти суб’єктів за рівнем здійснення впливу (державний, регіональний, місцевий), за функціями (нормотворчі, виконавчі, регуляторні, контрольні, сервісні) та за типом ресурсів (владні, фінансові, організаційні, інформаційні, комунікаційні). Об’єкти ж класифікуються за масштабом (національні/локальні проблеми), за тривалістю впливу (стратегічні/операційні), за сферою (соціальна, економічна, гуманітарна, безпекова) та за ступенем структурованості проблеми (добре структуровані, слабко структуровані, “злі” проблеми — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>wicked</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>problems</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>), що визначає доцільні інструменти управління.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729FFE63" w14:textId="4157EB74" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EEF00AA" w14:textId="1DF1621E" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00617D02" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6. Держава як суб’єкт публічного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F97EC2" w14:textId="0D1C771F" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Держава як інституційне ядро системи публічного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B809BD6" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Держава</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> є центральним суб’єктом публічного управління, оскільки має найповніший набір легітимних інструментів організації суспільного життя. Її суб’єктність проявляється через здатність встановлювати загальнообов’язкові правила (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>правотворення</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>), формувати й реалізовувати політики (політико-адміністративна функція), забезпечувати правопорядок і безпеку (правоохоронна та безпекова функції), гарантувати права людини, а також акумулювати й перерозподіляти публічні ресурси (фіскальна та бюджетна функції). У системному вимірі держава створює “рамку” для діяльності інших суб’єктів, визначаючи інституційні правила взаємодії, стандарти послуг, механізми підзвітності та санкцій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE745E6" w14:textId="2F1A2F57" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Інструменти держави як суб’єкта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06714447" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Державний вплив реалізується через комплекс інструментів: правові (норми, дозволи, заборони), економічні (податки, субсидії, бюджетні програми), організаційні (структури, регламенти, процедури), інформаційні (комунікація, дані, статистика), контрольні (нагляд, аудит, оцінювання). Специфіка публічної дії держави полягає у необхідності поєднувати результативність із законністю, справедливістю та політичною легітимністю, а також забезпечувати баланс між загальнонаціональними цілями і локальними потребами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4255025A" w14:textId="1693DD68" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Обмеження та відповідальність держави</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52481721" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Суб’єктність держави не є необмеженою: її діяльність стримується принципами верховенства права, конституційними гарантіями прав і свобод, демократичною підзвітністю, судовим та парламентським контролем, а також ресурсними обмеженнями. Тому ефективність держави як суб’єкта публічного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>управління визначається не лише її формальною владою, а інституційною спроможністю: професійністю державної служби, якістю організаційних процедур, доброчесністю, наявністю даних та механізмів політичного й адміністративного зворотного зв’язку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AC1E10" w14:textId="64F09E80" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="100A13D2" w14:textId="7023EC3F" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00617D02" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7. Органи місцевого самоврядування в публічному управлінні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA7281E" w14:textId="4C66721D" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Природа муніципальної суб’єктності</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40BAF604" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Органи місцевого самоврядування (ОМС)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> є суб’єктами публічного управління, які реалізують публічну владу на місцевому рівні від імені територіальної громади. Їхня суб’єктність має особливу природу: вона поєднує автономію у вирішенні питань місцевого значення з виконанням делегованих державою повноважень. У цьому сенсі місцеве самоврядування виступає не “нижчим рівнем” державного управління, а відносно самостійною ланкою публічної влади, легітимованою місцевими виборами та участю громади.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F7CDFAD" w14:textId="7EDF47A3" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Управлінські функції ОМС</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549DE316" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ОМС здійснюють планування місцевого розвитку, управління комунальною власністю, формування та виконання місцевих бюджетів, організацію житлово-комунальних послуг, просторове планування, локальну інфраструктурну політику, соціальні та культурні програми. Через безпосередню близькість до потреб населення саме муніципальний рівень є критичним для оцінки якості публічного управління з позицій доступності послуг, прозорості, підзвітності та рівня довіри.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="481DAAC5" w14:textId="367D066F" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Спроможність і виклики місцевого управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="352D10FF" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ефективність ОМС залежить від ресурсної бази, кадрового потенціалу, управлінської компетентності, якості локальних інституцій та здатності до </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>партнерств</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> із бізнесом і громадськими організаціями. До типових викликів належать дисбаланс повноважень і ресурсів, обмеження місцевих доходів, дефіцит професійних кадрів, ризики корупційних практик та недостатність інструментів стратегічного планування й моніторингу політик.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D81408" w14:textId="77777777" w:rsidR="00066994" w:rsidRPr="00D07F75" w:rsidRDefault="00066994" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0648F97B" w14:textId="624D9B82" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00617D02" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>8. Політичні партії як суб’єкт публічного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3897863A" w14:textId="133ABB96" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Партії як актори публічної політики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28052ECC" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Політичні партії</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> виступають суб’єктами публічного управління переважно у політико-стратегічному вимірі. Вони </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>агрегують</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>артикуляють</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> суспільні інтереси, формують політичний порядок денний, пропонують програмні альтернативи, беруть участь у формуванні представницьких органів і впливають на кадрове наповнення органів влади.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253D147B" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Політична партія</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — це добровільне, організаційно оформлене та відносно стале об’єднання громадян, яке виражає й </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>агрегує</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> їхні політичні інтереси, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бореться за здобуття та здійснення державної влади</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (або вплив на її формування і реалізацію) переважно через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>участь у виборах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і діяльність у представницьких та інших публічних інституціях, формуючи політичні програми й висуваючи кандидатів на публічні посади.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3347888D" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У навчальному (політологічному) вимірі визначальними ознаками партії є: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>організаційна структурованість</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>наявність програми/ідеології</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>орієнтація на здобуття/реалізацію влади</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>представництво інтересів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мобілізація виборців</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кадрове рекрутування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для політичних інститутів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E105C6" w14:textId="43F742C8" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Партійний вплив на цикл політики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A76993" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Суб’єктність партій проявляється у здатності задавати цілі державної/публічної політики, визначати пріоритети реформ, підтримувати або блокувати законодавчі ініціативи, здійснювати політичний контроль за виконавчою владою. У демократичній системі партійна конкуренція підсилює підзвітність влади, однак водночас може породжувати ризики короткостроковості політик, домінування електоральної логіки над інституційною спроможністю та політизації адміністративних рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3B1102" w14:textId="08449315" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Теоретичне визначення та місце партій у системі публічної влади</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B08603A" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Політичні партії є </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інституціоналізованими</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формами політичної організації громадян, призначеними для артикуляції, агрегування та представництва інтересів у публічній сфері, а також для здобуття й реалізації владних повноважень у межах демократичної процедури. У системі публічного управління партії виступають специфічним суб’єктом, вплив якого зумовлений не адміністративно-розпорядчим ресурсом, а насамперед </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>політико-легітимаційною</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>програмно-стратегічною</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> функціями. Через партійну конкуренцію та участь у виборах формуються представницькі органи, визначаються пріоритети державної політики та забезпечується політична підзвітність виконавчої влади. Отже, партії є ключовою ланкою, що з’єднує суспільні запити з інституційною системою ухвалення рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B607D7E" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У методологічному плані партії доцільно розглядати як акторів, які впливають на публічне управління на трьох рівнях: а) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>формування політичного порядку денного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; б) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>перетворення суспільних вимог на політичні рішення</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; в) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контроль і корекція реалізації політики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через представницькі механізми, парламентські процедури й публічну комунікацію.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4886F792" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Вплив партій на публічне управління найдоцільніше аналізувати через етапи циклу політики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD47679" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">На етапі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ідентифікації проблеми та формування порядку денного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> партії виконують функцію політичної селекції: вони визначають, які питання набувають пріоритету, і пропонують інтерпретації причин та масштабів проблем. Партійні програми, передвиборчі платформи та публічні кампанії є механізмами конструювання суспільної значущості проблеми, а також інструментами мобілізації підтримки певних рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD2095F" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На етапі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>формування політики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> партії впливають на визначення цілей і засобів, у т. ч. шляхом участі у законодавчому процесі, коаліційному узгодженні, формуванні урядових пріоритетів і кадрових рішень. У парламентсько-урядових моделях партії забезпечують узгодження між законодавчими ініціативами і спроможністю виконавчої влади їх реалізовувати, оскільки політичні зобов’язання мають бути переведені у регуляторні та бюджетні рішення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DBE86CE" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На етапі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>реалізації політики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> партійний вплив проявляється опосередковано через політичне керівництво урядом, визначення управлінських пріоритетів і контроль за діяльністю виконавчих органів. Однак саме на цьому етапі найвиразніше виявляється структурна межа партійної суб’єктності: без професійної, деполітизованої (у належній мірі) адміністрації публічні програми можуть втратити спроможність до виконання, що породжує проблему дисбалансу між “політичною волею” та “адміністративною спроможністю”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11469270" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На етапі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оцінювання та корекції</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> партії виступають учасниками механізмів політичної відповідальності: через парламентські слухання, інтерпеляції, контрольні комітети, ініціювання аудитів, а також через публічну критику або підтримку політики. У демократичному політичному циклі партійна конкуренція виконує роль “зовнішнього стимулу” для підвищення результативності уряду, оскільки невдачі політики трансформуються у втрати електоральної підтримки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6C8111" w14:textId="28A737A5" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ключові функції політичних партій у публічному управлінні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA053B9" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У науковій літературі виділяють низку функцій партій, значущих саме для публічного управління.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB8C549" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По-перше, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>функція представництва та агрегування інтересів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: партії перетворюють </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>фрагментовані</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соціальні запити на більш-менш узгоджені політичні програми. Це спрощує процес колективного вибору, оскільки громадянам пропонуються альтернативні комплекси рішень, а не розрізнені позиції щодо кожного питання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14755CB6" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По-друге, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">функція </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>рекрутингу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та селекції політичних кадрів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: партії є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>каналом підготовки політичних лідерів, формування урядових команд і кадрових пропозицій для органів влади. У цьому вимірі партії можуть зміцнювати державну спроможність, якщо кадрові рішення ґрунтуються на компетентності й доброчесності, але можуть її послаблювати, якщо переважає патронаж і політична лояльність.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757267C3" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По-третє, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>програмно-стратегічна функція</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: партії формулюють бачення розвитку, визначають пріоритети, створюють “політичні рамки” для управлінських реформ. Стратегічний вимір партійної діяльності важливий для довгострокової узгодженості політики, однак у реальній практиці він часто конкурує з короткостроковими електоральними стимулами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4103A624" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По-четверте, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>функція легітимації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: через вибори та представницькі інститути партії забезпечують демократичне схвалення курсу уряду й конкретних політичних рішень. Легітимність у цьому випадку є ресурсом управління: вона підвищує прийнятність реформ, знижує </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>транзакційні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> витрати примусу та сприяє добровільному дотриманню правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4409881F" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По-п’яте, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>функція політичного контролю та опозиції</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: конкурентна партійна система формує інституційні умови для контролю виконавчої влади. Опозиційні партії виступають механізмом виявлення помилок, корекції політики, стримування зловживань і підтримання підзвітності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB7ED52" w14:textId="691A204F" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Партії та межі управлінської раціональності: напруга між політикою і адмініструванням</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77183761" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особливість партій як суб’єктів публічного управління полягає в тому, що їхня логіка дії визначається не лише “управлінською доцільністю”, а й </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">політичною </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>конкурентністю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Це створює структурну напругу між двома </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>раціональностями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77118736" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>політичною</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (орієнтація на мобілізацію підтримки, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>коаліційність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, символічні рішення, публічні меседжі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="767D0FEF" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>адміністративною</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (орієнтація на стабільність процедур, нейтральність, ефективне впровадження, правову визначеність).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D944A0" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У демократичній системі ця напруга є не аномалією, а нормальним елементом розподілу ролей. Однак критичним є інституційний баланс: якщо партійна логіка домінує над професійною адміністрацією, зростають ризики політизації державної служби, фрагментації політик і падіння інституційної пам’яті; якщо ж адміністративна логіка “закривається” від політичних пріоритетів, виникає дефіцит демократичної чутливості та ризик технократизму.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482A9141" w14:textId="463AE32E" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типові ризики партійної суб’єктності та умови її конструктивності</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2413505E" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Партійний вплив може набувати </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>дисфункційних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> форм. Серед типових ризиків виокремлюють: домінування короткострокового електорального інтересу над довгостроковою результативністю; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>популістичну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> редукцію складних політичних проблем до простих гасел; використання державних ресурсів для партійної конкуренції; патронаж і “захоплення” посад; надмірну конфліктність і блокування рішень у поляризованих системах. Ці ризики безпосередньо впливають на якість публічного управління, оскільки знижують прогнозованість політики, ускладнюють стратегічне планування та послаблюють довіру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FEF341" w14:textId="77777777" w:rsidR="007710ED" w:rsidRPr="00D07F75" w:rsidRDefault="007710ED" w:rsidP="007710ED">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Конструктивність партійної суб’єктності забезпечується інституційними умовами: прозорими правилами політичної конкуренції, реальними механізмами парламентського контролю, незалежністю суду, професійною державною службою, дієвими антикорупційними інститутами, належним фінансуванням партійної діяльності та високими стандартами політичної етики. За таких умов партії виконують свою демократичну місію не як “перешкода” управлінню, а як інституційний механізм перетворення суспільних інтересів у легітимну політику та підзвітні управлінські рішення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498A14C7" w14:textId="73855CF5" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="514BF12E" w14:textId="12D4DB19" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00617D02" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>9. Громадські організації як суб’єкт публічного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69705836" w14:textId="1B7A486E" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Громадянське суспільство як “не владний”, але впливовий суб’єкт</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F4FC0B" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Громадські організації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> є суб’єктами публічного управління, вплив яких здебільшого не спирається на примусову владу, а на механізми участі, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>адвокації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>експертності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та суспільного контролю. Вони формують суспільні запити, здійснюють моніторинг рішень, виявляють проблеми реалізації політики й підсилюють підзвітність публічних інституцій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7275DF1A" w14:textId="2937C0FE" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Функції громадських організацій у публічному управлінні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFCCF9F" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У структурі публічного управління громадські організації виконують функції: представництва інтересів груп, експертного супроводу та аналізу політик, публічної комунікації, контрольних практик (антикорупційний нагляд, моніторинг </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>закупівель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, оцінювання якості послуг), а також реалізації соціальних проєктів у партнерстві з державою та ОМС. Їх внесок особливо важливий у сферах, де потрібні довіра, соціальна мобілізація й робота з вразливими групами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B5E53F" w14:textId="5F2E27A8" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Межі та умови ефективної участі громадськості</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64287D99" w14:textId="77777777" w:rsidR="00617D02" w:rsidRPr="00D07F75" w:rsidRDefault="00617D02" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ефективність громадських організацій як суб’єктів залежить від правових гарантій участі, доступу до інформації, якості інституційних процедур консультацій, спроможності до коаліцій та професіоналізації. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Водночас необхідним є баланс між залученням громадськості та збереженням відповідальності публічної влади: остаточні рішення мають ухвалюватися легітимними органами, але на основі відкритих процедур і врахування аргументованих позицій стейкхолдерів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D000094" w14:textId="77777777" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00617D02">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D888E26" w14:textId="08DAD0C9" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5FFB" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>10. Бізнес як суб’єкт публічного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC2162D" w14:textId="3930CC6B" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Концептуальні підстави суб’єктності бізнесу в публічному управлінні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D9BC67" w14:textId="77777777" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У сучасній теорії публічного управління бізнес розглядається як суб’єкт публічного управління не в сенсі носія публічно-владних повноважень, а як впливовий актор публічної політики та врядування, що бере участь у формуванні, реалізації та оцінюванні рішень, значущих для суспільства. Суб’єктність бізнесу зумовлена його ресурсною спроможністю, інноваційним потенціалом, роллю у створенні робочих місць і податкової бази, а також впливом на економічну безпеку та конкурентоспроможність держави. Водночас участь бізнесу в публічному управлінні має бути інституційно врегульованою, оскільки приватний інтерес може вступати в суперечність із публічним, що формує методологічну вимогу до прозорих правил представництва, запобігання конфлікту інтересів та забезпечення підзвітності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661D7F27" w14:textId="5A21F7EE" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Основні канали впливу бізнесу на публічне управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A3DCCD" w14:textId="77777777" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бізнес впливає на публічне управління через низку інституційних і неформальних каналів. По-перше, через участь у виробленні регуляторної політики: консультації щодо проєктів нормативно-правових актів, участь у дорадчих органах, подання пропозицій до регуляторних актів, експертні висновки бізнес-асоціацій. По-друге, через економічні механізми взаємодії з державою: державні закупівлі, концесії, державно-приватне партнерство, інфраструктурні контракти, грантові та інноваційні програми. По-третє, через інститути саморегулювання та стандартизації, коли бізнес-спільноти (за відповідної правової рамки) беруть участь у формуванні галузевих стандартів якості, професійних правил або </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>комплаєнс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>-практик. По-четверте, через публічні комунікації, корпоративну соціальну відповідальність, соціальні інвестиції та участь у реалізації соціально значущих проєктів на територіальному рівні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5A71F2" w14:textId="10769755" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бізнес і межі допустимого впливу: ризики та запобіжники</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D24A13" w14:textId="77777777" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Науковий аналіз підкреслює, що залучення бізнесу до публічного управління може підвищувати ефективність і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інноваційність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> політик, однак одночасно породжує ризики “захоплення” політики (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>policy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>capture</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">олігархічного впливу, лобістського викривлення пріоритетів, корупційних практик і нерівності доступу до процесу ухвалення рішень. Тому конструктивна суб’єктність бізнесу потребує чітких запобіжників: прозорих процедур консультацій і прийняття рішень, декларування та врегулювання конфлікту інтересів, конкуренції в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>закупівлях</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, антимонопольного регулювання, відкритих даних і дієвого контролю з боку громадськості та незалежних інституцій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7089CD" w14:textId="30985A6B" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67636193" w14:textId="029F462D" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5FFB" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>11. Соціальний діалог як запорука успішного публічного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA33804" w14:textId="5CD52B72" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поняття соціального діалогу та його управлінське значення</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A8D5B6" w14:textId="77777777" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Соціальний діалог у публічному управлінні розуміють як інституційно організований процес взаємодії між ключовими соціально-економічними сторонами — державою, роботодавцями та працівниками (їх представницькими організаціями), спрямований на узгодження інтересів і вироблення спільних рішень у сфері праці, зайнятості, соціального захисту та економічної політики. Його значення полягає в тому, що він формує механізм “керованої </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>компромісності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>”: знижує конфліктність, легітимує реформи та забезпечує соціальну стійкість політик, особливо у періоди криз, структурних змін або відновлення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="721B5BF0" w14:textId="797F50C4" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Соціальний діалог як інструмент узгодження інтересів і легітимації політики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA30891" w14:textId="77777777" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У демократичних системах соціальний діалог виконує функцію узгодження суперечливих інтересів, що неминуче виникають у процесі перерозподілу ресурсів та визначення соціальних стандартів. Він сприяє підвищенню якості рішень завдяки включенню експертного досвіду сторін і дозволяє перевести потенційні конфлікти в процедури переговорів. Для публічного управління це означає підвищення передбачуваності та керованості соціально-економічних процесів, а також зростання довіри до інституцій унаслідок прозорішого процесу ухвалення рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8C583F" w14:textId="3C8D31CD" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форми та рівні соціального діалогу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76226437" w14:textId="77777777" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Соціальний діалог може здійснюватися на національному, галузевому, регіональному та локальному рівнях. Його формами виступають консультації, колективні переговори, укладання угод і пактів, тристоронні комісії, участь у формуванні соціальних стандартів та процедур. У публічно-управлінському аспекті важливо, що соціальний діалог забезпечує зв’язок між політикою зайнятості, бюджетною спроможністю та стандартами соціального захисту, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>підтримуючи баланс між економічною ефективністю й соціальною справедливістю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="206B9196" w14:textId="7EE45BA1" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Умови ефективності соціального діалогу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59BCE7DB" w14:textId="77777777" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ефективність соціального діалогу залежить від інституційної спроможності сторін, репрезентативності організацій, наявності довіри, процедурної визначеності, доступу до інформації, спроможності до виконання домовленостей та наявності механізмів моніторингу. У слабких інституційних середовищах соціальний діалог може бути формальним, що знижує його роль як механізму реальної координації інтересів; у таких випадках пріоритетом стає розвиток інституційних гарантій участі та підзвітності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F179786" w14:textId="199C2641" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="071CB6CA" w14:textId="3522E34B" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5FFB" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>12. Співробітництво з питань громадянського суспільства як пріоритет реформування публічного управління в Україні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="739D2551" w14:textId="05940107" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Методологічна логіка залучення громадянського суспільства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EAD8EA2" w14:textId="77777777" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Співробітництво держави та місцевого самоврядування з інститутами громадянського суспільства розглядається як ключовий напрям сучасних реформ публічного управління, оскільки воно підсилює демократичну легітимність, сприяє прозорості, розширює інформаційну базу управлінських рішень і забезпечує додаткові механізми контролю. З позицій концепції </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>good</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та відкритого врядування, участь громадськості є не “додатковою опцією”, а необхідною умовою якісної публічної політики, особливо в сферах, де потрібні довіра, соціальна мобілізація та адресність підтримки вразливих груп.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1345C096" w14:textId="28D49DF7" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Основні напрями співробітництва з громадянським суспільством</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F9E4F9" w14:textId="77777777" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Співробітництво реалізується через механізми участі та партнерства: публічні консультації, громадські ради, робочі групи, електронні інструменти участі, участь громадськості у формуванні місцевих програм розвитку, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>партисипативне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бюджетування, громадський моніторинг та оцінювання якості послуг. Окремим напрямом виступає реалізація соціальних проєктів на основі грантових механізмів або соціального замовлення, коли громадські організації беруть на себе виконання окремих соціально значущих функцій, зберігаючи підзвітність і стандарти якості.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED2244A" w14:textId="1E6D018C" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Роль співробітництва у підвищенні підзвітності та антикорупційної спроможності</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC6D9DD" w14:textId="77777777" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Залучення громадянського суспільства посилює підзвітність публічної влади через інструменти доступу до інформації, відкриті дані, громадський аудит, моніторинг </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>закупівель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, антикорупційні розслідування та суспільний </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>контроль. У реформуванні публічного управління це має системний ефект: підвищується якість рішень, зменшується ризик зловживань, розширюється довіра до інституцій та зростає стійкість реформ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA0C8DB" w14:textId="0C89FBA6" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Інституційні умови результативного співробітництва</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C463DAB" w14:textId="77777777" w:rsidR="00AC5FFB" w:rsidRPr="00D07F75" w:rsidRDefault="00AC5FFB" w:rsidP="00AC5FFB">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Для результативності співробітництва необхідні: правові гарантії участі, зрозумілі процедури консультацій, відкритість даних, регулярність комунікації, репрезентативність учасників, спроможність органів влади інтегрувати пропозиції в політику, а також наявність механізмів зворотного зв’язку (“що саме враховано і чому”). Важливою умовою є професіоналізація як публічних службовців (навички участі та комунікації), так і громадського сектору (аналітична спроможність, доброчесність, відповідальність за якість пропозицій і проєктів). За відсутності таких умов участь може перетворюватися на формальність, що не підсилює, а знижує довіру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F52EACD" w14:textId="1E56E9BF" w:rsidR="00C00916" w:rsidRPr="00D07F75" w:rsidRDefault="00C00916" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Приклади співробітництва з громадянським суспільством як пріоритет реформування публічного управління в Україні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B06A000" w14:textId="42BC0B46" w:rsidR="00C00916" w:rsidRPr="00D07F75" w:rsidRDefault="00C00916" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Prozorro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + громадський контроль DOZORRO (антикорупційна спроможність і підзвітність)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0834FE90" w14:textId="77777777" w:rsidR="00C00916" w:rsidRPr="00D07F75" w:rsidRDefault="00C00916" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Електронна система публічних </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>закупівель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Prozorro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> побудована на принципі максимальної прозорості даних, що створило основу для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>громадського контролю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Після запуску системи громадськість і профільні НУО розвинули інструменти моніторингу, зокрема ініціативу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DOZORRO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> від </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Transparency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>International</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ukraine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: платформа і мережа моніторингу, яка аналізує закупівлі, підсвічує ризикові тендери, формує звернення та підтримує практику реагування на порушення. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Додатково цю логіку “відкриті дані → громадський контроль → якісніші рішення” фіксують і міжнародні партнери в контексті відкритих </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>закупівель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та антикорупційних реформ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741696A0" w14:textId="6A9932F7" w:rsidR="00C00916" w:rsidRPr="00D07F75" w:rsidRDefault="00C00916" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TAPAS (USAID/UK </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Aid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>): спільна розробка е-інструментів прозорості держави</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="219D80CC" w14:textId="77777777" w:rsidR="00C00916" w:rsidRPr="00D07F75" w:rsidRDefault="00C00916" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проєкт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>TAPAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Transparency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Accountability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Administration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) — приклад багаторічної співпраці державних органів, донорів і громадянського суспільства для створення та масштабування </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>е-інструментів прозорості, підзвітності та сервісів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. У таких програмах громадськість виступає не “спостерігачем”, а </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>співрозробником</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рішень (концепції, UX, тестування, аналітика, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>адвокація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> впровадження). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3262D193" w14:textId="27D5AFD9" w:rsidR="00C00916" w:rsidRPr="00D07F75" w:rsidRDefault="00C00916" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Е-демократія: е-петиції, е-консультації, е-звернення (участь і зворотний зв’язок)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="140EC87A" w14:textId="77777777" w:rsidR="00C00916" w:rsidRPr="00D07F75" w:rsidRDefault="00C00916" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">В Україні розвиваються інструменти </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>електронної демократії</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, які </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інституціоналізують</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаємодію влади та громадян: е-петиції, е-консультації, е-опитування, запити на публічну інформацію тощо. Як конкретний приклад — запуск механізмів е-петицій на рівні місцевих громад у межах цифрової екосистеми держави (на базі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Diia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/суміжних сервісів). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Такі інструменти не замінюють представницьку демократію, але підсилюють її через постійний канал зворотного зв’язку і “сигнали” про проблеми на місцях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162D9C28" w14:textId="02133C8A" w:rsidR="00C00916" w:rsidRPr="00D07F75" w:rsidRDefault="00C00916" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Бюджет участі (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>participatory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>budgeting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>): спільне ухвалення рішень про частину місцевих видатків</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ECC67F8" w14:textId="77777777" w:rsidR="00C00916" w:rsidRPr="00D07F75" w:rsidRDefault="00C00916" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Бюджет участі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (“громадський бюджет”) — один із найпомітніших механізмів співпраці влади з громадянами на муніципальному рівні: мешканці подають проєкти, голосують, а місцева влада фінансує реалізацію з частини бюджету. В Україні інституційна підтримка та методології такого процесу представлені, зокрема, платформою/ініціативами на кшталт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pb.org.ua (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Hromadskyi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Project)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, що описують модель циклу бюджету участі та роль громадян у визначенні пріоритетів. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Емпіричні дослідження участі громадян у бюджетуванні в Україні (2015–2018) демонструють поширення практики й зростання обсягів фінансування участі в громадах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32BD9333" w14:textId="7788C65A" w:rsidR="00C00916" w:rsidRPr="00D07F75" w:rsidRDefault="00C00916" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Відновлення і реконструкція: коаліція RISE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ukraine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (доброчесність, прозорість, “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>integrity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>” відбудови)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC4D9FB" w14:textId="77777777" w:rsidR="00C00916" w:rsidRPr="00D07F75" w:rsidRDefault="00C00916" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Після 2022 року особливої ваги набули коаліційні формати, які з’єднують державні органи, місцеву владу, громадськість і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>civic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/аналітичні спільноти для забезпечення </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>прозорості й підзвітності відбудови</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RISE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ukraine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> позиціонується як коаліція організацій, що працює над доброчесністю, сталістю та ефективністю процесів реконструкції, підтримуючи відкритий діалог між громадянським суспільством, державними інституціями та міжнародними партнерами. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Це приклад, коли співпраця з громадянським суспільством виступає не “додатком”, а умовою довіри донорів і суспільства до великих публічних інвестицій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73EB2C7A" w14:textId="3ECA508C" w:rsidR="00C00916" w:rsidRPr="00D07F75" w:rsidRDefault="00C00916" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Open</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Government</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Partnership</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OGP): спільні плани дій “уряд ↔ громадськість”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20162A4D" w14:textId="77777777" w:rsidR="00C00916" w:rsidRPr="00D07F75" w:rsidRDefault="00C00916" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Україна бере участь у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Партнерстві “Відкритий Уряд” (OGP)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, де реформи плануються через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>спільні урядово-громадські плани дій</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>co-creation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): визначаються зобов’язання, заходи, індикатори і моніторинг виконання. У рамках OGP, зокрема, фігурують зобов’язання щодо прозорості </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>закупівель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Prozorro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) та розвитку цифрових платформ і відкритого, інклюзивного врядування. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EBE5A47" w14:textId="77777777" w:rsidR="0033577B" w:rsidRPr="00D07F75" w:rsidRDefault="0033577B" w:rsidP="00C00916">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D1967C1" w14:textId="34D7B5FE" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA407A" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA407A" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Функції публічного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AE3C45" w14:textId="0596C8A1" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Загальна характеристика функцій публічного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614ADEC8" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У теорії публічного управління </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>функції</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> розглядаються як відносно стійкі, повторювані напрями управлінської діяльності, через які забезпечується впорядкування суспільних процесів, реалізація публічної політики та досягнення суспільно значущих результатів. Функції відображають </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>зміст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публічного управління, його призначення та логіку впливу на об’єкти управління. Вони мають комплексний характер і реалізуються на різних рівнях публічної влади (державному, регіональному, місцевому) з урахуванням правових, ресурсних та інституційних обмежень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="105195F2" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На відміну від управління в приватному секторі, де функції підпорядковані передусім економічній результативності, у публічному управлінні функціональна система повинна одночасно забезпечувати </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>законність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>легітимність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>підзвітність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>справедливість</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>доступність публічних послуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>результативність політики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Це обумовлює підвищену роль процедур, механізмів участі та інструментів узгодження інтересів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F21EFC" w14:textId="0D97369A" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Класифікація функцій публічного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779B7A9E" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функції публічного управління доцільно класифікувати за декількома </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>взаємодоповнювальними</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> підставами. За змістом управлінського циклу виокремлюють функції </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>планування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>організації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>координації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мотивації (стимулювання)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контролю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>комунікації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. За характером впливу — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>регуляторні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>нормотворення</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, стандартизація, нагляд), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сервісні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (надання послуг), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>розпорядчі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (адміністративні рішення), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>розподільчі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бюджетування, перерозподіл ресурсів), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інтегративні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (узгодження інтересів, партнерства). За рівнем часу та горизонтом — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оперативні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>середньострокові</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>стратегічні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22BBEDC5" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У навчально-методичному вимірі продуктивним є розгляд функцій як елементів </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>управлінського циклу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: від постановки цілей і планування — до реалізації — і подальшого моніторингу, оцінювання та корекції рішень. Саме така логіка забезпечує зв’язок між політичними пріоритетами, інституційною спроможністю та досягнутими суспільними результатами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9D6779" w14:textId="209C3381" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17975CAF" w14:textId="648C510B" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA407A" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA407A" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Планування у публічному управлінні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24CB633E" w14:textId="7E6D9D05" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поняття та значення планування</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29AB07CF" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Планування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у публічному управлінні — це функція, що полягає у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>науково обґрунтованому визначенні цілей, пріоритетів, завдань, ресурсів, строків, індикаторів та механізмів реалізації публічних рішень. Його призначенням є забезпечення цілеспрямованості та узгодженості дій публічної влади, зниження невизначеності, раціоналізація використання ресурсів та формування умов для підзвітності (оскільки за наявності плану можливе порівняння “заплановано — виконано — досягнуто”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21575237" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Планування виступає інструментом перетворення політичних пріоритетів у управлінські програми і операційні заходи. У цьому сенсі воно є “містком” між рівнем публічної політики (що саме робити) і рівнем адміністрування (як саме робити).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF9BC6F" w14:textId="3BD06B49" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Основні елементи планування</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BEA77E" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Структурно процес планування включає:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>визначення проблеми та потреб; формулювання цілей; розроблення завдань; вибір інструментів; оцінювання ресурсів (фінансових, кадрових, організаційних, інформаційних); встановлення строків; визначення відповідальних виконавців; встановлення індикаторів результативності; аналіз ризиків і припущень; визначення механізмів моніторингу та корекції.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">У публічному секторі особливо важливою є вимога </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>узгодженості планів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> із бюджетними процедурами, правовими нормами, повноваженнями органів влади та механізмами участі громадськості.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2C7D52" w14:textId="5D4A450D" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Види планування за горизонтом і рівнем</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED05F85" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Залежно від горизонту та предмета виокремлюють:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AED5C04" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оперативне (поточне) планування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, що охоплює короткострокові завдання і забезпечує повсякденну організацію діяльності;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EEFD21B" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>середньострокове планування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, що пов’язане з програмами і бюджетними циклами та забезпечує реалізацію політик у більш тривалому періоді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="715C28AD" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>довгострокове та стратегічне планування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, орієнтоване на структурні зміни, розвиток і трансформацію.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77917100" w14:textId="0547E6C8" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21A90C75" w14:textId="2906A06D" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA407A" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA407A" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Довгострокове планування у публічному управлінні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4F96EE" w14:textId="789BF8CE" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сутність і цільова орієнтація</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215E0BAB" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Довгострокове планування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характеризується орієнтацією на тривалі інтервали (зазвичай 5–10 і більше років) та фокусом на структурні тенденції розвитку: демографічні зміни, технологічні трансформації, екологічні виклики, модернізацію інфраструктури, зміни ринку праці, безпекові ризики тощо. Його основою є аналіз трендів і сценаріїв, що дозволяє визначати не лише бажані цілі, а й можливі траєкторії досягнення цих цілей у різних умовах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF2657B" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Довгострокове планування виконує функцію формування “рамки” для політик і програм, забезпечуючи послідовність і узгодженість управлінських рішень між різними циклами політичної влади.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012BE8AB" w14:textId="11989EA8" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Інструментарій довгострокового планування</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C899874" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методологічно довгострокове планування спирається на прогнозування, аналіз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мегатрендів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сценарне планування, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>foresight</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, оцінювання ризиків, а також моделювання можливих наслідків політичних рішень. Для публічного управління принциповим є врахування невизначеності та зовнішніх шоків, що потребує підходів до формування стійких і адаптивних планів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15AA53B1" w14:textId="270B5B30" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42595919" w14:textId="07FF9EA7" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA407A" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA407A" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Стратегічне планування у публічному управлінні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BBE138" w14:textId="35763F6D" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Визначення та відмінність від довгострокового планування</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ABC0E4A" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Стратегічне планування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> є особливою формою довгострокового планування, що зосереджується не лише на горизонті часу, а на формуванні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>стратегії</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — узгодженого бачення майбутнього, пріоритетів, цілей, механізмів реалізації та показників результативності. Якщо довгострокове планування може мати переважно прогностичний характер (опис траєкторій), то стратегічне планування є насамперед </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>цілеспрямовано-вибірковим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: воно визначає, яку саме траєкторію розвитку обирає публічна влада і якими ресурсами та інструментами це буде забезпечено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7D0AEA" w14:textId="746D1624" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Основні компоненти стратегії</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0718B1A4" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Стратегія в публічному управлінні включає формулювання місії та бачення, визначення стратегічних цілей, встановлення пріоритетів, вибір політичних і управлінських інструментів, ресурсне забезпечення (у т. ч. через бюджет), інституційний дизайн (хто і як реалізує), систему показників (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>outputs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>outcomes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>), механізми моніторингу, оцінювання та корекції.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59639327" w14:textId="6A4BDC04" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Етапи стратегічного планування</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C11304F" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Процес стратегічного планування зазвичай охоплює: аналіз середовища та проблеми; формування бачення; визначення стратегічних цілей; розроблення сценаріїв і вибір пріоритетів; планування ресурсів; інституційну координацію; розробку плану реалізації (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>action</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>plan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>); створення системи показників; запуск моніторингу й оцінювання; періодичний перегляд і актуалізацію стратегії. Для публічного сектору принциповими є узгодження стратегії з правовою базою, бюджетним циклом і механізмами участі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A772B2E" w14:textId="34645158" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Принципи якісного стратегічного планування</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C04D70" w14:textId="77777777" w:rsidR="00FA407A" w:rsidRPr="00D07F75" w:rsidRDefault="00FA407A" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Якість стратегічного планування визначається: реалістичністю цілей і ресурсів, узгодженістю між рівнями влади, прозорістю, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інклюзивністю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">наявністю доказової бази, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вимірюваністю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результатів і здатністю до адаптації (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>adaptive</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>). Стратегія має бути не декларацією, а управлінським інструментом, інтегрованим у повсякденні процеси бюджетування, управління програмами та публічного контролю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411E2959" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00FA407A">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DE6D88F" w14:textId="18137B84" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B510C6" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B510C6" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Організація та координація у публічному управлінні. Організаційна структура та її різновиди. Етапи проєктування організаційних структур. Поняття ідеальної організаційної структури</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0ED43F" w14:textId="3E9DF8E4" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Організація як функція публічного управління</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF136BF" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Організація у публічному управлінні є базовою управлінською функцією, зміст якої полягає у формуванні та підтриманні такої системи інституційних </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>зв’язків</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, процедур і розподілу повноважень, що забезпечує практичну реалізацію цілей публічної політики, надання публічних послуг і виконання державних та самоврядних функцій. Організаційна функція спрямована на перетворення нормативно визначених компетенцій і стратегічних пріоритетів у упорядкований процес діяльності, де визначені виконавці, ресурси, правила взаємодії та відповідальність за результати.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73CE30A0" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У публічному секторі організація має специфічні ознаки, зумовлені публічно-правовим режимом. Зокрема, структурні та процедурні рішення мають відповідати принципам законності, підзвітності та прозорості; вони є обмеженими компетенцією органу влади і повинні бути узгоджені з бюджетними процедурами, кадровими регламентами публічної служби, а також із необхідністю забезпечення рівного доступу громадян до послуг. Відтак організація в публічному управлінні не зводиться до “внутрішнього менеджменту”, а виступає інструментом реалізації публічної відповідальності та гарантування якості державного й муніципального сервісу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482C51E7" w14:textId="6569294A" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Координація у публічному управлінні: сутність, рівні та механізми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="674ED46C" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Координація у публічному управлінні означає узгодження цілей, рішень і дій між підрозділами одного органу, між різними органами публічної влади, а також між публічними й непублічними акторами, залученими до реалізації політик. Її ключове призначення полягає у подоланні фрагментації управління, мінімізації дублювання функцій, запобіганні конфліктам компетенцій і забезпеченні цілісності управлінського впливу на об’єкт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56381457" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У структурному вимірі координацію доцільно розглядати на трьох рівнях. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Внутрішньоорганізаційна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> координація</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> забезпечує узгодженість дій підрозділів у межах одного органу, функціональну сумісність процедур і ефективний розподіл інформаційних потоків. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Міжвідомча координація</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">охоплює взаємодію міністерств, служб, агентств і місцевих органів, що беруть участь у спільних політиках, де відсутність узгодженості призводить до втрати результативності. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Міжсекторна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> координація</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стосується партнерства держави та місцевого самоврядування з бізнесом і громадянським суспільством у форматах консультацій, публічно-приватних </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>партнерств</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, соціального замовлення або спільного виробництва послуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40713708" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Механізми координації включають нормативно закріплені процедури (регламенти взаємодії, погодження актів, спільні накази), інституційні форми (міжвідомчі комісії, координаційні ради, проєктні офіси), інструменти планування (узгоджені програми та дорожні карти), інформаційно-аналітичні системи (обмін даними, єдині реєстри, цифрові платформи), а також інструменти управління за результатами, коли різні органи пов’язуються спільними показниками </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>outcome</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>output</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і спільною відповідальністю. На сучасному етапі координація дедалі частіше набуває мережевих форм і підтримується цифровими інструментами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>міжінституційної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаємодії.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5258F72F" w14:textId="5E58C413" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Організаційна структура в публічному управлінні: поняття та функціональне призначення</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0FB8A4" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Організаційна структура публічного органу є формалізованим відображенням розподілу повноважень, функцій, відповідальності та комунікаційних </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>зв’язків</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> між елементами організації (підрозділами та посадовими ролями). Вона виконує низку фундаментальних функцій: забезпечує стабільність і передбачуваність управлінських процесів; формує канали прийняття рішень; визначає межі компетенцій; створює умови для контролю та підзвітності; підтримує управлінську спроможність до реалізації політик і надання послуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082B3B01" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У публічному секторі структурний дизайн має подвійний характер. З одного боку, він є інструментом забезпечення ефективності й якості виконання функцій; з іншого — механізмом юридичного та процедурного обмеження управлінського розсуду, що є необхідним для запобігання зловживанням владою та забезпечення рівності громадян у доступі до публічних благ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D835D84" w14:textId="1818C118" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Різновиди організаційних структур у публічному управлінні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A78E16" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У науковій і прикладній літературі виділяють кілька типів організаційних структур, які можуть використовуватися в публічному управлінні залежно від завдань, масштабу та характеру функцій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E02A2A8" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Найбільш традиційною є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лінійна структура</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, у якій переважає вертикаль підпорядкування та чіткий розподіл командних повноважень. Її перевага полягає у простоті управління та ясності відповідальності, проте в складних </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>політиках вона може породжувати перевантаження керівництва та обмежувати горизонтальну взаємодію.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0626D782" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Функціональна структура</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> передбачає спеціалізацію підрозділів за функціями (правове забезпечення, фінанси, кадри, стратегічне планування, комунікації тощо). Така структура підсилює професіоналізацію та стандартизацію процесів, однак водночас може спричиняти “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>секторність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>” і відомчий егоїзм, коли кожен функціональний блок оптимізує власну діяльність на шкоду інтегрованому результату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B264CDA" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Лінійно-функціональна (штабна)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> структура поєднує вертикаль управління з наявністю функціональних підрозділів, що забезпечують аналітичну, правову та методичну підтримку керівництва. Вона є поширеною в органах влади, оскільки дозволяє зберігати принцип єдиноначальності та водночас розвивати спеціалізовані компетенції.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="275F0AA2" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У багатофункціональних організаціях або в умовах багаторівневого управління застосовується </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>дивізіональна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> структура</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, де структурні одиниці формуються за територіальним, програмним або </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сферовим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принципом (наприклад, регіональні управління; підрозділи за політиками/секторами). Її перевагою є наближення управління до об’єкта та підвищення адаптивності, однак зростає потреба у сильних механізмах координації та єдиних стандартах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0427AE9D" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для реалізації комплексних реформ і міжвідомчих програм використовується </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>проєктна структура</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, у якій під конкретну ціль формується тимчасова команда з визначеним мандатом, ресурсами та результатами. Вона підсилює результативність і гнучкість, але потребує чітких правил взаємодії з постійною ієрархією.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="016274A3" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Як форма інтеграції функціональної та проєктної логіки виділяється </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>матрична структура</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, де працівник підпорядковується одночасно функціональному керівнику та керівнику проєкту/програми. Матричний підхід ефективний у середовищі множинних політик, проте підвищує вимоги до координації, комунікації та управління конфліктами повноважень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39213C26" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окремим сучасним напрямом є </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мережева (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>network</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>) структура</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, що відображає логіку </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: органи влади взаємодіють із автономними акторами (іншими органами, громадами, НУО, бізнесом) у стабільних партнерських конфігураціях. Така структура забезпечує гнучкість і доступ до зовнішніх ресурсів, проте потребує високої інституційної довіри, чітких правил і розвинених механізмів підзвітності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B0D5AB7" w14:textId="0199362C" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Етапи проєктування організаційних структур у публічному управлінні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5E0CC6" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Проєктування організаційної структури в публічному секторі є цілеспрямованим процесом інституційного дизайну, який має враховувати правові мандати, функціональні завдання, ресурсні можливості та вимоги підзвітності. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Типово</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цей процес включає кілька логічних етапів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651CF027" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перший етап пов’язаний з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аналізом місії, повноважень і середовища діяльності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органу: визначаються правові підстави функціонування, стратегічні цілі, коло послуг/регуляторних функцій, очікування стейкхолдерів, а також ризики й обмеження. Другий етап полягає у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>декомпозиції функцій</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: загальні завдання розкладаються на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>підфункції</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, процеси й операції, що дозволяє визначити необхідні структурні одиниці. Третій етап — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>розподіл повноважень і відповідальності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: фіксуються зони компетенції, центри прийняття рішень, механізми делегування, рівні контролю та підзвітності. Четвертий етап передбачає </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">побудову системи вертикальних і горизонтальних </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>зв’язків</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: визначаються канали координації між підрозділами, порядок погоджень, комунікаційні регламенти, механізми міжвідомчої взаємодії (за потреби). П’ятий етап включає </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ресурсне та кадрове забезпечення</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> структури: визначаються штатна чисельність, кваліфікаційні вимоги, фінансування, інформаційні системи, а також система показників результативності. Завершальний етап — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тестування та адаптація</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: структура оцінюється з позицій керованості, відповідності мандату, здатності до реалізації політик, після чого вносяться коригування та встановлюється режим моніторингу ефективності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2235FB69" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У публічному управлінні до цих етапів обов’язково додається вимога </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>юридичної відповідності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (структура має бути легітимною) і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>узгодженості з бюджетним процесом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, оскільки структура без ресурсного підкріплення стає формальною.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BFAAC8F" w14:textId="13A3944C" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поняття ідеальної організаційної структури: наукова інтерпретація</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ABAB361" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поняття “ідеальної” організаційної структури в науковому сенсі не означає існування універсальної моделі, придатної для будь-якого органу влади. У сучасній теорії організацій переважає підхід </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контингентності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, відповідно до якого структура є “оптимальною” лише в співвіднесенні з цілями, функціями, масштабом діяльності, складністю середовища та ресурсними обмеженнями. Отже, “ідеальна” структура в публічному управлінні має розумітися як така, що забезпечує найкраще можливе поєднання керованості, законності та результативності в конкретних умовах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57806A60" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вимірювально “ідеальність” проявляється у здатності структури забезпечувати чіткість повноважень і відповідальності, уникати дублювання </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">функцій, підтримувати достатню швидкість і якість ухвалення рішень, гарантувати прозорість і підзвітність, а також бути адаптивною до змін політик і зовнішніх викликів. Вона має забезпечувати баланс між централізацією (для єдності стандартів і контролю) та децентралізацією (для гнучкості й наближення до потреб), між ієрархією (для дисципліни виконання) та горизонтальною взаємодією (для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>міжсекторних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і міжвідомчих політик). У підсумку “ідеальна” структура є не статичним конструктом, а інституційною конфігурацією, здатною підтримувати якісне публічне управління через поєднання функціональної спроможності, процедурної коректності та орієнтації на суспільний результат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DBBF67" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D96EB9A" w14:textId="4EA8140B" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="00A97FFB" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="0000261B" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="0000261B" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Контроль у публічному управлінні. Управління за результатами. Антикризовий менеджмент як складова контролю. Функції держави у системі публічного управління (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0000261B" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Бернар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0000261B" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0000261B" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Гурне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0000261B" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51D95CD1" w14:textId="4B4FDC50" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Контроль у публічному управлінні: сутність і місце в управлінському циклі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ACAB118" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Контроль у публічному управлінні є базовою управлінською функцією, що забезпечує перевірку відповідності діяльності суб’єктів публічної влади встановленим цілям, правовим нормам, стандартам, планам і ресурсним обмеженням, а також виявлення відхилень і ініціювання коригувальних дій. У методологічному сенсі контроль є елементом “зворотного зв’язку” в управлінському циклі: він пов’язує стадії планування й реалізації з оцінюванням та корекцією політики. Саме через контроль публічне управління набуває властивостей керованості, підзвітності та передбачуваності, оскільки забезпечується можливість перевіряти, чи відповідають управлінські дії задекларованим пріоритетам і чи досягаються суспільно значущі результати.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF8A029" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Специфіка контролю у публічному секторі визначається тим, що він реалізується в умовах верховенства права, демократичної легітимації та багатоканальної підзвітності. На відміну від приватного менеджменту, де контроль переважно спрямований на фінансові показники та продуктивність, у публічному управлінні контроль має багатовимірний характер і охоплює законність, доцільність, ефективність, справедливість, якість послуг, дотримання прав людини й антикорупційні стандарти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192538D0" w14:textId="60029D9D" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Призначення контролю у публічному управлінні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4401370A" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Призначення контролю полягає у виконанні кількох взаємопов’язаних завдань. По-перше, контроль виконує </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>гарантійну функцію</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: забезпечує законність і захист прав громадян шляхом перевірки правильності </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">застосування норм і процедур. По-друге, він має </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>управлінсько</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>-коригувальну функцію</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оскільки дозволяє виявляти відхилення від планів, програм і стандартів та коригувати дії органів влади. По-третє, контроль є </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ресурсно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>-охоронним механізмом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, що запобігає нецільовому використанню бюджетних коштів і зменшує втрати від неефективності або зловживань. По-четверте, контроль виконує </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>комунікативно-легітимаційну функцію</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, адже публічна звітність і аудит підсилюють довіру до інституцій та обґрунтованість управлінських рішень у очах суспільства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA94C4D" w14:textId="0F9B64AF" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Види контролю у публічному управлінні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E125B9" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У науковій і практичній площині види контролю класифікують за кількома критеріями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72711EDE" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За часом здійснення виокремлюють </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>попередній</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>поточний</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>підсумковий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контроль. Попередній контроль спрямований на запобігання помилкам до прийняття рішення або здійснення витрат (наприклад, перевірка відповідності проєктів рішень компетенції та бюджету). Поточний контроль здійснюється у процесі виконання програм і забезпечує оперативне реагування на відхилення. Підсумковий контроль проводиться після завершення заходів або бюджетного періоду і зосереджується на оцінці досягнутих результатів та наслідків.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BA23BB" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За суб’єктом здійснення розрізняють </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>внутрішній</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>зовнішній</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контроль. Внутрішній контроль здійснюється в межах органу влади (керівництвом, структурними підрозділами контролю, внутрішнім аудитом) і є елементом управлінської відповідальності. Зовнішній контроль здійснюється незалежними або відносно автономними інституціями: парламентськими органами, рахунковими органами, судами, органами державного фінансового контролю, а також громадськістю та медіа у формі громадського контролю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F9AB28" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За предметом контроль поділяють на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>правовий (законність)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>фінансовий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>адміністративно-процедурний</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контроль якості публічних послуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>антикорупційний</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контроль результативності (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>performance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>control</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Особливо важливим у сучасній практиці є зміщення від домінування контролю дотримання процедур до збалансованого поєднання процедурного й результативного контролю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6027D880" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>За методами здійснення виокремлюють перевірки, інспектування, аудит (фінансовий, відповідності, ефективності), моніторинг, оцінювання політик, службові розслідування, аналіз показників, цифровий контроль на основі даних та ризик-орієнтовані методи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A97E77" w14:textId="39B36C7A" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Негативні наслідки надмірного або неякісного контролю та шляхи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>їх усунення</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48657E83" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У публічному управлінні контроль може набувати </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>дисфункційних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> форм. Надмірний контроль здатен породжувати управлінську інерцію, коли органи влади зосереджуються на формальному дотриманні процедур на шкоду досягненню суспільних результатів. У таких умовах зростає ризик “паперової результативності”, орієнтації на звітність замість суті, а також уникнення відповідальності через надмірну кількість погоджень і перевірок. Другим негативним наслідком є </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>демотивація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> персоналу: жорсткий каральний контроль знижує ініціативність, стимулює уникнення ризиків і “бюрократичну оборону”. Третім є фрагментація контрольних процедур, коли різні контролюючі інституції дублюють перевірки, створюючи адміністративний тиск і підвищуючи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>транзакційні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> витрати.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B334FD" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шляхи усунення цих негативних ефектів пов’язані з переходом до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ризик-орієнтованого контролю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, який зосереджується на найбільш уразливих процесах і розподіляє контрольні ресурси </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>пропорційно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рівню ризику. Дієвим є також поєднання контролю з механізмами навчання й підвищення спроможності (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>control</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), коли контроль спрямований не лише на виявлення порушень, а й на вдосконалення процесів. Важливе значення має </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>цифровізація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контрольних процедур, що дозволяє мінімізувати суб’єктивізм і зменшити дублювання перевірок шляхом інтеграції даних і автоматизованих індикаторів ризику. Нарешті, необхідним є баланс між контролем і автономією: керівники мають забезпечити такі рамки, де працівник відповідає за результат у межах визначених правил, а контроль не руйнує здатності до інновацій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E04C01B" w14:textId="1A55E1E9" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Умови ефективності контролю в публічному управлінні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="674A7864" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ефективність контролю визначається сукупністю інституційних, процедурних і культурних передумов. По-перше, контроль має бути </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>цілеспрямованим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і пов’язаним із цілями політики, а не існувати як самодостатня процедура. По-друге, він повинен бути </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>пропорційним</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ризикам і ресурсам, тобто не надмірним та не формальним. По-третє, необхідна </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>незалежність і професійність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контрольних інституцій, оскільки контроль, залежний від політичної кон’юнктури, втрачає довіру й здатність запобігати зловживанням. По-четверте, контроль має спиратися на дані та стандарти, що забезпечує </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вимірюваність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і порівнянність. По-п’яте, критичною є наявність </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>механізмів реагування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: результати контролю повинні трансформуватися у коригувальні рішення, дисциплінарну або юридичну відповідальність, зміни процедур і навчання персоналу. Без цього контроль перетворюється на звітність без управлінського ефекту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF97117" w14:textId="12D02F7F" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Концепція управління за результатами (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Results-Based</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32745440" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Концепція управління за результатами (RBM) є методологією, яка зміщує акцент із контролю виконання процедур та витрат на контроль </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>досягнення результатів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і суспільних ефектів. В її основі лежить логіка “ланцюга результатів”: ресурси (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>inputs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>) — діяльність (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>) — продукти (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>outputs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>) — результати (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>outcomes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>) — вплив (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>impact</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>). Управління за результатами вимагає формулювання чітких, вимірюваних цілей, визначення показників, встановлення базових значень і цільових орієнтирів, а також регулярного моніторингу й оцінювання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D0ED5F" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У публічному управлінні RBM виконує подвійну роль. З одного боку, він посилює відповідальність органів влади за результат і підвищує прозорість використання ресурсів; з іншого — створює основу для більш гнучкого управління, оскільки дозволяє оцінювати організацію не лише за формальним “дотриманням” процедур, а за фактичним суспільним ефектом. При цьому застосування RBM потребує обережності: не всі публічні результати легко вимірюються, і надмірна “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>метризація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>” може стимулювати маніпуляції показниками або підміну змісту діяльності формальними KPI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712F3258" w14:textId="64BD256A" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Антикризовий менеджмент як складова функції контролю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AAB5C32" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Антикризовий менеджмент у публічному управлінні доцільно розглядати як спеціалізований аспект контрольної функції, спрямований на виявлення, попередження та подолання кризових відхилень, що загрожують виконанню публічних функцій і стабільності системи. У цьому сенсі контроль виходить за межі “перевірки” і стає інструментом управління ризиками та стійкістю (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>resilience</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AFCB850" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Антикризовий компонент включає раннє попередження (моніторинг індикаторів ризику), оцінювання вразливостей, розробку сценаріїв реагування, мобілізацію ресурсів, налагодження міжвідомчої координації, кризові комунікації та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>післякризове</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оцінювання для корекції політик. Отже, антикризовий менеджмент є формою “активного контролю”, який не лише фіксує порушення, а забезпечує готовність системи до шоків і відновлення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C37C036" w14:textId="35B83437" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Функції держави у системі публічного управління (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Бернар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Гурне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D5A7B6" w14:textId="77777777" w:rsidR="0000261B" w:rsidRPr="00D07F75" w:rsidRDefault="0000261B" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У науковій традиції, пов’язаній з аналізом держави як інституційного суб’єкта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Бернар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Гурне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Bernard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Gournay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) підкреслював багатофункціональність держави як організатора публічного життя. У навчальному викладі доцільно розглядати функції держави в системі публічного управління як комплекс взаємопов’язаних напрямів, що охоплюють: регулятивну функцію (встановлення правил і стандартів), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">забезпечення безпеки та правопорядку, соціальну функцію (перерозподіл і захист), економічну функцію (створення умов розвитку, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>макрорегулювання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), сервісну функцію (надання послуг), інтегративну функцію (підтримання соціальної єдності й узгодження інтересів), а також стратегічну функцію розвитку (формування довгострокових пріоритетів і модернізації). Важливо підкреслити, що у підході </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Гурне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> держава розглядається не лише як апарат примусу, а як інституція, що підтримує суспільну цілісність і здатність колективних дій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A0FCCA" w14:textId="77777777" w:rsidR="001F348F" w:rsidRPr="00D07F75" w:rsidRDefault="001F348F" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="567D87DA" w14:textId="276D46FB" w:rsidR="001F348F" w:rsidRPr="00D07F75" w:rsidRDefault="001F348F" w:rsidP="0000261B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Питання для самоконтролю </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302382A9" w14:textId="77777777" w:rsidR="00D51810" w:rsidRPr="00D07F75" w:rsidRDefault="00D51810" w:rsidP="00D51810">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У чому полягає сутність контролю в публічному управлінні та яке його місце в управлінському циклі?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D584F41" w14:textId="77777777" w:rsidR="00D51810" w:rsidRPr="00D07F75" w:rsidRDefault="00D51810" w:rsidP="00D51810">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Які основні цілі (призначення) контролю в публічному управлінні та як вони пов’язані з підзвітністю і законністю?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE563DB" w14:textId="77777777" w:rsidR="00D51810" w:rsidRPr="00D07F75" w:rsidRDefault="00D51810" w:rsidP="00D51810">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Які види контролю виділяють за часом здійснення (попередній, поточний, підсумковий) і які управлінські завдання вони вирішують?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E3489F9" w14:textId="77777777" w:rsidR="00D51810" w:rsidRPr="00D07F75" w:rsidRDefault="00D51810" w:rsidP="00D51810">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У чому полягає різниця між внутрішнім і зовнішнім контролем у публічному управлінні? Наведіть типові приклади суб’єктів кожного виду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="009DDEE4" w14:textId="77777777" w:rsidR="00D51810" w:rsidRPr="00D07F75" w:rsidRDefault="00D51810" w:rsidP="00D51810">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Як класифікується контроль за предметом (правовий, фінансовий, процедурний, результативності, антикорупційний, якості послуг) та які його ключові інструменти?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="437C849B" w14:textId="77777777" w:rsidR="00D51810" w:rsidRPr="00D07F75" w:rsidRDefault="00D51810" w:rsidP="00D51810">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Які негативні наслідки може спричиняти надмірний або формалізований контроль у публічних організаціях (для результативності, мотивації персоналу, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інноваційності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF7F57F" w14:textId="77777777" w:rsidR="00D51810" w:rsidRPr="00D07F75" w:rsidRDefault="00D51810" w:rsidP="00D51810">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Які підходи та управлінські рішення дозволяють мінімізувати дисфункції контролю (ризик-орієнтований контроль, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>цифровізація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, “контроль як навчання”, оптимізація процедур)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3591B725" w14:textId="77777777" w:rsidR="00D51810" w:rsidRPr="00D07F75" w:rsidRDefault="00D51810" w:rsidP="00D51810">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Які умови забезпечують ефективність контролю в публічному управлінні (цілеспрямованість, пропорційність, незалежність, стандарти, дані, механізми реагування)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322BCE26" w14:textId="77777777" w:rsidR="00D51810" w:rsidRPr="00D07F75" w:rsidRDefault="00D51810" w:rsidP="00D51810">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У чому полягає концепція управління за результатами (RBM) та як вона змінює логіку контролю в публічному секторі?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55905B20" w14:textId="77777777" w:rsidR="00D51810" w:rsidRPr="00D07F75" w:rsidRDefault="00D51810" w:rsidP="00D51810">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Як антикризовий менеджмент пов’язаний із функцією контролю та які ключові елементи “активного контролю” забезпечують готовність до криз?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E04B3DE" w14:textId="77777777" w:rsidR="00D51810" w:rsidRPr="00D07F75" w:rsidRDefault="00D51810" w:rsidP="00D51810">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Начало формы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35750BF0" w14:textId="77777777" w:rsidR="00D51810" w:rsidRPr="00D07F75" w:rsidRDefault="00D51810" w:rsidP="00D51810">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6657CA2E" w14:textId="77777777" w:rsidR="00D51810" w:rsidRPr="00D07F75" w:rsidRDefault="00D51810" w:rsidP="00D51810">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Конец формы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A3E5A00" w14:textId="77777777" w:rsidR="00B510C6" w:rsidRPr="00D07F75" w:rsidRDefault="00B510C6" w:rsidP="00B510C6">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FD4DEAA" w14:textId="77777777" w:rsidR="00A37823" w:rsidRPr="00D07F75" w:rsidRDefault="00A37823" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Начало формы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546F04C3" w14:textId="77777777" w:rsidR="00A37823" w:rsidRPr="00D07F75" w:rsidRDefault="00A37823" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79B6896C" w14:textId="77777777" w:rsidR="0042666D" w:rsidRPr="00D07F75" w:rsidRDefault="0042666D" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Тема 3. Закони та закономірності публічного управління та адміністрування </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="555330FC" w14:textId="77777777" w:rsidR="0042666D" w:rsidRPr="00D07F75" w:rsidRDefault="0042666D" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="421680FC" w14:textId="390A9DE9" w:rsidR="00A37823" w:rsidRPr="00D07F75" w:rsidRDefault="00BC2E08" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="0042666D" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закономірності публічного управління та адміністрування. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="0042666D" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Взаємозв’язок законів, закономірностей та принципів публічного управління. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="0042666D" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об’єктивні закони публічного управління. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="0042666D" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Специфічні закони формування та ефективного функціонування системи публічного управління. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="0042666D" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закономірності публічного управління. Чинники вибору у публічному управлінні та адмініструванні. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r w:rsidR="0042666D" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Базові моделі публічного управління та адміністрування. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r w:rsidR="0042666D" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Самоорганізація в системі публічного управління та адміністрування. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A37823" w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Конец формы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4185F827" w14:textId="77777777" w:rsidR="00BC2E08" w:rsidRPr="00D07F75" w:rsidRDefault="00BC2E08" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EBA82D5" w14:textId="77777777" w:rsidR="00BC2E08" w:rsidRPr="00D07F75" w:rsidRDefault="00BC2E08" w:rsidP="00BC2E08">
+      <w:pPr>
+        <w:ind w:right="141" w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Виклад основного матеріалу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9F73FC" w14:textId="77777777" w:rsidR="00BC2E08" w:rsidRPr="00D07F75" w:rsidRDefault="00BC2E08" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="388A80C4" w14:textId="6AC67B85" w:rsidR="0042666D" w:rsidRPr="00D07F75" w:rsidRDefault="00BC2E08" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.1.Закономірності публічного управління та адміністрування.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A96633" w14:textId="77777777" w:rsidR="0042666D" w:rsidRPr="00D07F75" w:rsidRDefault="0042666D" w:rsidP="00A37823">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BCD950A" w14:textId="77777777" w:rsidR="003E7838" w:rsidRPr="00D07F75" w:rsidRDefault="003E7838" w:rsidP="008879AE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25CFE9BE" w14:textId="77777777" w:rsidR="0046309F" w:rsidRPr="00D07F75" w:rsidRDefault="0046309F" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закономірності публічного управління та адміністрування становлять сукупність відносно стійких, повторюваних і причинно зумовлених </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>зв’язків</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> між елементами системи управління, що проявляються у різних політико-адміністративних контекстах незалежно від волі окремих суб’єктів. На відміну від норм права, які встановлюють належну поведінку і мають формально-юридичну силу, закономірності описують фактичні механізми функціонування публічної влади: як саме формується управлінський вплив, за яких умов він є результативним, які обмеження та «побічні ефекти» неминуче виникають у процесі реалізації публічної політики. Їх наукова цінність полягає у можливості пояснювати типові траєкторії управлінських процесів і прогнозувати наслідки рішень, а практична — у тому, що вони задають межі управлінського «конструювання» та допомагають обирати адекватні інструменти адміністративної дії.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C92E37D" w14:textId="7B09AE4C" w:rsidR="0046309F" w:rsidRPr="0046309F" w:rsidRDefault="00F33712" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Закономірності публічного управління та адміністрування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — це об’єктивно зумовлені, стійкі та повторювані причинно-наслідкові зв’язки й тенденції у функціонуванні системи публічної влади та її адміністративних механізмів, які проявляються в процесах прийняття й реалізації управлінських рішень, взаємодії суб’єктів і об’єктів управління та визначають типові умови й межі результативності управлінського впливу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3446E4E8" w14:textId="77777777" w:rsidR="0046309F" w:rsidRPr="0046309F" w:rsidRDefault="0046309F" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Системність є базовою закономірністю публічного управління. Вона означає, що діяльність органів влади та їхніх адміністративних структур не може бути зрозумілою як сума ізольованих рішень або функцій. Публічне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">управління завжди розгортається як взаємодія підсистем — політичної (формування цілей і пріоритетів), адміністративної (реалізація рішень), фінансово-бюджетної (ресурсне забезпечення), правової (нормативне закріплення і контроль), соціальної (реакції громадян і груп інтересів), інформаційно-комунікаційної (обіг даних, зворотний зв’язок). Звідси випливає, що будь-яка реформа в одному сегменті системи спричиняє зміни в інших: модернізація послуг без бюджетної перебудови породжує дефіцити ресурсів, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>цифровізація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без правового супроводу створює правову невизначеність, а зміна процедур без розвитку компетентностей персоналу спричиняє формалізацію і імітацію виконання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC86BAE" w14:textId="77777777" w:rsidR="0046309F" w:rsidRPr="0046309F" w:rsidRDefault="0046309F" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Іншою фундаментальною закономірністю є цільова детермінованість управлінської діяльності та домінування результативності над формальною повнотою дій. Публічне адміністрування, будучи інструментальною складовою публічного управління, покликане переводити політичні цілі у програми, процедури, регламенти, послуги і контрольні механізми. Проте в реальній практиці виникає розрив між проголошеними цілями та адміністративними можливостями, що породжується обмеженістю ресурсів, інституційними бар’єрами, конкуренцією пріоритетів, правовими колізіями і соціальним спротивом. Тому закономірним є перехід від «управління намірами» до управління виконуваністю: цілі мають </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уточнюватися</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через вимірювані показники, часові горизонти, розподіл відповідальності та реалістичні бюджети. У протилежному випадку формуються практики ритуальної звітності, де домінує відповідність процедурі, а не суспільний ефект.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D7AC0F" w14:textId="77777777" w:rsidR="0046309F" w:rsidRPr="0046309F" w:rsidRDefault="0046309F" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закономірність обмеженої раціональності та інформаційної неповноти рішень є центральною для пояснення адміністративного вибору. Суб’єкти публічного управління здійснюють рішення в умовах невизначеності, асиметрії інформації, дефіциту часу і політичного тиску. Навіть за наявності аналітичних підрозділів та процедур оцінювання політики, повний обсяг релевантних даних </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>рідко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доступний, а наслідки альтернатив не можуть бути </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вичерпно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прораховані. Звідси випливає закономірна роль процедур фільтрації інформації, стандартизації рішень, використання типових алгоритмів, експертних оцінок і консультацій із зацікавленими сторонами. Однак ці механізми мають і зворотний бік: підвищують інерційність системи та схильність відтворювати усталені практики, навіть коли зовнішні умови змінилися.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F0779E" w14:textId="77777777" w:rsidR="0046309F" w:rsidRPr="0046309F" w:rsidRDefault="0046309F" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Публічне управління також підпорядковується закономірності </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">інституційної інерції та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>path</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dependence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, коли попередні рішення, правила та організаційні форми істотно визначають можливості майбутніх змін. Адміністративні структури накопичують процедури, компетенції, неформальні норми та розподіл ресурсів, що створює «інституційну пам’ять». Внаслідок цього реформи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>рідко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стартують «з нуля»: вони накладаються на існуючі організаційні культури, кадрові практики, вертикалі підпорядкування, бюджетні цикли. Тому закономірним є явище часткової адаптації реформ, коли формально нові правила інтерпретуються через старі схеми поведінки, а реальний ефект виявляється меншим за очікуваний. Подолання інерції потребує не лише нормативних змін, а й трансформації стимулів, компетентностей та управлінських ролей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7129BCC4" w14:textId="77777777" w:rsidR="0046309F" w:rsidRPr="0046309F" w:rsidRDefault="0046309F" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важливою закономірністю є суперечливість і багатовекторність публічних цінностей, що формує специфіку управлінських компромісів. На відміну від приватного менеджменту, де критерій ефективності часто редукується до економічної результативності, публічне управління одночасно має забезпечувати законність, справедливість, підзвітність, прозорість, ефективність витрат, доступність послуг, безпеку, соціальну згуртованість. Ці цілі нерідко конфліктують: посилення контролю може знижувати швидкість і зручність сервісів; максимальна прозорість може створювати ризики безпеці; жорстка економія може погіршувати доступність. Звідси закономірним є те, що управлінські рішення мають характер балансування цінностей, а не оптимізації одного показника. Адміністрування у такій </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>логіці</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> постає як мистецтво процедурного узгодження: через регламенти, консультації, механізми апеляції та оцінювання впливу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693B9945" w14:textId="77777777" w:rsidR="0046309F" w:rsidRPr="0046309F" w:rsidRDefault="0046309F" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закономірність комунікативної зумовленості управління відображає те, що владний вплив реалізується не лише через накази або розпорядчі акти, а й через інтерпретації, довіру та легітимність. Сучасні системи публічного управління функціонують у публічному просторі, де рішення піддаються постійному суспільному аналізу та критичній оцінці. Інформаційні потоки, медіа, цифрові платформи і соціальні мережі формують середовище, у якому адміністративна дія набуває значення лише тоді, коли вона зрозуміла, аргументована й сприймається як справедлива. Отже, закономірною є потреба в інституалізації комунікацій, відкритих даних, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>партисипативних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процедур і механізмів зворотного зв’язку. Водночас надлишок комунікації без управлінської спроможності породжує «символічне управління» — домінування повідомлень над реальними змінами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E73E5D4" w14:textId="77777777" w:rsidR="0046309F" w:rsidRPr="0046309F" w:rsidRDefault="0046309F" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У межах системи публічного адміністрування </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>стійко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проявляється </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>закономірність взаємодії централізації та децентралізації. Ефективність управління залежить від оптимального розподілу повноважень між рівнями влади, а також між політичним керівництвом і професійною адміністрацією. Надмірна централізація підвищує керованість і уніфікацію стандартів, але знижує чутливість до локальних потреб і уповільнює реакцію. Надмірна децентралізація підвищує адаптивність і відповідальність на місцях, але може спричинити фрагментацію політики, нерівність у доступі до послуг та послаблення координації. Тому закономірним стає пошук гібридних моделей: централізація стандартів і контролю якості поєднується з локальною автономією у виборі інструментів реалізації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F44AFDD" w14:textId="77777777" w:rsidR="0046309F" w:rsidRPr="0046309F" w:rsidRDefault="0046309F" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для публічної організації характерна закономірність бюрократичної раціоналізації, що проявляється у стандартизації процедур, формалізації ролей, документуванні, регламентації та ієрархічній координації. Ця закономірність має подвійний ефект. З одного боку, вона забезпечує передбачуваність, рівність застосування правил і захист від свавілля, підтримує стабільність у кризових умовах. З іншого боку, вона породжує ризики надмірної формалізації, уповільнення процесів, зростання </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>транзакційних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> витрат та відчуження громадян. Тому в сучасних підходах спостерігається закономірна тенденція до поєднання бюрократичних механізмів із мережевими та сервісними практиками: впроваджуються процесний підхід, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>клієнтоорієнтованість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, міжвідомча координація, цифрові канали взаємодії.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="791B6D73" w14:textId="77777777" w:rsidR="0046309F" w:rsidRPr="0046309F" w:rsidRDefault="0046309F" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закономірність самоорганізації в системі публічного управління тісно пов’язана з її відкритістю та складністю. У складних соціальних системах не всі процеси можуть бути задані «зверху» через детальні регламенти; частина порядку виникає як результат горизонтальної взаємодії організацій, професійних спільнот, місцевих практик, неформальних мереж, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>партнерств</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> із бізнесом і громадянським суспільством. Самоорганізація проявляється у формуванні нових процедур «знизу», у взаємному навчанні інституцій, у неформальному узгодженні дій під час криз, коли формальні правила не встигають за подіями. Проте її позитивний потенціал реалізується лише за наявності рамкових умов: прозорих правил, довіри, ресурсної підтримки, мінімізації корупційних стимулів і чітких механізмів підзвітності. У протилежному випадку самоорганізація може набувати викривлених форм, перетворюючись на неформальні практики обходу правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C42CF83" w14:textId="77777777" w:rsidR="0046309F" w:rsidRPr="00D07F75" w:rsidRDefault="0046309F" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Таким чином, закономірності публічного управління та адміністрування</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> описують структурні та функціональні механізми, що визначають межі й можливості управлінського впливу. Їх врахування дозволяє </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">обґрунтовано проектувати управлінські інструменти, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>реалістично</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оцінювати наслідки реформ і формувати такі організаційні та процедурні рішення, які відповідають складності публічної сфери, ціннісній </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>багатовимірності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046309F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та умовам невизначеності, характерним для сучасного державного і місцевого врядування.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4D1759" w14:textId="77777777" w:rsidR="00177E85" w:rsidRPr="00D07F75" w:rsidRDefault="00177E85" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="505AE4B9" w14:textId="7D0363DD" w:rsidR="00177E85" w:rsidRPr="00D07F75" w:rsidRDefault="00177E85" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.2.Взаємозв’язок законів, закономірностей та принципів публічного управління.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D827D1" w14:textId="77777777" w:rsidR="00177E85" w:rsidRPr="00D07F75" w:rsidRDefault="00177E85" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D33118A" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Взаємозв’язок законів, закономірностей та принципів публічного управління є методологічною основою для наукового пояснення того, як функціонує система публічної влади, а також для обґрунтування того, як її доцільно організовувати й реформувати. У теорії публічного управління ці категорії утворюють єдину логічну «вертикаль» знання — від найбільш загальних і об’єктивних </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>зв’язків</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> суспільного розвитку до нормативно-організаційних орієнтирів практичної управлінської діяльності. Їх не можна ототожнювати, проте саме їх узгоджене застосування забезпечує цілісність наукового підходу і прикладну корисність управлінських концепцій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B34BE7C" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Закони публічного управління у широкому науковому розумінні відображають найбільш загальні, необхідні та об’єктивно зумовлені зв’язки, що визначають можливості й межі управлінського впливу у суспільстві. Йдеться не про «закони» як нормативно-правові акти, а про закони як наукову категорію: вони фіксують глибинні причинно-наслідкові залежності, які діють незалежно від бажань суб’єктів управління. Такі закони проявляються у тому, що публічна влада не може бути ефективною поза легітимністю та соціальною підтримкою, що управління потребує ресурсів і інформації, що будь-яке рішення має не лише прямі, а й непрямі наслідки, а координація у складних системах породжує потребу у правилах і механізмах узгодження. Закони мають найбільш загальний рівень абстракції, тому вони не дають готових «інструкцій», але визначають рамку можливого: показують, що в принципі може спрацювати, а що приречене на провал через суперечність об’єктивним умовам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617C95B4" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закономірності публічного управління постають як конкретизовані форми прояву законів у певних історичних, інституційних і організаційних умовах. Якщо закон відображає необхідний зв’язок загального характеру, то закономірність описує типову тенденцію та повторюваний механізм, який можна спостерігати у практиці функціонування адміністративних систем. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Закономірності є «містком» між високим рівнем теорії та емпіричною реальністю: вони дозволяють описати, як саме загальна залежність «працює» у сфері політико-адміністративних процесів — наприклад, у вигляді системності управлінських рішень, інерції інституцій, обмеженої раціональності суб’єктів, зростання ролі комунікацій, взаємодії централізації і децентралізації, конфліктності публічних цінностей. На цьому рівні знання вже можливе порівняння, узагальнення досвіду, виявлення причин успіхів і невдач реформ, а також прогнозування наслідків певних управлінських інструментів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03880192" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принципи публічного управління відрізняються від законів і закономірностей тим, що мають нормативно-орієнтуючий характер. Вони </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>формулюються</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як керівні ідеї та правила належної організації й здійснення управлінської діяльності. Принципи не лише «описують», а й «приписують»: задають стандарти, на які повинна орієнтуватися система публічної влади, щоб діяти легітимно, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>результативно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і справедливо. Серед них традиційно виділяють законність, підзвітність, прозорість, ефективність, справедливість, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>субсидіарність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, участь громадян, професіоналізм, безперервність і стабільність управління. Водночас принципи не виникають довільно: їх обґрунтованість визначається відповідністю об’єктивним законам і врахуванням закономірностей функціонування системи. Саме тому принципи є не просто деклараціями цінностей, а методологічними вимогами до </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>проектування</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> інститутів, процедур і управлінських рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B0F617" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Логіка взаємозв’язку цих категорій може бути інтерпретована як послідовність «пояснення — конкретизації — нормування». Закони формують теоретичну основу, яка пояснює, чому певні управлінські явища є неминучими або повторюваними. Закономірності показують, як ці закони проявляються у структурі адміністративної системи, у поведінці органів влади та у взаємодії з громадянами і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>стейкхолдерами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Принципи, спираючись на знання про закони і закономірності, визначають, як слід організувати управління, щоб мінімізувати ризики, подолати негативні тенденції й забезпечити суспільно значущий результат. Таким чином, принципи виводяться не лише з етичних або політичних міркувань, а й з наукового розуміння того, які умови роблять управлінський вплив дієвим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06DD7EBD" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00D07F75" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важливо підкреслити, що між принципами та закономірностями існує не односторонній, а взаємний зв’язок. З одного боку, принципи мають враховувати закономірності, інакше вони перетворюються на формальні гасла. Наприклад, принцип прозорості вимагає відкритості інформації, але закономірність інформаційної асиметрії та складності управлінських процесів </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">означає, що прозорість потребує стандартизації даних, зрозумілих каналів комунікації та інституційної спроможності пояснювати рішення. З іншого боку, принципи можуть впливати на характер прояву закономірностей, оскільки задають правила гри й стимулюють організаційні зміни. Принцип підзвітності, будучи інституційно закріпленим через контроль, аудит, звітування й механізми відповідальності, здатен послаблювати закономірність бюрократичної замкненості та знижувати ризики формалізму. Принцип участі громадян за наявності процедур консультацій і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>партисипативних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> практик може трансформувати закономірність конфліктності інтересів у керований процес узгодження, зменшуючи соціальний спротив політиці.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD8591A" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Принципи публічного управління — це нормативно-ціннісні та організаційно-методологічні орієнтири, що визначають належний спосіб формування й реалізації управлінських рішень у публічній сфері. Вони виконують подвійну функцію: по-перше, задають стандарти легітимності та якості управлінської діяльності; по-друге, слугують критеріями оцінювання ефективності інституцій, процедур і результатів публічної політики. У сучасній теорії та практиці публічного управління доцільно розглядати принципи як систему взаємопов’язаних вимог, які забезпечують одночасно правову коректність, демократичну підзвітність, результативність і орієнтацію на суспільний інтерес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22DF21C6" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>законності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> означає, що будь-які управлінські рішення та адміністративні дії мають ґрунтуватися на праві, здійснюватися в межах компетенції органу та відповідати встановленим процедурам. Законність у публічному управлінні включає не лише формальне дотримання нормативних актів, а й правову визначеність, передбачуваність рішень, недопущення свавілля та забезпечення належних правових гарантій для громадян. Важливим аспектом є верховенство права як вимога, за якої правові норми застосовуються не вибірково, а рівною мірою до всіх, із можливістю ефективного судового та адміністративного захисту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651F6EE9" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>легітимності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> відображає потребу суспільного визнання влади та довіри до її рішень. Легітимність формується через демократичні процедури, прозорість, участь громадян, справедливість, а також через здатність влади забезпечувати суспільно значущі результати. У практичному вимірі цей принцип зобов’язує органи влади обґрунтовувати рішення, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>комунікувати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> їх мотивацію та демонструвати відповідність суспільному інтересу, інакше навіть формально законні дії можуть сприйматися як неприйнятні або нав’язані.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01EED384" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>публічності та відкритості</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (прозорості) передбачає доступність </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>інформації про діяльність органів влади, зрозумілість процедур і рішень, а також можливість громадського контролю. Прозорість виступає умовою підзвітності та протидії корупції, але її зміст ширший за формальне оприлюднення документів: вона включає якість пояснення, відкритість даних у придатному для аналізу форматі, регулярну звітність і доступні канали зворотного зв’язку. Реалізація принципу прозорості посилює раціональність управлінських рішень, оскільки рішення стають предметом публічної експертизи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42350D86" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>підзвітності та відповідальності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> означає, що суб’єкти публічного управління мають нести політичну, адміністративну, дисциплінарну або юридичну відповідальність за результати та наслідки своєї діяльності. Підзвітність включає як вертикальну відповідальність перед вищими органами та представницькими інституціями, так і горизонтальну — перед контрольними органами, аудитом, судами та суспільством. Вона вимагає наявності зрозумілих критеріїв оцінювання, процедур звітування, механізмів санкцій і, водночас, процедур виправлення помилок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0854ABB9" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>орієнтації на суспільний інтерес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фіксує специфіку публічного управління як діяльності, спрямованої на забезпечення загального блага, а не приватної вигоди. У практичному вимірі цей принцип означає необхідність балансування інтересів різних соціальних груп, запобігання конфлікту інтересів, пріоритетність прав людини та недопущення захоплення політики вузькими групами впливу. Суспільний інтерес має </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уточнюватися</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через демократичні процедури, публічні консультації, аналіз впливу та прозоре ухвалення рішень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334C7AC0" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ефективності та результативності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> передбачає досягнення визначених цілей політики з мінімально необхідними витратами ресурсів і з вимірюваними суспільними результатами. Він включає раціональне планування, управління виконанням, моніторинг показників та оцінювання впливу. Водночас ефективність у публічній сфері не може зводитися лише до економії: критерієм виступає корисність для громадян, якість послуг, соціальний ефект, рівність доступу, довгострокова стійкість рішень і відсутність неприйнятних негативних наслідків.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180DE77A" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>справедливості та рівності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> означає </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>недискримінаційність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, рівні можливості доступу до публічних послуг, справедливий розподіл ресурсів і дотримання стандартів соціальної справедливості. У адміністративній практиці цей принцип вимагає процедур, що гарантують однакове застосування правил, наявність механізмів оскарження, усунення необґрунтованих бар’єрів і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>врахування потреб вразливих груп. Він є основою соціальної легітимності управлінських рішень і запобігає перетворенню публічної політики на інструмент нерівності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6875F0FC" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>участі та залучення зацікавлених сторін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> підкреслює, що якісне публічне управління потребує консультацій, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>співтворення</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> політики та інституційних каналів взаємодії з громадянами, громадськими організаціями, бізнесом і професійними спільнотами. Участь знижує ризики управлінських помилок, дозволяє врахувати контекст і посилює легітимність рішень. Водночас вона потребує процедурної впорядкованості, щоб консультації не ставали формальністю або інструментом домінування організованих груп над менш представленими.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FAAE032" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>субсидіарності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та децентралізації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> означає, що рішення мають прийматися на максимально наближеному до громадян рівні, якщо цей рівень здатен забезпечити належну якість і відповідальність. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Субсидіарність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поєднує розподіл повноважень із ресурсним забезпеченням і чіткими стандартами якості. У практиці це проявляється у делегуванні функцій, розвитку місцевого самоврядування, міжмуніципальній кооперації та побудові системи координації між рівнями влади.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2967A02D" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>професіоналізму, компетентності та доброчесності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вимагає, щоб публічне адміністрування здійснювалося кваліфікованими кадрами на основі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>меритократії</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, етичних стандартів і управлінської культури служіння. Професіоналізм пов’язаний із безперервним навчанням, доказовою політикою, управлінням знаннями, а доброчесність — із запобіганням корупції, конфлікту інтересів, політичної упередженості та зловживань владою.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0778B92A" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>координації та узгодженості політики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> відображає потребу цілісності дій держави та публічних інституцій. Умови «секторального розриву» та відомчої фрагментації роблять необхідними механізми міжвідомчої взаємодії, інтегрованого планування, узгодження цілей і показників, а також єдині стандарти даних і процедур. Узгодженість політики зменшує дублювання функцій і підвищує ефективність використання ресурсів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D64396E" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адаптивності, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інноваційності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та стійкості</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> означає здатність системи публічного управління реагувати на зміни середовища, невизначеність і кризи, забезпечуючи безперервність критичних функцій. Адаптивність передбачає гнучкі процедури, управління ризиками, сценарне планування та інституційну здатність навчатися на помилках. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Інноваційність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у цьому контексті є інструментом підвищення якості послуг і результативності політики, а стійкість — гарантією збереження керованості у кризових умовах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48FBFB24" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Принцип </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сервісної орієнтації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (орієнтації на громадянина) акцентує на тому, що публічна влада має забезпечувати якісні, доступні та зрозумілі послуги, мінімізувати адміністративні бар’єри, поважати гідність людини й забезпечувати зручні канали взаємодії. У сучасних підходах сервісна орієнтація поєднується з цифровою трансформацією, але не зводиться до «електронних форм»: йдеться про переосмислення процесів, стандартів якості та досвіду користувача.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DE672D" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У науковому підсумку принципи публічного управління доцільно розглядати як інтегровану систему, де жоден принцип не працює ізольовано. Законність забезпечує рамку, прозорість і підзвітність формують контроль та довіру, ефективність і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сервісність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — орієнтацію на результат для громадян, участь і справедливість — демократичну та соціальну легітимність, а професіоналізм і координація — інституційну спроможність реалізувати політику. Саме </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>взаємоузгодженість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принципів визначає якість сучасного публічного управління та його здатність відповідати на суспільні виклики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A53DCD7" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00645D6F" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окремого значення набуває розрізнення між принципами як універсальними орієнтирами та їх конкретними інституційними </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>втіленнями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у нормах, процедурах, стандартах і регламентах. У практиці публічного адміністрування принципи набувають операційного змісту через організаційні механізми: прозорість — через відкриті дані та зрозумілу звітність; законність — через якісні процедури правової експертизи й дотримання адміністративних регламентів; ефективність — через бюджетування, орієнтоване на результат, і моніторинг показників; справедливість — через недискримінаційні правила доступу до послуг та механізми оскарження; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>субсидіарність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — через розподіл повноважень і ресурсів між рівнями влади. Саме тут взаємозв’язок із закономірностями проявляється найбільш практично: якщо інституційне втілення принципу суперечить закономірним механізмам функціонування системи, воно буде або імітоване, або спричинить небажані наслідки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4C2F8B" w14:textId="77777777" w:rsidR="00645D6F" w:rsidRPr="00D07F75" w:rsidRDefault="00645D6F" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У підсумку, закони, закономірності та принципи публічного управління утворюють взаємопов’язану систему знань і регулятивних орієнтирів. Закони</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задають об’єктивні межі та загальні умови управлінської діяльності; закономірності конкретизують ці умови у вигляді повторюваних тенденцій і механізмів; принципи формують нормативні вимоги до належної організації публічної влади, спираючись на розуміння законів і закономірностей та водночас впливаючи на спосіб їх прояву через інституційне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>проектування</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Така тріада забезпечує наукову обґрунтованість управлінських реформ і підвищує ймовірність того, що адміністративні зміни будуть не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D6F">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>декларативними, а результативними та соціально легітимними.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21336D67" w14:textId="77777777" w:rsidR="00926FC4" w:rsidRPr="00D07F75" w:rsidRDefault="00926FC4" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FF37357" w14:textId="4DECBF00" w:rsidR="00926FC4" w:rsidRPr="00D07F75" w:rsidRDefault="00926FC4" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.3.Об’єктивні закони публічного управління.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D02BD2" w14:textId="77777777" w:rsidR="00926FC4" w:rsidRPr="00D07F75" w:rsidRDefault="00926FC4" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="665FFCB0" w14:textId="77777777" w:rsidR="00926FC4" w:rsidRPr="00926FC4" w:rsidRDefault="00926FC4" w:rsidP="00926FC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Об’єктивні закони публічного управління слід розуміти як найбільш загальні, необхідні та стійкі причинно-наслідкові зв’язки, що визначають можливості, межі та типові механізми управлінського впливу у публічній сфері. Вони мають об’єктивний характер у тому сенсі, що діють незалежно від волі окремих посадових осіб, політичних команд чи адміністративних структур: суб’єкти управління можуть їх пізнавати, враховувати або ігнорувати, але не можуть скасувати. Водночас важливо розрізняти «закони» як наукову категорію і закони як нормативно-правові акти; у даному контексті йдеться про теоретичні закономірності найвищого рівня узагальнення, які проявляються у практиці врядування через конкретні тенденції, конфлікти, обмеження та інституційні ефекти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6DE759" w14:textId="77777777" w:rsidR="00926FC4" w:rsidRPr="00926FC4" w:rsidRDefault="00926FC4" w:rsidP="00926FC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Першочерговим об’єктивним законом публічного управління є закон соціальної зумовленості та цільової спрямованості управління. Публічна влада не існує у вакуумі: її функції, пріоритети, інструменти і форми організації визначаються структурою суспільства, його потребами, конфліктами інтересів, рівнем економічного розвитку, культурними нормами та історично сформованими політичними інститутами. Управлінський вплив є відповіддю на суспільні проблеми і водночас механізмом їх перетворення, тому зміна соціальних умов неминуче трансформує зміст і технології управління. Звідси випливає, що ефективність публічного управління прямо залежить від здатності правильно ідентифікувати суспільний запит, перетворити його на реалістичні цілі політики та забезпечити узгодження цілей із ресурсами і можливостями інституцій. Ігнорування соціальної зумовленості призводить до розриву між декларативними рішеннями і фактичними потребами, що породжує кризу довіри і зниження легітимності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1250FB08" w14:textId="77777777" w:rsidR="00926FC4" w:rsidRPr="00926FC4" w:rsidRDefault="00926FC4" w:rsidP="00926FC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закон легітимності та суспільної підтримки управлінських рішень відображає те, що публічне управління є не лише техніко-організаційною діяльністю, а й політико-ціннісним процесом. Будь-яка владна дія потребує визнання її правомірності та справедливості з боку адресатів — громадян, організацій, професійних спільнот. Без такого визнання управлінський вплив стає нестійким: формально прийняті рішення можуть блокуватися, саботуватися, оскаржуватися, а витрати на примус і контроль зростають. Легітимність формується не тільки через вибори або юридичну процедуру, але </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>й через прозорість, підзвітність, якість послуг, дотримання прав людини та здатність держави забезпечувати безпеку і базовий добробут. Тому навіть формально законні управлінські рішення можуть виявлятися неефективними, якщо вони не сприймаються як обґрунтовані та відповідні суспільному інтересу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BB1023" w14:textId="77777777" w:rsidR="00926FC4" w:rsidRPr="00926FC4" w:rsidRDefault="00926FC4" w:rsidP="00926FC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наступним об’єктивним законом є закон обмеженості ресурсів і необхідності їх раціонального розподілу. Публічне управління завжди функціонує в умовах дефіциту — фінансового, кадрового, інформаційного, часово-організаційного. Обсяг публічних потреб і очікувань суспільства системно перевищує ресурси, які можуть бути мобілізовані державою чи місцевим самоврядуванням без негативних наслідків. Це зумовлює неминучість </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>пріоритизації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, вибору та компромісів, а також залежність якості управління від інструментів бюджетування, планування, оцінювання результатів і контролю витрат. У межах цього закону проявляється і конфліктність цілей: посилення одного напряму політики часто означає недофінансування іншого, а завищені соціальні зобов’язання без ресурсного підґрунтя перетворюються на фіскальні ризики та інституційну неспроможність.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E66EB53" w14:textId="77777777" w:rsidR="00926FC4" w:rsidRPr="00926FC4" w:rsidRDefault="00926FC4" w:rsidP="00926FC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Тісно пов’язаний із ресурсними обмеженнями закон єдності компетенції та відповідальності. Об’єктивний характер цього закону полягає в тому, що стабільне функціонування системи можливе лише за умови відповідності між повноваженнями суб’єкта управління, його ресурсним забезпеченням і відповідальністю за результат. Якщо орган наділяється компетенцією без достатніх ресурсів, виникає структурна неспроможність і зростає імовірність формалізму. Якщо ресурси передаються без чіткої відповідальності, виникають ризики нецільового використання, корупції або «розмивання» результатів. Якщо відповідальність є високою, але повноваження обмежені, формується управлінська пастка, коли суб’єкт відповідає за те, що фактично не контролює. Тому якість інституційного дизайну у публічному управлінні залежить від узгодження компетенцій, ресурсів і механізмів контролю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5EBC78" w14:textId="77777777" w:rsidR="00926FC4" w:rsidRPr="00926FC4" w:rsidRDefault="00926FC4" w:rsidP="00926FC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об’єктивним законом публічного управління виступає і закон інформаційної зумовленості управлінських рішень. Управління як діяльність неможливе без збору, аналізу, інтерпретації та використання інформації про стан об’єкта управління, про потреби громадян, про результати виконання політики. Проте публічна сфера характеризується асиметрією інформації, її фрагментарністю та політичною </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інтерпретованістю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Звідси випливає, що якість управління залежить від здатності держави формувати інформаційну </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">інфраструктуру, стандарти даних, аналітичні спроможності, системи моніторингу й оцінювання. Водночас об’єктивно існує ризик, що дані будуть використовуватися вибірково або </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>маніпулятивно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, що потребує прозорості, незалежної експертизи та інституційних запобіжників.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36714865" w14:textId="77777777" w:rsidR="00926FC4" w:rsidRPr="00926FC4" w:rsidRDefault="00926FC4" w:rsidP="00926FC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важливим є закон системності та взаємозалежності елементів публічного управління. Держава та місцеве самоврядування є складними організаційними системами, у яких зміни в одному елементі неминуче викликають зміни в інших. Управлінські рішення створюють ланцюги наслідків, що виходять за межі конкретної галузі або органу. Наприклад, реформа соціальної політики впливає на бюджетну систему, ринок праці, міграційні процеси, освітню сферу, а </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>цифровізація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> послуг змінює не лише технології, а й правові процедури, кадрові вимоги та комунікацію з громадянами. Ігнорування системності призводить до «точкових» реформ із обмеженим ефектом або до появи нових проблем замість вирішення старих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32F32DD3" w14:textId="77777777" w:rsidR="00926FC4" w:rsidRPr="00926FC4" w:rsidRDefault="00926FC4" w:rsidP="00926FC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ще одним об’єктивним законом є закон суперечливості публічних цінностей і необхідності балансування інтересів. У публічному управлінні не існує одновимірного критерію успішності, оскільки влада має одночасно забезпечувати законність, справедливість, ефективність, безпеку, свободи, доступність послуг і соціальну солідарність. Ці цінності часто вступають у конфлікт, що робить управлінський вибір політично й етично навантаженим. Тому процес прийняття рішень об’єктивно включає механізми узгодження — демократичні процедури, консультації, регуляторний вплив, публічні дебати, судовий контроль. У цьому законі відображена специфіка публічного управління як сфери, де рішення завжди мають «розподільчий» характер і створюють переможців і тих, хто несе витрати.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3631B70B" w14:textId="77777777" w:rsidR="00926FC4" w:rsidRPr="00926FC4" w:rsidRDefault="00926FC4" w:rsidP="00926FC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Закон безперервності та відтворення управлінської спроможності фіксує, що публічне управління має забезпечувати сталість виконання базових функцій незалежно від політичних циклів, кадрових змін чи криз. Держава не може «припинити діяльність» у період трансформацій: надання послуг, забезпечення безпеки, реалізація прав і виконання зобов’язань мають тривати. Це об’єктивно потребує інституційної пам’яті, професійної публічної служби, процедур передачі справ, стандартів і регламентів, а також механізмів кризового управління. Порушення безперервності породжує деградацію спроможності, втрату довіри і посилення соціальних ризиків.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C47EE19" w14:textId="77777777" w:rsidR="00926FC4" w:rsidRPr="00D07F75" w:rsidRDefault="00926FC4" w:rsidP="00926FC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таким чином, об’єктивні закони публічного управління відображають </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фундаментальні умови, за яких можливе результативне й легітимне врядування: соціальну зумовленість цілей, залежність ефективності </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">від легітимності, обмеженість ресурсів, необхідність узгодження компетенції та відповідальності, інформаційну детермінованість рішень, системність і взаємозалежність елементів управління, ціннісну суперечливість публічної сфери та вимогу безперервного відтворення управлінської спроможності. Їхнє теоретичне осмислення і практичне врахування забезпечує науково обґрунтоване </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>проектування</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00926FC4">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> інститутів і процедур, а також підвищує якість публічної політики, зменшуючи ризики декларативних реформ і управлінських помилок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="234D91C5" w14:textId="77777777" w:rsidR="00C236B1" w:rsidRPr="00D07F75" w:rsidRDefault="00C236B1" w:rsidP="00926FC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C4A1D93" w14:textId="72251D66" w:rsidR="00C236B1" w:rsidRPr="00926FC4" w:rsidRDefault="006C45DB" w:rsidP="00926FC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.4.Специфічні закони формування та ефективного функціонування системи публічного управління.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E7836A" w14:textId="77777777" w:rsidR="00926FC4" w:rsidRPr="00D07F75" w:rsidRDefault="00926FC4" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09267CC3" w14:textId="77777777" w:rsidR="009B3D73" w:rsidRPr="009B3D73" w:rsidRDefault="009B3D73" w:rsidP="009B3D73">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Специфічні закони формування та ефективного функціонування системи публічного управління доцільно розуміти як відносно стійкі, необхідні та повторювані зв’язки, що проявляються насамперед на рівні інституційного устрою, організаційної архітектури, процедур та управлінських технологій публічної влади. На відміну від об’єктивних законів, які відображають універсальні залежності управління як суспільного явища, специфічні закони фіксують «внутрішню логіку» побудови та роботи управлінської системи: як вона конструюється, як забезпечує керованість, якими механізмами підтримує стабільність і водночас здатність до змін, які умови визначають результативність адміністративних рішень і практик. Їх специфічність полягає в тому, що вони виникають саме у сфері публічної влади, де управління поєднує правові, політичні, організаційні та сервісні компоненти й діє в межах формальної компетенції, процедур і публічної підзвітності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="248CEEF4" w14:textId="77777777" w:rsidR="009B3D73" w:rsidRPr="009B3D73" w:rsidRDefault="009B3D73" w:rsidP="009B3D73">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одним із ключових специфічних законів є закон інституційної визначеності та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>компетенційної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> впорядкованості системи. Формування публічного управління як системи передбачає чітке окреслення суб’єктів управління, їхніх повноважень, функцій, відповідальності та взаємозв’язків. Ефективне функціонування стає можливим лише за умови, що компетенції не є розмитими або дубльованими, а розподіл функцій </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>логічно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> відповідає завданням держави й місцевого самоврядування. За відсутності </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>компетенційної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> впорядкованості система набуває рис організаційної невизначеності: зростає кількість конфліктів юрисдикцій, посилюються </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>транзакційні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> витрати координації, виникає «розмивання» відповідальності, а управлінські рішення сповільнюються або стають взаємовиключними. Отже, інституційний дизайн і нормативне закріплення компетенцій є не факультативним елементом, а </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>системоутворюючою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> умовою керованості.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB7BD43" w14:textId="77777777" w:rsidR="009B3D73" w:rsidRPr="009B3D73" w:rsidRDefault="009B3D73" w:rsidP="009B3D73">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тісно пов’язаний із попереднім закон є закон ієрархічно-мережевої координації. Публічне управління не може існувати лише як жорстка вертикаль або лише як горизонтальна мережа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>партнерств</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; ефективна система формується через поєднання обох механізмів. Ієрархія забезпечує єдність політики, стандартів, дисципліну виконання та юридичну відповідальність, тоді як мережеві форми взаємодії дозволяють долати відомчу фрагментацію, інтегрувати ресурси різних акторів, реагувати на комплексні проблеми та враховувати локальні контексти. Специфічність цього закону проявляється у тому, що сучасні публічні проблеми мають </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>міжсекторальний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характер, тому управлінська результативність залежить від здатності системи синхронізувати вертикальні управлінські рішення з горизонтальною співпрацею. Дисбаланс у будь-який бік створює структурні втрати: надмірна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ієрархізація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> породжує інерцію і бюрократичне перевантаження, тоді як надмірна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мережевість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без відповідальності спричиняє розпорошення ресурсів і втрату керованості.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE49D24" w14:textId="77777777" w:rsidR="009B3D73" w:rsidRPr="009B3D73" w:rsidRDefault="009B3D73" w:rsidP="009B3D73">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важливим специфічним законом є закон нормативно-процедурної регламентації як умови передбачуваності та рівності управлінського впливу. Публічне адміністрування є процедурно визначеним: воно здійснюється через регламенти, адміністративні процедури, стандарти, формалізовані </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>документообіги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та правила прийняття рішень. Така регламентація виконує захисну функцію — забезпечує однаковість застосування норм, обмежує </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>дискрецію</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посадових осіб, створює підстави для контролю та оскарження. Водночас вона має бути пропорційною: надмірна формалізація перетворюється на бар’єр для ефективності й </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сервісності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, продукує затримки та зростання </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>транзакційних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> витрат. Тому закономірним і водночас специфічним є пошук балансу між правовою визначеністю та управлінською гнучкістю, що реалізується через оптимізацію процедур, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>електронізацію</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесів і розвиток ризик-орієнтованого контролю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096D33D7" w14:textId="77777777" w:rsidR="009B3D73" w:rsidRPr="009B3D73" w:rsidRDefault="009B3D73" w:rsidP="009B3D73">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окремого значення набуває закон </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ресурсно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-організаційної забезпеченості управлінських повноважень. Формування системи публічного управління не обмежується делегуванням компетенцій; воно обов’язково потребує забезпечення кадрами, бюджетом, інфраструктурою, даними та організаційними </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>спроможностями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Якщо повноваження не підкріплені ресурсами, система функціонує у режимі «номінального управління», коли рішення приймаються, але не виконуються або реалізуються формально. Це породжує вторинні негативні ефекти: зниження довіри, посилення неформальних практик, кадрову </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>демотивацію</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, дефіцит якості послуг. Таким </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">чином, ресурсна логіка є </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>системоутворюючою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: будь-які зміни у структурі повноважень потребують пропорційних змін у ресурсному забезпеченні та управлінській інфраструктурі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6A76B4" w14:textId="77777777" w:rsidR="009B3D73" w:rsidRPr="009B3D73" w:rsidRDefault="009B3D73" w:rsidP="009B3D73">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Специфічним законом ефективного функціонування є також закон зворотного зв’язку і коригування, що виражає необхідність постійного співвіднесення управлінських рішень із фактичними результатами та суспільними реакціями. Публічне управління як система не може бути ефективним без механізмів моніторингу, оцінювання, аудиту, контролю якості, розгляду звернень і скарг, а також без політичної та адміністративної готовності коригувати політику. Зворотний зв’язок виконує функцію «саморегуляції» системи: він дозволяє виявляти помилки, зменшувати ризики небажаних наслідків, підвищувати обґрунтованість наступних рішень. Ігнорування зворотного зв’язку закономірно призводить до накопичення управлінських помилок, посилення соціального спротиву та інституційних криз, оскільки система втрачає здатність навчатися.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3858A8B0" w14:textId="77777777" w:rsidR="009B3D73" w:rsidRPr="009B3D73" w:rsidRDefault="009B3D73" w:rsidP="009B3D73">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Не менш важливим є закон мотиваційно-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>стимулювальної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> узгодженості, який описує залежність ефективності публічного адміністрування від того, як у системі налаштовані стимули та відповідальність. Публічна організація функціонує через людей, а отже результативність визначається кадровою політикою, системою добору, просування, оплати праці, оцінювання, дисциплінарної відповідальності та етичних стандартів. Якщо стимули не узгоджені з цілями політики, формується «управлінська </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>девіація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>»: посадові особи орієнтуються на показники, що не відображають суспільного результату, або на мінімізацію ризиків для себе, що породжує формалізм і уникнення відповідальності. Ефективність зростає тоді, коли мотиваційна система підтримує професіоналізм, ініціативність, доброчесність і орієнтацію на результат, а контроль і санкції є невідворотними й справедливими.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C4C44D9" w14:textId="77777777" w:rsidR="009B3D73" w:rsidRPr="009B3D73" w:rsidRDefault="009B3D73" w:rsidP="009B3D73">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У сучасному контексті чітко проявляється закон інформаційно-аналітичної спроможності як умови ефективного управління. Формування і функціонування системи публічного управління дедалі більше залежить від якості даних, цифрових реєстрів, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інтероперабельності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> інформаційних систем, аналітичних моделей, індикаторів результативності та інституційної культури використання доказів у політиці. Без розвиненої інформаційної інфраструктури управління стає «сліпим»: рішення приймаються ситуативно, контроль є формальним, а ресурси витрачаються </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>нецільово</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Водночас надмірна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>технократизація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без правових і етичних рамок може створювати ризики порушення прав, дискримінації та зниження довіри. Тому закон інформаційної </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>спроможності у публічній сфері завжди поєднаний із законом правової та етичної обмеженості використання даних.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FA1BA9" w14:textId="77777777" w:rsidR="009B3D73" w:rsidRPr="009B3D73" w:rsidRDefault="009B3D73" w:rsidP="009B3D73">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Нарешті, специфічним законом є закон балансування стабільності та змін у системі публічного управління. Будь-яка управлінська система потребує стабільних інститутів і процедур для забезпечення безперервності функцій, однак середовище публічної політики є динамічним: соціальні запити, технології, ризики, загрози й ресурси змінюються. Тому ефективність визначається здатністю системи поєднувати інституційну стійкість із адаптивністю, тобто здійснювати модернізацію без руйнування керованості. Цей закон проявляється у потребі керованих реформ, пілотування інновацій, поступовості змін, наявності кризових процедур, а також у розвитку організаційного навчання і культури управління змінами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0412A4" w14:textId="77777777" w:rsidR="009B3D73" w:rsidRPr="00D07F75" w:rsidRDefault="009B3D73" w:rsidP="009B3D73">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У підсумку, специфічні закони формування та ефективного функціонування системи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публічного управління відображають внутрішні механізми, що забезпечують її керованість і результативність: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>компетенційно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3D73">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>-інституційну визначеність, поєднання ієрархічної та мережевої координації, нормативно-процедурну регламентацію, ресурсну забезпеченість повноважень, дієвий зворотний зв’язок і коригування, узгоджені стимули та відповідальність, інформаційно-аналітичну спроможність і здатність балансувати стабільність із адаптацією. Їхнє врахування дає можливість не лише описувати роботу публічної влади, а й проектувати управлінські реформи таким чином, щоб вони були виконуваними, легітимними та орієнтованими на суспільний результат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26450841" w14:textId="77777777" w:rsidR="00E41F33" w:rsidRPr="00D07F75" w:rsidRDefault="00E41F33" w:rsidP="009B3D73">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4574125C" w14:textId="25629699" w:rsidR="00E41F33" w:rsidRPr="009B3D73" w:rsidRDefault="00EF75CF" w:rsidP="009B3D73">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.5.Закономірності публічного управління. Чинники вибору у публічному управлінні та адмініструванні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D7C1AD" w14:textId="77777777" w:rsidR="009B3D73" w:rsidRPr="00D07F75" w:rsidRDefault="009B3D73" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C85B859" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закономірності публічного управління та чинники вибору у публічному управлінні й адмініструванні утворюють взаємопов’язаний аналітичний блок, оскільки управлінський вибір ніколи не здійснюється у «порожньому просторі»: він завжди відбувається в межах об’єктивних обмежень, інституційних правил та повторюваних механізмів функціонування публічної влади. Закономірності фіксують стійкі тенденції і причинно-наслідкові зв’язки, що визначають типові траєкторії управлінських процесів, тоді як чинники вибору пояснюють, чому за однакових формальних цілей різні органи влади, посадові особи або уряди обирають різні інструменти, моделі координації та способи реалізації політики. У науковому розумінні це дозволяє перейти від </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>опису «що відбувається» до пояснення «чому відбувається саме так» і «за яких умов можлива інша управлінська конфігурація».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50FDE03C" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Закономірності публічного управління насамперед проявляються як системна взаємозалежність елементів управлінської діяльності. Публічне управління функціонує як складна соціально-організаційна система, де політичні цілі, правові норми, бюджетні ресурси, адміністративні процедури, кадрові компетентності та комунікації є взаємно зумовленими. Тому управлінські рішення в одному секторі неминуче продукують ефекти у суміжних сферах. Наприклад, підвищення стандартів якості публічних послуг без розширення ресурсної бази спричиняє перевантаження персоналу і зростання формалізму; запровадження цифрових сервісів без адаптації правових процедур породжує колізії та ризики оскаржень; децентралізація без адекватного фінансового вирівнювання веде до нерівності доступу до послуг. Ця закономірність означає, що вибір управлінського рішення має враховувати не лише прямий результат, а й системні наслідки, включно з інституційними витратами координації та потребою змін у суміжних підсистемах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36903696" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Другим ключовим проявом закономірностей є обмежена раціональність управлінського вибору. У публічному секторі суб’єкти управління приймають рішення в умовах невизначеності, неповноти інформації, конкуренції цілей та часових обмежень. Навіть наявність аналітичних даних не усуває багатозначності інтерпретацій, оскільки публічна політика завжди «вмонтована» у ціннісний і політичний контекст. Звідси закономірно випливає, що управлінські рішення часто є результатом не оптимізації, а «задовільного вибору», коли обирається прийнятна альтернатива, здатна пройти процедури погодження, забезпечити мінімально достатню підтримку і бути виконуваною в наявних ресурсних умовах. У цьому сенсі закономірною є підвищена роль процедур стандартизації, регламентів, типових рішень, які знижують невизначеність, але водночас можуть зменшувати гнучкість та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інноваційність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558AFBB2" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важливою закономірністю є інституційна інерція та залежність від попереднього розвитку. Сформовані організаційні структури, нормативні практики, бюджетні правила та кадрові культури задають траєкторію, яка обмежує можливі варіанти реформ і рішень. Це пояснює, чому одна й та сама політика може реалізуватися різними темпами або з різним ефектом у різних організаціях: стартові інституційні умови різняться, і система схильна відтворювати звичні підходи. Для управлінського вибору це означає, що «кращі практики» не переносяться механічно; їх необхідно адаптувати до інституційного контексту, враховуючи організаційну культуру, формальні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>процедури, спроможність персоналу та наявність інфраструктури.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE6C862" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наступною закономірністю є конфліктність публічних інтересів і необхідність балансування цінностей. Публічне управління здійснюється в полі ціннісної </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>багатовимірності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: законність, справедливість, ефективність, доступність, безпека, прозорість, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>приватність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і права людини часто не збігаються в одному рішенні. Внаслідок цього управлінський вибір є за своєю природою компромісним: він передбачає обґрунтування пріоритетів, узгодження з політичними акторами, врахування позицій стейкхолдерів і вибір таких інструментів, які мінімізують соціально неприйнятні втрати. Саме тут проявляється закономірність процедурної легітимації: у публічній сфері важливим є не лише «що вирішили», а й «як вирішили», тобто чи були дотримані процедури прозорості, консультацій, правової експертизи, аналізу впливу та можливості оскарження.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A246F1" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Із цією логікою пов’язана закономірність залежності ефективності від легітимності та довіри. Навіть добре спроєктоване рішення може бути не виконане або виконане формально, якщо воно не має підтримки та не сприймається як справедливе. Довіра знижує витрати контролю та примусу, підвищує рівень добровільного дотримання правил і сприяє співпраці між владою та громадянами. Відтак вибір інструментів адміністрування закономірно включає комунікаційний компонент: пояснення, прозорість даних, залучення, демонстрацію результатів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6388889B" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У межах цих закономірностей формується коло чинників вибору у публічному управлінні та адмініструванні, які визначають, яку альтернативу буде обрано в конкретній ситуації. Першим чинником виступає цільова структура політики, тобто характер проблеми й тип очікуваного результату. Проблеми, що мають чітко визначені параметри і піддаються стандартизації (наприклад, надання масових адміністративних послуг), сприяють вибору регламентованих процедур, цифрових сервісів, стандартизованих рішень і управління за показниками. Натомість «складні» проблеми з високою невизначеністю, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>міжсекторальністю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та конфліктністю інтересів (наприклад, соціальна інтеграція, безпека, реформи інституцій) потребують мережевого врядування, коаліцій, консультацій, пілотування та адаптивних моделей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07ED8238" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Другим чинником є правове поле та рівень </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>дискреції</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Якщо нормативні вимоги жорстко визначають процедуру, простір для вибору звужується до операційних рішень щодо організації виконання. Якщо ж право задає рамку, залишаючи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>дискрецію</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, підвищується значення управлінської компетентності, етичних стандартів і механізмів підзвітності. Правове середовище також </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>впливає на темп реформ: складні процедури погодження, колізії норм або нечіткість компетенцій об’єктивно роблять вибір більш консервативним, оскільки зростають ризики оскарження та відповідальності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA96500" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Третім чинником є ресурсна спроможність, що включає бюджет, кадри, час, інфраструктуру та дані. Вибір найкращої за задумом альтернативи може бути неможливим без відповідної ресурсної бази, тому управлінські рішення часто є компромісом між бажаним і здійсненним. При цьому ресурсний чинник включає не лише «наявність коштів», а й організаційну здатність їх освоювати, управляти контрактами, забезпечувати контроль якості та підтримувати процеси у довгостроковій перспективі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269495DB" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Четвертим чинником є інституційний контекст і організаційна культура. Організації з високим рівнем професіоналізму, чіткими процедурами та стабільними командами схильні обирати інструменти, орієнтовані на результат і доказовість, тоді як у слабких інституціях домінують формалізм, уникнення ризику і пріоритет «процесу над результатом». Організаційна культура впливає і на прийнятність змін: інновації потребують готовності до навчання, толерантності до помилок і підтримки керівництва, інакше система відтворює статус-кво.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D45B8C5" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>П’ятим чинником є політичне середовище і конфігурація акторів. Вибір у публічному управлінні неминуче враховує політичні ризики, інтереси партій, коаліцій, груп впливу, а також виборчі цикли. Це породжує характерну закономірність «часової обмеженості політики»: у короткому політичному горизонті перевага може віддаватися видимим і швидким результатам, навіть якщо вони менш стійкі в довгостроковій перспективі. Водночас у стабільнішому середовищі зростають шанси на структурні реформи, що потребують тривалого періоду реалізації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CE189C" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Шостим чинником є інформаційно-комунікаційний контекст: доступність даних, рівень прозорості та комунікаційна спроможність. За умов якісних даних і розвинених систем моніторингу вибір стає більш доказовим, з’являється можливість оцінювати альтернативи, моделювати наслідки, коригувати політику. За відсутності даних або за домінування інформаційних маніпуляцій вибір набуває ситуативного характеру, а пріоритети визначаються не доказами, а політичними сигналами й реакціями медіа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B92F79C" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сьомим чинником є рівень ризику та невизначеності, включно з кризовими умовами. У кризах система прагне до централізації, жорсткіших процедур контролю і швидких рішень, оскільки ціна помилки зростає. Однак після стабілізації виникає потреба повернення до процедурної нормальності, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>розширення участі та більш ґрунтовного аналізу. Отже, режим середовища (стабільний чи кризовий) закономірно впливає на характер управлінського вибору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2031D478" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="00D07F75" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A66BD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У підсумку, закономірності публічного управління задають об’єктивні рамки й типові механізми функціонування публічної влади, тоді як чинники вибору пояснюють конкретну конфігурацію управлінських рішень у певному контексті. Вибір у публічному управлінні є багатокритеріальним і компромісним: він одночасно визначається цілями політики, правовими обмеженнями, ресурсною спроможністю, інституційною інерцією, політичною конфігурацією, інформаційною базою та рівнем ризику. Наукове осмислення цієї взаємодії дозволяє обґрунтовано проектувати управлінські інструменти, підвищувати виконуваність рішень і зменшувати розрив між нормативними намірами та фактичними результатами адміністрування.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441B2860" w14:textId="77777777" w:rsidR="005A66BD" w:rsidRPr="00D07F75" w:rsidRDefault="005A66BD" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A1D9130" w14:textId="74285A6D" w:rsidR="005A66BD" w:rsidRPr="005A66BD" w:rsidRDefault="000209F8" w:rsidP="005A66BD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.6.Базові моделі публічного управління та адміністрування.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD5B6FB" w14:textId="77777777" w:rsidR="0052074C" w:rsidRPr="00D07F75" w:rsidRDefault="0052074C" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D2B6ED5" w14:textId="77777777" w:rsidR="00C14E66" w:rsidRPr="00C14E66" w:rsidRDefault="00C14E66" w:rsidP="00C14E66">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Базові моделі публічного управління та адміністрування відображають історично сформовані й теоретично </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>концептуалізовані</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способи організації публічної влади, прийняття рішень і реалізації публічної політики. Їх доцільно розглядати не як взаємовиключні «типи», а як аналітичні конструкції, що фіксують домінантні принципи координації, роль держави й ринку, механізми підзвітності та ключові управлінські технології. У реальних адміністративних системах моделі, як правило, співіснують у гібридних конфігураціях: різні сектори або рівні влади можуть бути організовані за різними логіками, а реформи часто означають зміщення акцентів від однієї моделі до іншої.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="564795C1" w14:textId="77777777" w:rsidR="00C14E66" w:rsidRPr="00C14E66" w:rsidRDefault="00C14E66" w:rsidP="00C14E66">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Класичною вихідною моделлю є бюрократично-ієрархічна, або </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>веберівська</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, модель публічного адміністрування. Її теоретичний фундамент пов’язаний з ідеєю раціонально-легального панування, де легітимність управлінського впливу забезпечується правом, формалізованою компетенцією та процедурною передбачуваністю. Центральними рисами цієї моделі виступають ієрархічна організаційна структура, чіткий розподіл функцій, стандартизовані процедури, письмовий документообіг, службова дисципліна й професійна підготовка персоналу. Сильні сторони бюрократичної моделі полягають у здатності забезпечувати стабільність і безперервність функцій, однаковість застосування правил, контрольованість та захист від свавілля посадових осіб. Водночас її внутрішні обмеження пов’язані з ризиком надмірної формалізації, повільної реакції на зміни, орієнтації на процес замість </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">результату, а також зі схильністю до відомчої замкненості. У сучасних умовах бюрократична модель не зникає, оскільки саме вона гарантує базову правову визначеність та процедурну справедливість, однак потребує доповнення механізмами результативності, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сервісності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> й міжвідомчої координації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1348E5AE" w14:textId="77777777" w:rsidR="00C14E66" w:rsidRPr="00C14E66" w:rsidRDefault="00C14E66" w:rsidP="00C14E66">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Наступним етапом еволюції концепцій публічного управління стала управлінська модель, що найчастіше позначається як «новий державний менеджмент» (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>New</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>). Її поява пов’язана з критикою бюрократичної інерції та прагненням підвищити ефективність державного сектору через запозичення інструментів приватного менеджменту. У центрі цієї моделі знаходиться орієнтація на результат, продуктивність і якість послуг, що реалізується через управління за цілями та показниками, контрактні відносини, конкуренцію постачальників, аутсорсинг, децентралізацію управлінських рішень, управлінську автономію керівників і розвиток сервісної логіки «громадянин як клієнт». Перевагою цієї моделі є підвищення уваги до вимірюваних результатів і економії ресурсів, стимулювання інновацій, оптимізація процесів та розвиток управлінських компетентностей. Водночас наукова і практична критика NPM зосереджена на ризиках фрагментації політики та відомчого розпорошення, звуженні публічних цінностей до економічної ефективності, виникненні «культури показників» і можливостях маніпуляції індикаторами, а також на зниженні акценту на справедливості, рівності доступу та довгостроковій соціальній стійкості. Тому в сучасних підходах NPM розглядається як корисний набір інструментів, але недостатній як універсальна концепція публічного управління.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA01282" w14:textId="77777777" w:rsidR="00C14E66" w:rsidRPr="00C14E66" w:rsidRDefault="00C14E66" w:rsidP="00C14E66">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Як реакція на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>фрагментаційні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ефекти управлінської моделі сформувалася інтегративна модель, відома як «нове публічне врядування» (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>New</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) або мережеве врядування. Вона виходить із того, що сучасні публічні проблеми мають комплексний, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>міжсекторальний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характер і не можуть бути ефективно вирішені виключно силами державних інституцій або через ринкові механізми. У цій моделі публічна влада розглядається як координатор і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>фасилітатор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаємодії численних акторів — органів влади різних рівнів, бізнесу, громадянського суспільства, експертних спільнот, громад. Ключовими механізмами є партнерство, ко-продукція послуг, спільне вироблення політики, горизонтальна координація, публічні консультації, процедурні гарантії участі, а також управління через довіру, комунікацію і узгодження інтересів. Перевагою цього підходу є підвищення адаптивності та контекстної чутливості політики, залучення ресурсів поза межами державного апарату, посилення легітимності рішень. Водночас мережеве врядування створює специфічні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">виклики: «розмивання» відповідальності, складність контролю, нерівність впливу між сильними й слабкими </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>стейкхолдерами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, ризики захоплення політики організованими групами. Тому ефективність мережевої моделі залежить від наявності рамкових правил, інституційної спроможності держави до координації, прозорості процедур і чітко визначених механізмів підзвітності.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF2FE50" w14:textId="77777777" w:rsidR="00C14E66" w:rsidRPr="00C14E66" w:rsidRDefault="00C14E66" w:rsidP="00C14E66">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У межах сучасних трансформацій значного розвитку набула модель «нової публічної служби» (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>New</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Service</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>), яка акцентує ціннісну та демократичну природу публічного управління. Її концептуальна основа полягає в тому, що громадяни є не лише споживачами послуг, а співвласниками публічної влади, носіями прав і активними учасниками формування політики. Центральним орієнтиром стає служіння суспільному інтересу, демократична участь, етичність, справедливість та розвиток громадянської спроможності. Ця модель підкреслює, що результативність публічного управління не може зводитися до економічної ефективності; вона включає якість демократії, довіру, соціальну інтеграцію та захист прав. В адміністративній практиці це проявляється через розвиток механізмів участі, процедур справедливого розгляду, відкритості та орієнтації на людину як центральну цінність публічної політики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34214E31" w14:textId="77777777" w:rsidR="00C14E66" w:rsidRPr="00D07F75" w:rsidRDefault="00C14E66" w:rsidP="00C14E66">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окремий напрям сучасного розвитку представляє </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>цифрово</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>-орієнтована модель, яку в науковій літературі часто описують як «цифрова ера врядування» (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Digital</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Era</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Governance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) або платформна модель публічного управління. Вона ґрунтується на інтеграції державних функцій через дані, цифрові реєстри, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інтероперабельність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> інформаційних систем, сервісний дизайн і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>проактивні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> послуги. Логіка цієї моделі полягає у переході від </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>відомчо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-орієнтованого управління до управління життєвими ситуаціями громадян, коли послуги надаються комплексно, а взаємодія з державою мінімізує адміністративні бар’єри. Перевагами виступають прискорення процесів, зниження </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>транзакційних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> витрат, підвищення прозорості, кращий моніторинг і аналітика для прийняття рішень. Водночас цифрова модель породжує ризики: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кіберзагрози</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, залежність від якості даних, можливість цифрової нерівності, проблеми захисту персональних даних та етичні виклики використання алгоритмів. Тому її ефективність визначається не лише технологіями, а й правовими рамками, управлінням ризиками, інституційною відповідальністю і розвитком цифрових компетентностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4935D6B0" w14:textId="77777777" w:rsidR="00C14E66" w:rsidRPr="00D07F75" w:rsidRDefault="00C14E66" w:rsidP="00C14E66">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3109291C" w14:textId="29442F49" w:rsidR="00C14E66" w:rsidRPr="00D07F75" w:rsidRDefault="00C14E66" w:rsidP="00C14E66">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37D6BA11" wp14:editId="21B2E3AB">
+            <wp:extent cx="4671060" cy="6019800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2099706759" name="Рисунок 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2099706759" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4707010" cy="6066130"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51887CC1" w14:textId="77777777" w:rsidR="00C14E66" w:rsidRPr="00D07F75" w:rsidRDefault="00C14E66" w:rsidP="00C14E66">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B96BAA0" w14:textId="77777777" w:rsidR="00C14E66" w:rsidRPr="00C14E66" w:rsidRDefault="00C14E66" w:rsidP="00C14E66">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На практиці базові моделі публічного управління та адміністрування слід розглядати як комплементарні. Бюрократична модель забезпечує законність і процедурну справедливість; управлінська модель посилює результативність і дисципліну виконання; мережеве врядування підвищує адаптивність і легітимність через партнерство; «нова публічна служба» формує </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ціннісно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-демократичний вимір; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>цифрово</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-платформний підхід модернізує інструментарій і створює умови інтегрованих сервісів та доказового управління. Вибір домінуючої моделі або їх поєднання визначається характером проблеми, правовими та ресурсними обмеженнями, інституційною спроможністю, рівнем довіри у суспільстві, а також стратегічними цілями держави щодо якості демократії, соціальної справедливості та технологічної модернізації. Саме тому у сучасній теорії публічного управління акцент </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14E66">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>робиться не на «правильності» однієї моделі, а на здатності будувати гібридні системи, які одночасно забезпечують законність, результативність, підзвітність, участь і сервісну якість.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="641C381E" w14:textId="77777777" w:rsidR="0052074C" w:rsidRPr="00645D6F" w:rsidRDefault="0052074C" w:rsidP="00645D6F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B09C165" w14:textId="77777777" w:rsidR="00C212D8" w:rsidRPr="00D07F75" w:rsidRDefault="00C212D8" w:rsidP="00C212D8">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.7.Самоорганізація в системі публічного управління та адміністрування. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Конец формы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F32F6B1" w14:textId="77777777" w:rsidR="00177E85" w:rsidRPr="0046309F" w:rsidRDefault="00177E85" w:rsidP="0046309F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="603C9A77" w14:textId="77777777" w:rsidR="00D07F75" w:rsidRPr="00D07F75" w:rsidRDefault="00D07F75" w:rsidP="00D07F75">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Самоорганізація в системі публічного управління та адміністрування є складним соціально-інституційним явищем, що відображає здатність публічної системи виробляти нові форми узгодження, координації та відтворення управлінських практик без прямого, детального «зовнішнього» директивного програмування. У науковому розумінні самоорганізація означає виникнення відносно стійкого порядку внаслідок взаємодії багатьох акторів і підсистем — органів влади різних рівнів, посадових осіб, комунальних установ, державних підприємств, громадських організацій, професійних спільнот, бізнесу та громадян — за умов неповної інформації, обмежених ресурсів і динамічного середовища. Вона проявляється у формуванні правил, процедур, мереж взаємодії, стандартів поведінки та управлінських рішень «знизу» або «горизонтально», тобто як результат множинних локальних ініціатив, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>адаптацій</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і взаємного навчання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFEA292" w14:textId="77777777" w:rsidR="00D07F75" w:rsidRPr="00D07F75" w:rsidRDefault="00D07F75" w:rsidP="00D07F75">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Самоорганізація є закономірною властивістю публічного управління як відкритої системи. Відкритість означає постійний обмін ресурсами, інформацією та впливами із зовнішнім середовищем: соціальними запитами, політичними конфліктами, економічними циклам, кризами безпеки, технологічними змінами. У таких умовах повна централізована раціоналізація управління є принципово обмеженою: жоден центр не здатен зібрати всю релевантну інформацію, передбачити всі наслідки рішень і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оперативно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> створити детальні інструкції на всі випадки. Тому поряд із ієрархічним управлінським впливом неминуче виникають механізми саморегуляції: локальні виконавці коригують процедури, організації будують робочі домовленості, міжвідомчі команди створюють неформальні канали обміну даними, а громади та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>стейкхолдери</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кооперуються для вирішення конкретних проблем. Саме через такі механізми система зберігає функціональність у ситуаціях, коли формальні правила не встигають за змінами середовища.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36AF7EA0" w14:textId="77777777" w:rsidR="00D07F75" w:rsidRPr="00D07F75" w:rsidRDefault="00D07F75" w:rsidP="00D07F75">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У публічному адмініструванні самоорганізація проявляється, по-перше, як адаптація формальних процедур до реальних управлінських задач. Будь-яка процедура, навіть нормативно детально врегульована, на практиці потребує </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">інтерпретації, узгодження ролей, «підгонки» під організаційні ресурси та конкретний випадок. У межах службових колективів і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>міжорганізаційної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаємодії виникають «робочі правила» — усталені способи виконання завдань, які не завжди формально зафіксовані, але забезпечують швидкість і координацію. По-друге, самоорганізація проявляється як формування горизонтальних мереж співпраці, особливо у сферах, де потрібна міжвідомча координація: соціальна політика, безпека, реагування на надзвичайні ситуації, надання комплексних послуг, реалізація інфраструктурних проєктів. У таких мережах узгодження досягається не через команду «згори», а через обмін ресурсами, взаємні зобов’язання, спільні протоколи взаємодії, узгоджені терміни та спільне вирішення конфліктів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059993D3" w14:textId="77777777" w:rsidR="00D07F75" w:rsidRPr="00D07F75" w:rsidRDefault="00D07F75" w:rsidP="00D07F75">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Самоорганізація також має виражений інформаційно-комунікаційний вимір. У сучасних умовах дані та комунікації стають «нервовою системою» управління, а самоорганізація часто виникає навколо інформаційних потоків: обміну даними між підрозділами, створення спільних реєстрів, неформальних каналів узгодження документів, використання цифрових платформ для координації. У цьому контексті самоорганізація може підвищувати ефективність: зменшувати дублювання, прискорювати ухвалення рішень, забезпечувати оперативність у кризах. Водночас вона створює ризики для правової визначеності та захисту інформації, якщо відбувається поза рамками нормативних процедур і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кібербезпекових</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандартів. Тому важливою умовою позитивної самоорганізації є інституційне «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>рамкування</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» інформаційних практик: визначення правил доступу, відповідальності, протоколів обробки даних, а також прозорість і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аудитованість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управлінських дій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC8B501" w14:textId="77777777" w:rsidR="00D07F75" w:rsidRPr="00D07F75" w:rsidRDefault="00D07F75" w:rsidP="00D07F75">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>З позицій теорії складних систем самоорганізація пов’язана з механізмами зворотного зв’язку та навчання. Публічна система накопичує досвід через успіхи й помилки, перетворюючи його на організаційну пам’ять: у вигляді відпрацьованих алгоритмів дій, шаблонів документів, стандартів якості, процедур взаємодії з громадянами. Самоорганізація у цьому сенсі є процесом вироблення внутрішньої спроможності до адаптації: організації «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вчаться</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», коригують інструменти, оптимізують процеси, підвищують компетентності персоналу. Вона особливо </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інтенсивно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проявляється в умовах криз, коли формальні структури перевантажені або не мають готових рішень. Тоді швидко виникають тимчасові коаліції, робочі групи, нові ланцюги комунікації, практики взаємодопомоги між інституціями, що забезпечують функціональне виживання системи. Однак після стабілізації такі практики потребують </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>інституціоналізації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: переведення найбільш успішних неформальних механізмів </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>у формальні процедури, щоб зберегти здобуту спроможність і водночас відновити правову визначеність.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D4DFC7" w14:textId="77777777" w:rsidR="00D07F75" w:rsidRPr="00D07F75" w:rsidRDefault="00D07F75" w:rsidP="00D07F75">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ключовою відмінністю самоорганізації у публічному управлінні від самоорганізації в інших соціальних системах є її нормативно-правове обмеження та вимога публічної підзвітності. Публічна влада не може повністю покладатися на неформальні правила, оскільки її діяльність має відповідати принципам законності, рівності, недискримінації, прозорості та можливості оскарження. Тому самоорганізація в публічній сфері є конструктивною лише тоді, коли вона не руйнує ці принципи, а доповнює їх, підвищуючи адаптивність та спроможність виконання. У протилежному випадку самоорганізація набуває викривлених форм: перетворюється на «тіньове адміністрування», де домінують неформальні домовленості, персональні зв’язки, вибірковість застосування норм, що створює підґрунтя для корупційних практик, нерівності та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>делегітимації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> влади.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9984DF" w14:textId="77777777" w:rsidR="00D07F75" w:rsidRPr="00D07F75" w:rsidRDefault="00D07F75" w:rsidP="00D07F75">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Важливим чинником конструктивної самоорганізації є баланс між автономією та контролем. Автономія підрозділів і місцевих рівнів влади необхідна для гнучкого реагування на контекст і для інновацій; контроль потрібен для забезпечення законності, стандартизованої якості та підзвітності. Самоорганізація виникає там, де система має «простір для маневру» — можливість адаптувати інструменти до ситуації — і водночас має рамкові правила, що визначають межі допустимого. Такий баланс підтримується через механізми стандартів, аудитів, індикаторів якості, але також через розвиток професійної етики, компетентності та управлінської культури.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="428B45F7" w14:textId="77777777" w:rsidR="00D07F75" w:rsidRDefault="00D07F75" w:rsidP="00D07F75">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Отже, самоорганізація в системі публічного управління та адміністрування є природним механізмом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> підтримання життєздатності й адаптивності публічної влади в умовах складності та невизначеності. Вона проявляється у формуванні горизонтальних мереж взаємодії, адаптації процедур, створенні локальних управлінських інновацій, розвитку організаційного навчання та практик зворотного зв’язку. Її позитивний потенціал реалізується за наявності інституційних рамок законності й підзвітності, ресурсної підтримки, прозорих правил і професійної доброчесності. Саме за таких умов самоорганізація не підміняє публічне управління неформальними домовленостями, а підсилює його спроможність діяти </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>результативно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, справедливо та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>стійко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06477E82" w14:textId="77777777" w:rsidR="009D30CD" w:rsidRDefault="009D30CD" w:rsidP="009D30CD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="167C1E2E" w14:textId="329E8455" w:rsidR="009D30CD" w:rsidRPr="00D07F75" w:rsidRDefault="009D30CD" w:rsidP="009D30CD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Питання для самоконтролю </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42EE594A" w14:textId="77777777" w:rsidR="004716E6" w:rsidRDefault="004716E6" w:rsidP="00D07F75">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50A75E6A" w14:textId="77777777" w:rsidR="009D30CD" w:rsidRPr="009D30CD" w:rsidRDefault="009D30CD" w:rsidP="009D30CD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D30CD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>У чому полягає сутність закономірностей публічного управління та адміністрування і чим вони відрізняються від нормативно-правових приписів?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40214C68" w14:textId="77777777" w:rsidR="009D30CD" w:rsidRPr="009D30CD" w:rsidRDefault="009D30CD" w:rsidP="009D30CD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D30CD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Як співвідносяться поняття «закони», «закономірності» та «принципи» публічного управління, і яку методологічну роль відіграє кожне з них?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507B8133" w14:textId="77777777" w:rsidR="009D30CD" w:rsidRPr="009D30CD" w:rsidRDefault="009D30CD" w:rsidP="009D30CD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D30CD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Які об’єктивні закони публічного управління визначають межі та можливості управлінського впливу в суспільстві, і як вони проявляються на практиці?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C3382C7" w14:textId="77777777" w:rsidR="009D30CD" w:rsidRPr="009D30CD" w:rsidRDefault="009D30CD" w:rsidP="009D30CD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D30CD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У чому полягає зміст специфічних законів формування та ефективного функціонування системи публічного управління і які інституційні механізми їх забезпечують?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B703DD" w14:textId="77777777" w:rsidR="009D30CD" w:rsidRPr="009D30CD" w:rsidRDefault="009D30CD" w:rsidP="009D30CD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D30CD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Які ключові закономірності функціонування системи публічного управління можна виявити у взаємодії політичної та адміністративної підсистем?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD2F579" w14:textId="77777777" w:rsidR="009D30CD" w:rsidRPr="009D30CD" w:rsidRDefault="009D30CD" w:rsidP="009D30CD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D30CD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Як проявляється закономірність обмеженої раціональності у прийнятті управлінських рішень у публічному секторі та які наслідки вона має для якості політики?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32321B4B" w14:textId="77777777" w:rsidR="009D30CD" w:rsidRPr="009D30CD" w:rsidRDefault="009D30CD" w:rsidP="009D30CD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D30CD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Які чинники вибору (правові, ресурсні, інституційні, політичні, інформаційні) найбільше впливають на відбір управлінських альтернатив у публічному адмініструванні?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE8A98B" w14:textId="77777777" w:rsidR="009D30CD" w:rsidRPr="009D30CD" w:rsidRDefault="009D30CD" w:rsidP="009D30CD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D30CD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Як рівень довіри та легітимності впливає на управлінський вибір і результативність реалізації публічних рішень?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B98B31" w14:textId="77777777" w:rsidR="009D30CD" w:rsidRPr="009D30CD" w:rsidRDefault="009D30CD" w:rsidP="009D30CD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D30CD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У чому полягають відмінності між бюрократично-ієрархічною моделлю, новим державним менеджментом, мережевим врядуванням, новою публічною службою та цифровою/платформною моделлю публічного управління?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB80BD7" w14:textId="3A229FDB" w:rsidR="004716E6" w:rsidRPr="00D07F75" w:rsidRDefault="009D30CD" w:rsidP="009D30CD">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D30CD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Як слід розуміти самоорганізацію в системі публічного управління та адміністрування, за яких умов вона підсилює управлінську спроможність, а за яких — породжує ризики </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D30CD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>неформалізації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D30CD">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та зниження підзвітності?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D92C3E" w14:textId="77777777" w:rsidR="00DA3E79" w:rsidRPr="00D07F75" w:rsidRDefault="00DA3E79" w:rsidP="008879AE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61604BBB" w14:textId="1C0E4104" w:rsidR="00DA3E79" w:rsidRPr="00D07F75" w:rsidRDefault="00DA3E79" w:rsidP="00DA3E79">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA3E79">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Глосарій </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA02EA8" w14:textId="77777777" w:rsidR="0011281E" w:rsidRDefault="0011281E" w:rsidP="008879AE">
+    <w:p w14:paraId="7DA02EA8" w14:textId="77777777" w:rsidR="0011281E" w:rsidRPr="00D07F75" w:rsidRDefault="0011281E" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4708" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="629"/>
         <w:gridCol w:w="4494"/>
         <w:gridCol w:w="4201"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="4749DFE5" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="4749DFE5" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F249E8B" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="6F249E8B" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>№ з/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AE339A6" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="6AE339A6" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Термін державною мовою</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A277896" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="2A277896" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Відповідник англійською мовою</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="729BABB5" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="729BABB5" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="781F2004" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="781F2004" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5D1C32C3" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="5D1C32C3" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Публічна політика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1DD43FAE" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="1DD43FAE" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Public policy</w:t>
+              <w:t>Public</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>policy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="01ECC83E" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="01ECC83E" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5917331E" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="5917331E" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A10E32F" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="6A10E32F" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Цикл публічної політики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24E86163" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="24E86163" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Public policy cycle</w:t>
+              <w:t>Public</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>policy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>cycle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="37A0711B" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="37A0711B" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73CAAB9E" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="73CAAB9E" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4126B5FA" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="4126B5FA" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Формування політики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="051FFFAE" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="051FFFAE" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Policy formulation</w:t>
+              <w:t>Policy</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>formulation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="3303B0EB" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="3303B0EB" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="211FE9CF" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="211FE9CF" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="60596B3C" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="60596B3C" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Реалізація політики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6173D01C" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="6173D01C" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Policy implementation</w:t>
+              <w:t>Policy</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>implementation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="3D369A19" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="3D369A19" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2FA6ECAE" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="2FA6ECAE" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="31D2A9BA" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="31D2A9BA" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Оцінювання політики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="79C6083A" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="79C6083A" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Policy evaluation</w:t>
+              <w:t>Policy</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>evaluation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="3CDA3C0D" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="3CDA3C0D" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="72C282D3" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="72C282D3" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B21DF60" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="2B21DF60" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Політичний аналіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D833021" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="4D833021" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Policy analysis</w:t>
+              <w:t>Policy</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>analysis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="74F3F8E1" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="74F3F8E1" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1B3EA54D" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="1B3EA54D" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D584800" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="4D584800" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Політичні альтернативи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4ECEF759" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="4ECEF759" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Policy alternatives</w:t>
+              <w:t>Policy</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>alternatives</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="05D6600A" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="05D6600A" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4E9FD0FD" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="4E9FD0FD" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6421607C" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="6421607C" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Суб’єкти публічної політики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6F7F686F" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="6F7F686F" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Actors of public policy</w:t>
+              <w:t>Actors</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>public</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>policy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="48F42075" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="48F42075" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C2F20E6" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="0C2F20E6" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="070DD30D" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="070DD30D" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Об’єкти публічної політики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="386655BE" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="386655BE" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Objects of public policy</w:t>
+              <w:t>Objects</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>public</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>policy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="5DF6AC8D" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="5DF6AC8D" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="588DF874" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="588DF874" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="59814CB6" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="59814CB6" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Інституційне забезпечення політики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5068C266" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="5068C266" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Institutional support of policy</w:t>
+              <w:t>Institutional</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>support</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>policy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="003A5CC7" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="003A5CC7" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5B4693D5" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="5B4693D5" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3DA240D3" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="3DA240D3" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Нормативно-правова база публічної політики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="149DAE74" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="149DAE74" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Legal framework of public policy</w:t>
+              <w:t>Legal</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>framework</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>public</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>policy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="47212B5C" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="47212B5C" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A060074" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="5A060074" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="334C4AE5" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="334C4AE5" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Політичні інструменти</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="10E1F282" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="10E1F282" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Policy instruments</w:t>
+              <w:t>Policy</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>instruments</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="463B6088" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="463B6088" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E8942DC" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="5E8942DC" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="52D6D4FA" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="52D6D4FA" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Публічні консультації</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16B5599C" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="16B5599C" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Public consultations</w:t>
+              <w:t>Public</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>consultations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="2BA8711B" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="2BA8711B" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6EF31759" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="6EF31759" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7ED39848" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="7ED39848" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Зацікавлені сторони</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1685F22D" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="1685F22D" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stakeholders</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="080AF7A1" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="080AF7A1" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7807DA98" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="7807DA98" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6059E57D" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="6059E57D" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Громадянське суспільство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73C5D861" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="73C5D861" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Civil society</w:t>
+              <w:t>Civil</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>society</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="3936BD9D" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="3936BD9D" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27CA8EAB" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="27CA8EAB" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="20CFEBEC" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="20CFEBEC" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Політична участь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="639A803E" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="639A803E" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Political participation</w:t>
+              <w:t>Political</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>participation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="7DED6CF9" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="7DED6CF9" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="041509E1" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="041509E1" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3628A80C" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="3628A80C" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Прозорість політики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="50C3ADC0" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="50C3ADC0" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Policy transparency</w:t>
+              <w:t>Policy</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>transparency</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="6BFC86AB" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="6BFC86AB" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="187A7E93" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="187A7E93" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E569975" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="2E569975" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Підзвітність</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B49DEFE" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="4B49DEFE" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Accountability</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="6E77A0E1" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="6E77A0E1" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51C74A80" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="51C74A80" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6581FE6B" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="6581FE6B" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Моніторинг політики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="470A3A9E" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="470A3A9E" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Policy monitoring</w:t>
+              <w:t>Policy</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>monitoring</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00152C03" w:rsidRPr="00C9250B" w14:paraId="10D8A403" w14:textId="77777777" w:rsidTr="00A47963">
+      <w:tr w:rsidR="00152C03" w:rsidRPr="00D07F75" w14:paraId="10D8A403" w14:textId="77777777" w:rsidTr="00A47963">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="337" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7E63BDA3" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="7E63BDA3" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="536F179D" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="536F179D" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Порівняльна публічна політика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67E9D68C" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00C9250B" w:rsidRDefault="00152C03" w:rsidP="00A47963">
+          <w:p w14:paraId="67E9D68C" w14:textId="77777777" w:rsidR="00152C03" w:rsidRPr="00D07F75" w:rsidRDefault="00152C03" w:rsidP="00A47963">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9250B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Comparative public policy</w:t>
+              <w:t>Comparative</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>public</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07F75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>policy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="53316D5F" w14:textId="77777777" w:rsidR="0011281E" w:rsidRDefault="0011281E" w:rsidP="008879AE">
+    <w:p w14:paraId="53316D5F" w14:textId="77777777" w:rsidR="0011281E" w:rsidRPr="00D07F75" w:rsidRDefault="0011281E" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65B4FC1B" w14:textId="705A4C63" w:rsidR="0011281E" w:rsidRPr="0011281E" w:rsidRDefault="0011281E" w:rsidP="008879AE">
+    <w:p w14:paraId="65B4FC1B" w14:textId="705A4C63" w:rsidR="0011281E" w:rsidRPr="00D07F75" w:rsidRDefault="0011281E" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0011281E">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Рекомендована література </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124EB3F4" w14:textId="77777777" w:rsidR="0011281E" w:rsidRPr="0011281E" w:rsidRDefault="0011281E" w:rsidP="008879AE">
+    <w:p w14:paraId="124EB3F4" w14:textId="77777777" w:rsidR="0011281E" w:rsidRPr="00D07F75" w:rsidRDefault="0011281E" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74F2FF58" w14:textId="10907E6C" w:rsidR="0011281E" w:rsidRPr="0011281E" w:rsidRDefault="0011281E" w:rsidP="008879AE">
+    <w:p w14:paraId="74F2FF58" w14:textId="10907E6C" w:rsidR="0011281E" w:rsidRPr="00D07F75" w:rsidRDefault="0011281E" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0011281E">
+      <w:r w:rsidRPr="00D07F75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Основна література </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5193076B" w14:textId="77777777" w:rsidR="0011281E" w:rsidRDefault="0011281E" w:rsidP="008879AE">
+    <w:p w14:paraId="5193076B" w14:textId="77777777" w:rsidR="0011281E" w:rsidRPr="00D07F75" w:rsidRDefault="0011281E" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09F39E94" w14:textId="30828E89" w:rsidR="00A50DF5" w:rsidRDefault="0011281E" w:rsidP="008879AE">
+    <w:p w14:paraId="09F39E94" w14:textId="30828E89" w:rsidR="00A50DF5" w:rsidRPr="00D07F75" w:rsidRDefault="0011281E" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0011281E">
-[...3 lines deleted...]
-        <w:r w:rsidR="00A50DF5" w:rsidRPr="00B67CA2">
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>1. Вороніна Ю. Є. Теорія та практика публічного управління та адміністрування : навчальний посібник. Мелітополь : ТОВ «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Колор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Принт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">», 2020. 204 с. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00A50DF5" w:rsidRPr="00D07F75">
           <w:rPr>
             <w:rStyle w:val="ae"/>
           </w:rPr>
           <w:t>https://core.ac.uk/download/pdf/346596794.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0011281E">
+      <w:r w:rsidRPr="00D07F75">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="597065B6" w14:textId="178FFD43" w:rsidR="0011281E" w:rsidRDefault="0011281E" w:rsidP="008879AE">
+    <w:p w14:paraId="597065B6" w14:textId="178FFD43" w:rsidR="0011281E" w:rsidRPr="00D07F75" w:rsidRDefault="0011281E" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0011281E">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0011281E">
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">2. Козирєва О.В., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Озаровська</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> А.В. Публічне адміністрування. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. для здобувачів вищої освіти спеціальності «Публічне адміністрування» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>освітньопрофесійної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> програми «Адміністративний менеджмент» для всіх форм навчання – Х.: Вид-во </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>НФаУ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>, 2020. 150 с</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274CE17A" w14:textId="77777777" w:rsidR="0001562B" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Нагаєв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> В.М. Публічне адміністрування: електронний навчальний посібник / В.М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Нагаєв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. Харків: ХНАУ, 2018. 278 с. URL: http://dspace.knau.kharkov.ua/jspui/bitstream /123456789/1076/1/%D0%95%D0% 26 9B%D0%95%D0%9A%D0%A2%D0% A0._%D0 %9F%D0 %9E%D0%A1%D0% 98%D0%91._%D0%9F% D0%A3%D0% 91%D0%9B._% D0%90%D0%94%D0% 9C._2018_.PDF. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1C6548" w14:textId="77777777" w:rsidR="0001562B" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">4. Організаційно-правові засади публічного управління та </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07F75">
         <w:lastRenderedPageBreak/>
-        <w:t>освітньопрофесійної програми «Адміністративний менеджмент» для всіх форм навчання – Х.: Вид-во НФаУ, 2020. 150 с</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="274CE17A" w14:textId="77777777" w:rsidR="0001562B" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+        <w:t xml:space="preserve">адміністрування: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. / Укладачі: О. В. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Надьон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">, І. М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Хмиров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">, Т. О. Луценко. Х.: НУЦЗУ, 2020. 175 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCCBADF" w14:textId="77777777" w:rsidR="0001562B" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0001562B">
-[...3 lines deleted...]
-    <w:p w14:paraId="0D1C6548" w14:textId="77777777" w:rsidR="0001562B" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">5. Основи публічного адміністрування : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. / Ю. П. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Битяк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">, Н. П. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Матюхіна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">, М. С. Ковтун та ін. ; за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>заг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. ред. Н. П. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Матюхіної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>. Харків : Право, 2018. 172 с. URL: https://pravoizdat.com.ua/image /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Files</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>/485/3 _</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Osnovi_publichnogo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>administ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>ruvannja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> _NP_ vnutri.pdf </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12705396" w14:textId="77777777" w:rsidR="0001562B" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0001562B">
-[...3 lines deleted...]
-    <w:p w14:paraId="0DCCBADF" w14:textId="77777777" w:rsidR="0001562B" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">6. Публічне управління та адміністрування: вступ до спеціальності : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. / О. О. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Долженков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. Одеса : видавець </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Букаєв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> Вадим Вікторович, 2019. 190 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A614A3B" w14:textId="77777777" w:rsidR="00B26F6F" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0001562B">
-[...3 lines deleted...]
-    <w:p w14:paraId="12705396" w14:textId="77777777" w:rsidR="0001562B" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">7. Публічне адміністрування : навчальний посібник / А. С. Даниленко та ін.; за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>заг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. ред. д-ра </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>екон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. наук, професора, академіка НААН України Даниленка А.С., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>дра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>екон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. наук, професора П.І. Юхименка, д-ра </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>екон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>. наук, доцента Т. В. Сокольської, К.: Центр учбової літератури, 2019. 288 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0807E9C4" w14:textId="04A86F09" w:rsidR="0001562B" w:rsidRPr="00D07F75" w:rsidRDefault="00B26F6F" w:rsidP="001B7A3F">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0001562B">
-[...3 lines deleted...]
-    <w:p w14:paraId="2A614A3B" w14:textId="77777777" w:rsidR="00B26F6F" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="0001562B" w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B7A3F" w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">Основи публічного управління та адміністрування : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001B7A3F" w:rsidRPr="00D07F75">
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B7A3F" w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001B7A3F" w:rsidRPr="00D07F75">
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B7A3F" w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">. Для здобувачів спеціальності 281 «Публічне управління та адміністрування» / П. С. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001B7A3F" w:rsidRPr="00D07F75">
+        <w:t>Покатаєв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B7A3F" w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">, М. А. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001B7A3F" w:rsidRPr="00D07F75">
+        <w:t>Латинін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B7A3F" w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">, С. В. Степаненко, Г. П. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001B7A3F" w:rsidRPr="00D07F75">
+        <w:t>Пасемко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B7A3F" w:rsidRPr="00D07F75">
+        <w:t>, О. М. Таран. – Харків : ТОВ «Оберіг», 2024. 240 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36788750" w14:textId="77777777" w:rsidR="0001562B" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0001562B">
-[...3 lines deleted...]
-    <w:p w14:paraId="0807E9C4" w14:textId="04A86F09" w:rsidR="0001562B" w:rsidRDefault="00B26F6F" w:rsidP="001B7A3F">
+    </w:p>
+    <w:p w14:paraId="19D94887" w14:textId="3FC01DDD" w:rsidR="0001562B" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-      </w:pPr>
-[...34 lines deleted...]
-    <w:p w14:paraId="36788750" w14:textId="77777777" w:rsidR="0001562B" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Інформаційні ресурси в Інтернеті </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023749AA" w14:textId="77777777" w:rsidR="00961EE4" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="19D94887" w14:textId="3FC01DDD" w:rsidR="0001562B" w:rsidRPr="0001562B" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">1. Верховна Рада України (офіційний веб-сайт). URL: www.portal.rada.gov.ua/rada/control/uk/index. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290C0CAB" w14:textId="53B652DD" w:rsidR="00961EE4" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="0001562B">
+      </w:pPr>
+      <w:r w:rsidRPr="00D07F75">
         <w:t xml:space="preserve">2. Довідник кваліфікаційних характеристик професій працівників. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00961EE4" w:rsidRPr="00B67CA2">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00961EE4" w:rsidRPr="00D07F75">
           <w:rPr>
             <w:rStyle w:val="ae"/>
           </w:rPr>
           <w:t>http://www.jobs.ua/ukr/dkhp/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0001562B">
+      <w:r w:rsidRPr="00D07F75">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36B9DFB8" w14:textId="7C8814B4" w:rsidR="00961EE4" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+    <w:p w14:paraId="36B9DFB8" w14:textId="7C8814B4" w:rsidR="00961EE4" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0001562B">
+      <w:r w:rsidRPr="00D07F75">
         <w:t xml:space="preserve">3. Єдиний веб-портал органів виконавчої влади України «Урядовий портал». – URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00961EE4" w:rsidRPr="00B67CA2">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00961EE4" w:rsidRPr="00D07F75">
           <w:rPr>
             <w:rStyle w:val="ae"/>
           </w:rPr>
           <w:t>www.kmu.gov.ua</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0001562B">
+      <w:r w:rsidRPr="00D07F75">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C655186" w14:textId="39A88F31" w:rsidR="00961EE4" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+    <w:p w14:paraId="3C655186" w14:textId="39A88F31" w:rsidR="00961EE4" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0001562B">
+      <w:r w:rsidRPr="00D07F75">
         <w:t xml:space="preserve">4. Загальноукраїнські та регіональні довідники і бази даних по підприємствах, товарах і виробниках. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00961EE4" w:rsidRPr="00B67CA2">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00961EE4" w:rsidRPr="00D07F75">
           <w:rPr>
             <w:rStyle w:val="ae"/>
           </w:rPr>
           <w:t>www.metaukraine.com/WINP/spravka</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0001562B">
+      <w:r w:rsidRPr="00D07F75">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C450110" w14:textId="40CADD6A" w:rsidR="00961EE4" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+    <w:p w14:paraId="3C450110" w14:textId="40CADD6A" w:rsidR="00961EE4" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0001562B">
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00D07F75">
         <w:t xml:space="preserve">5. Класифікатор професій ДК 003:2010. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00961EE4" w:rsidRPr="00B67CA2">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00961EE4" w:rsidRPr="00D07F75">
           <w:rPr>
             <w:rStyle w:val="ae"/>
           </w:rPr>
           <w:t>http://www.dk003.com/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0001562B">
+      <w:r w:rsidRPr="00D07F75">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61F7F70F" w14:textId="2477B905" w:rsidR="00961EE4" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+    <w:p w14:paraId="61F7F70F" w14:textId="2477B905" w:rsidR="00961EE4" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0001562B">
+      <w:r w:rsidRPr="00D07F75">
         <w:t xml:space="preserve">6. Офіційний веб-сайт Національного агентства України з питань державної служби. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00961EE4" w:rsidRPr="00B67CA2">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00961EE4" w:rsidRPr="00D07F75">
           <w:rPr>
             <w:rStyle w:val="ae"/>
           </w:rPr>
           <w:t>www.nads.gov.ua</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0001562B">
+      <w:r w:rsidRPr="00D07F75">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220675F3" w14:textId="6FD79D51" w:rsidR="00961EE4" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+    <w:p w14:paraId="220675F3" w14:textId="6FD79D51" w:rsidR="00961EE4" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0001562B">
-[...3 lines deleted...]
-        <w:r w:rsidR="00961EE4" w:rsidRPr="00B67CA2">
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve">7. Офіційний веб-сайт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>European</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Group</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t>Administration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07F75">
+        <w:t xml:space="preserve"> (EGPA). URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00961EE4" w:rsidRPr="00D07F75">
           <w:rPr>
             <w:rStyle w:val="ae"/>
           </w:rPr>
           <w:t>http://www.iias-iisa.org/egpa/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0001562B">
+      <w:r w:rsidRPr="00D07F75">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2993CF08" w14:textId="512C0D48" w:rsidR="00A50DF5" w:rsidRPr="005D3CD2" w:rsidRDefault="0001562B" w:rsidP="008879AE">
+    <w:p w14:paraId="2993CF08" w14:textId="512C0D48" w:rsidR="00A50DF5" w:rsidRPr="00D07F75" w:rsidRDefault="0001562B" w:rsidP="008879AE">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0001562B">
+      <w:r w:rsidRPr="00D07F75">
         <w:t>8. Офіційне Інтернет-представництво Президента України. URL: www.president.gov.ua.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A50DF5" w:rsidRPr="005D3CD2" w:rsidSect="00734F19">
+    <w:sectPr w:rsidR="00A50DF5" w:rsidRPr="00D07F75" w:rsidSect="00734F19">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8306,53 +28061,53 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="064657BE"/>
+    <w:nsid w:val="025D5D6A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D1BEEFAC"/>
+    <w:tmpl w:val="02769FC8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -8455,53 +28210,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="19F0419E"/>
+    <w:nsid w:val="05937787"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="0420A9D2"/>
+    <w:tmpl w:val="9D46300C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -8604,53 +28359,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1FBC232A"/>
+    <w:nsid w:val="064657BE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="917607CE"/>
+    <w:tmpl w:val="D1BEEFAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -8753,53 +28508,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="243258B3"/>
+    <w:nsid w:val="0D940660"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="45CAD708"/>
+    <w:tmpl w:val="66C86FCE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -8902,53 +28657,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2C5E4ACE"/>
+    <w:nsid w:val="12D06AFB"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="0D026256"/>
+    <w:tmpl w:val="D376D942"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9051,53 +28806,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2F4F3247"/>
+    <w:nsid w:val="19F0419E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="06E020E4"/>
+    <w:tmpl w:val="0420A9D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9200,53 +28955,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="36E11C4A"/>
+    <w:nsid w:val="1B8A2517"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="CD38897A"/>
+    <w:tmpl w:val="4A8E9D16"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9349,166 +29104,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="37126E17"/>
-[...112 lines deleted...]
-    <w:nsid w:val="54297651"/>
+    <w:nsid w:val="1FBC232A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BF6C154E"/>
+    <w:tmpl w:val="917607CE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9610,54 +29252,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5DDF0460"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="243258B3"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E8220082"/>
+    <w:tmpl w:val="45CAD708"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9759,54 +29401,167 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B970D33"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1E8A0F72"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="61B05618"/>
+    <w:nsid w:val="2C5E4ACE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3E5E07DA"/>
+    <w:tmpl w:val="0D026256"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9909,53 +29664,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="733F04F1"/>
+    <w:nsid w:val="2C613C9F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A6302BB8"/>
+    <w:tmpl w:val="B3789E8A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -10058,166 +29813,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="79E46560"/>
+    <w:nsid w:val="2F4F3247"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="CD3E3D0E"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="43BC1592"/>
+    <w:tmpl w:val="06E020E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -10319,145 +29961,3108 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="354C5456"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="83642E78"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36E11C4A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CD38897A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37126E17"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="14660594"/>
+    <w:lvl w:ilvl="0" w:tplc="106EC736">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47B81C75"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B91608F4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BE5535A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F8CC622C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C8A112E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9152777C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FDB5065"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DCB0E6F4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50923DA7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D202102E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52234F53"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D0586188"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52484BE8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A4BE9086"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54297651"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BF6C154E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54645844"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="06E257F2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DDF0460"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E8220082"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61B05618"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E5E07DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C8151B1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8340ADA8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F7367AD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5FB8809E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="733F04F1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A6302BB8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76CA63B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="025CD970"/>
+    <w:lvl w:ilvl="0" w:tplc="2000000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1765" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2485" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3205" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3925" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4645" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5365" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6085" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6805" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7525" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77653998"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9CAC1E6C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79E46560"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CD3E3D0E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EEE51F3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="43BC1592"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="947782013">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1658150750">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1329364787">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="902905572">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1558206856">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1513183759">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1753892460">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1220897042">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="529077543">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1696034020">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1303731182">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="740445171">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1652706903">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1372611152">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1658150750">
+  <w:num w:numId="15" w16cid:durableId="695958387">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="2084832948">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1634826768">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="433793022">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1018776125">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1391271807">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1343773793">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1885361010">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1410806660">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1576890415">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="580529065">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1084686430">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="2021853955">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="50425961">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="13195083">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="172570958">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1329364787">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="31" w16cid:durableId="978152560">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="902905572">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="32" w16cid:durableId="263733746">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1558206856">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="33" w16cid:durableId="1185435266">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1513183759">
-[...24 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="34" w16cid:durableId="7875139">
+    <w:abstractNumId w:val="30"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00734F19"/>
+    <w:rsid w:val="0000261B"/>
     <w:rsid w:val="0001562B"/>
+    <w:rsid w:val="000209F8"/>
     <w:rsid w:val="00050337"/>
     <w:rsid w:val="00063C6A"/>
+    <w:rsid w:val="00066994"/>
     <w:rsid w:val="00072F83"/>
+    <w:rsid w:val="000F241E"/>
     <w:rsid w:val="0011281E"/>
     <w:rsid w:val="001243C8"/>
+    <w:rsid w:val="001258F5"/>
     <w:rsid w:val="00152C03"/>
     <w:rsid w:val="00160EB9"/>
     <w:rsid w:val="00164E9C"/>
+    <w:rsid w:val="00177E85"/>
     <w:rsid w:val="001933A2"/>
     <w:rsid w:val="00193807"/>
     <w:rsid w:val="001A3C48"/>
     <w:rsid w:val="001B7A3F"/>
+    <w:rsid w:val="001D77BF"/>
+    <w:rsid w:val="001F348F"/>
     <w:rsid w:val="00223B08"/>
+    <w:rsid w:val="002B4273"/>
+    <w:rsid w:val="00326C97"/>
+    <w:rsid w:val="0033577B"/>
+    <w:rsid w:val="0038777F"/>
+    <w:rsid w:val="003E7838"/>
+    <w:rsid w:val="0042666D"/>
+    <w:rsid w:val="0046309F"/>
+    <w:rsid w:val="004716E6"/>
+    <w:rsid w:val="0052074C"/>
     <w:rsid w:val="00570DBB"/>
+    <w:rsid w:val="005A66BD"/>
     <w:rsid w:val="005D3CD2"/>
+    <w:rsid w:val="005F7AB9"/>
+    <w:rsid w:val="006103F6"/>
+    <w:rsid w:val="00617D02"/>
+    <w:rsid w:val="00645D6F"/>
+    <w:rsid w:val="006C45DB"/>
     <w:rsid w:val="00734F19"/>
+    <w:rsid w:val="007710ED"/>
+    <w:rsid w:val="00782A68"/>
+    <w:rsid w:val="00795852"/>
+    <w:rsid w:val="007B09F7"/>
     <w:rsid w:val="007E6985"/>
     <w:rsid w:val="008879AE"/>
+    <w:rsid w:val="008A504A"/>
+    <w:rsid w:val="00926FC4"/>
+    <w:rsid w:val="009377FE"/>
     <w:rsid w:val="00961EE4"/>
+    <w:rsid w:val="009B3D73"/>
     <w:rsid w:val="009B4FE4"/>
+    <w:rsid w:val="009D30CD"/>
     <w:rsid w:val="009F4068"/>
     <w:rsid w:val="00A15DCA"/>
+    <w:rsid w:val="00A37823"/>
     <w:rsid w:val="00A50DF5"/>
     <w:rsid w:val="00A86690"/>
+    <w:rsid w:val="00A97FFB"/>
     <w:rsid w:val="00AC3A2B"/>
+    <w:rsid w:val="00AC5FFB"/>
+    <w:rsid w:val="00B11D21"/>
     <w:rsid w:val="00B26F6F"/>
+    <w:rsid w:val="00B510C6"/>
+    <w:rsid w:val="00B51B90"/>
+    <w:rsid w:val="00BC2E08"/>
     <w:rsid w:val="00BC5980"/>
     <w:rsid w:val="00BF2C6D"/>
+    <w:rsid w:val="00C00916"/>
+    <w:rsid w:val="00C14E66"/>
+    <w:rsid w:val="00C212D8"/>
+    <w:rsid w:val="00C236B1"/>
     <w:rsid w:val="00C82B3F"/>
     <w:rsid w:val="00C83534"/>
+    <w:rsid w:val="00D07F75"/>
+    <w:rsid w:val="00D51810"/>
     <w:rsid w:val="00DA3E79"/>
     <w:rsid w:val="00DE2908"/>
     <w:rsid w:val="00E33761"/>
+    <w:rsid w:val="00E41F33"/>
     <w:rsid w:val="00EE45CC"/>
+    <w:rsid w:val="00EF75CF"/>
+    <w:rsid w:val="00F33712"/>
+    <w:rsid w:val="00F44129"/>
+    <w:rsid w:val="00F94B77"/>
+    <w:rsid w:val="00FA067C"/>
+    <w:rsid w:val="00FA407A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1049E3D1"/>
@@ -10845,51 +33450,51 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00734F19"/>
+    <w:rsid w:val="00BC2E08"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="uk-UA" w:eastAsia="uk-UA" w:bidi="uk-UA"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00734F19"/>
     <w:pPr>
       <w:keepNext/>
@@ -11468,51 +34073,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af0">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A50DF5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kmu.gov.ua" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jobs.ua/ukr/dkhp/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iias-iisa.org/egpa/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/346596794.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nads.gov.ua" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dk003.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.metaukraine.com/WINP/spravka" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jobs.ua/ukr/dkhp/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iias-iisa.org/egpa/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/346596794.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nads.gov.ua" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dk003.com/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.metaukraine.com/WINP/spravka" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kmu.gov.ua" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -11790,55 +34395,70 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>27119</Characters>
+  <Pages>81</Pages>
+  <Words>27137</Words>
+  <Characters>154682</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>225</Lines>
-  <Paragraphs>63</Paragraphs>
+  <Lines>1289</Lines>
+  <Paragraphs>362</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>31813</CharactersWithSpaces>
+  <CharactersWithSpaces>181457</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Юрий Шпак</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>