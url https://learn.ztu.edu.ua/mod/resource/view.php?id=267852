--- v0 (2025-12-15)
+++ v1 (2026-02-08)
@@ -4592,51 +4592,51 @@
       </w:r>
       <w:r w:rsidR="00917E4F" w:rsidRPr="00FA77B6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Крім того, у 2019 р. українці стали набагато менше довіряти ТБ як свідчить дослідження USAID-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00917E4F" w:rsidRPr="00FA77B6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Internews</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00917E4F" w:rsidRPr="00FA77B6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Споживання медіа». За галом у 2019 р. довіра до всіх традиційних ЗМІ впала в середньому на 11 %, у порівнянні з 2018 р. Довіра коливається між 19 % споживачів загальнонаціональної преси, 22 % місцевого радіо та 49 % глядачів телеканалів – у той час як загальнонаціональним інтернет медіа довіряють 51 % респондентів, що є найбільшим показником цього року. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B41BA3" w14:textId="465E6E07" w:rsidR="00060448" w:rsidRPr="00FA77B6" w:rsidRDefault="00917E4F" w:rsidP="00060448">
+    <w:p w14:paraId="37B41BA3" w14:textId="0EE78FB9" w:rsidR="00060448" w:rsidRPr="00FA77B6" w:rsidRDefault="00917E4F" w:rsidP="00060448">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA77B6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Основна мета проведеного дослідження USAID-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FA77B6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Internews</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -4978,51 +4978,51 @@
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA77B6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA77B6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">(14 респондентів) цієї вікової групи. Основними </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA77B6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>чинниками такої невтішної тенденції в суспільстві</w:t>
+        <w:t>чинниками такої невтішної в суспільстві</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA77B6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> є:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46E97A29" w14:textId="63AFCF90" w:rsidR="000A19DE" w:rsidRPr="00FA77B6" w:rsidRDefault="000A19DE" w:rsidP="00060448">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA77B6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>– </w:t>
@@ -13535,51 +13535,51 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="204"/>
+  <w:zoom w:percent="172"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE405A"/>
     <w:rsid w:val="000029F2"/>
     <w:rsid w:val="0000658F"/>
     <w:rsid w:val="00020A06"/>
     <w:rsid w:val="00023047"/>
     <w:rsid w:val="0003025A"/>
     <w:rsid w:val="00035521"/>
     <w:rsid w:val="00042AE3"/>
     <w:rsid w:val="00042B2D"/>
@@ -13871,50 +13871,51 @@
     <w:rsid w:val="00AA245B"/>
     <w:rsid w:val="00AA295D"/>
     <w:rsid w:val="00AA753C"/>
     <w:rsid w:val="00AB2596"/>
     <w:rsid w:val="00AB60E4"/>
     <w:rsid w:val="00AB6E03"/>
     <w:rsid w:val="00AD360E"/>
     <w:rsid w:val="00AE3F5D"/>
     <w:rsid w:val="00AF3304"/>
     <w:rsid w:val="00B13CC0"/>
     <w:rsid w:val="00B17E22"/>
     <w:rsid w:val="00B22CE7"/>
     <w:rsid w:val="00B2467A"/>
     <w:rsid w:val="00B27AE2"/>
     <w:rsid w:val="00B31230"/>
     <w:rsid w:val="00B4163E"/>
     <w:rsid w:val="00B41815"/>
     <w:rsid w:val="00B41EFF"/>
     <w:rsid w:val="00B42FA6"/>
     <w:rsid w:val="00B47DA4"/>
     <w:rsid w:val="00B52815"/>
     <w:rsid w:val="00B61AF0"/>
     <w:rsid w:val="00B61FB0"/>
     <w:rsid w:val="00B665B4"/>
     <w:rsid w:val="00B71182"/>
+    <w:rsid w:val="00B71253"/>
     <w:rsid w:val="00B735AA"/>
     <w:rsid w:val="00B765D1"/>
     <w:rsid w:val="00B87057"/>
     <w:rsid w:val="00BB174E"/>
     <w:rsid w:val="00BB2885"/>
     <w:rsid w:val="00BB47B5"/>
     <w:rsid w:val="00BC05EA"/>
     <w:rsid w:val="00BC1DD6"/>
     <w:rsid w:val="00BD0796"/>
     <w:rsid w:val="00BD2500"/>
     <w:rsid w:val="00BD4792"/>
     <w:rsid w:val="00BD774C"/>
     <w:rsid w:val="00BE169C"/>
     <w:rsid w:val="00BF2134"/>
     <w:rsid w:val="00BF7737"/>
     <w:rsid w:val="00C02744"/>
     <w:rsid w:val="00C14169"/>
     <w:rsid w:val="00C24B2D"/>
     <w:rsid w:val="00C26BA8"/>
     <w:rsid w:val="00C5106C"/>
     <w:rsid w:val="00C519E9"/>
     <w:rsid w:val="00C52BFD"/>
     <w:rsid w:val="00C54E38"/>
     <w:rsid w:val="00C55A50"/>
     <w:rsid w:val="00C60704"/>
@@ -13950,50 +13951,51 @@
     <w:rsid w:val="00D5784A"/>
     <w:rsid w:val="00D57FFC"/>
     <w:rsid w:val="00D603B3"/>
     <w:rsid w:val="00D728FF"/>
     <w:rsid w:val="00D74F54"/>
     <w:rsid w:val="00D766BE"/>
     <w:rsid w:val="00D772AB"/>
     <w:rsid w:val="00D82B9B"/>
     <w:rsid w:val="00DD3E8D"/>
     <w:rsid w:val="00DD61ED"/>
     <w:rsid w:val="00DE4CD0"/>
     <w:rsid w:val="00DF0A03"/>
     <w:rsid w:val="00E0287E"/>
     <w:rsid w:val="00E06858"/>
     <w:rsid w:val="00E1008F"/>
     <w:rsid w:val="00E16233"/>
     <w:rsid w:val="00E20567"/>
     <w:rsid w:val="00E323E6"/>
     <w:rsid w:val="00E33BE0"/>
     <w:rsid w:val="00E43504"/>
     <w:rsid w:val="00E56F26"/>
     <w:rsid w:val="00E70DB2"/>
     <w:rsid w:val="00E72B13"/>
     <w:rsid w:val="00E73AEE"/>
     <w:rsid w:val="00E75CC5"/>
+    <w:rsid w:val="00E90C7F"/>
     <w:rsid w:val="00E9134B"/>
     <w:rsid w:val="00E946AD"/>
     <w:rsid w:val="00EA46DD"/>
     <w:rsid w:val="00EB04C7"/>
     <w:rsid w:val="00EB27CC"/>
     <w:rsid w:val="00EB2EFD"/>
     <w:rsid w:val="00ED4BDB"/>
     <w:rsid w:val="00ED5C28"/>
     <w:rsid w:val="00EE08B1"/>
     <w:rsid w:val="00EE3297"/>
     <w:rsid w:val="00EE405A"/>
     <w:rsid w:val="00EE450C"/>
     <w:rsid w:val="00EF2BCE"/>
     <w:rsid w:val="00EF6122"/>
     <w:rsid w:val="00F11450"/>
     <w:rsid w:val="00F17301"/>
     <w:rsid w:val="00F301A0"/>
     <w:rsid w:val="00F40391"/>
     <w:rsid w:val="00F41A31"/>
     <w:rsid w:val="00F43543"/>
     <w:rsid w:val="00F45A3E"/>
     <w:rsid w:val="00F54C52"/>
     <w:rsid w:val="00F57C50"/>
     <w:rsid w:val="00F62876"/>
     <w:rsid w:val="00F658F6"/>
@@ -28312,70 +28314,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>18586</Characters>
+  <Pages>1</Pages>
+  <Words>32600</Words>
+  <Characters>18583</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>154</Lines>
   <Paragraphs>102</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>51091</CharactersWithSpaces>
+  <CharactersWithSpaces>51081</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Viacheslav Tkachuk</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>