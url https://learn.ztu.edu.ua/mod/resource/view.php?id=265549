--- v0 (2025-12-11)
+++ v1 (2026-02-08)
@@ -512,66 +512,80 @@
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE4CD0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> перестати далі передплачувати видання, важче. Тож важче </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>управляти</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE4CD0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> й фінансами.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DE681A2" w14:textId="0D69380B" w:rsidR="00DE4CD0" w:rsidRPr="00DE4CD0" w:rsidRDefault="00DE4CD0" w:rsidP="00DE4CD0">
+    <w:p w14:paraId="3DE681A2" w14:textId="6A0CA032" w:rsidR="00DE4CD0" w:rsidRPr="00DE4CD0" w:rsidRDefault="00DE4CD0" w:rsidP="00DE4CD0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE4CD0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Задача керівника/ці медіа </w:t>
+        <w:t>Задача керівник</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4611">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE4CD0">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медіа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE4CD0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> зробити редакцію прибутковою. Водночас прибуток не дорівнює доходу. Дохід </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE4CD0">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -863,67 +877,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">итрати на придбання, </w:t>
       </w:r>
       <w:r w:rsidR="00FA3BE8" w:rsidRPr="00FA3BE8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>оновлення та обслуговування обладнання, необхідного для створення та поширення контенту: комп</w:t>
       </w:r>
       <w:r w:rsidR="00FA3BE8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00FA3BE8" w:rsidRPr="00FA3BE8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ютери, професійне фото- та </w:t>
-[...15 lines deleted...]
-        <w:t>, ліцензійне програмне забезпечення (наприклад, для монтажу, дизайну, CRM-системи).</w:t>
+        <w:t>ютери, професійне фото- та відеообладнання, ліцензійне програмне забезпечення (наприклад, для монтажу, дизайну, CRM-системи).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43544BE1" w14:textId="42A28232" w:rsidR="00DE4CD0" w:rsidRPr="00DE4CD0" w:rsidRDefault="00DE4CD0" w:rsidP="00DE4CD0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE4CD0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Проте це лише загальні категорії витрат. Редакції мають зважати на власні потреби, які треба закласти у своєму річному бюджеті.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EFC4C7" w14:textId="6AA39AFE" w:rsidR="00DE4CD0" w:rsidRPr="00DE4CD0" w:rsidRDefault="00DE4CD0" w:rsidP="00DE4CD0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
@@ -1055,67 +1053,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> рекламодавців </w:t>
       </w:r>
       <w:r w:rsidR="00735C56">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>або</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA3BE8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> підписників). Вони забезпечують мінімальну операційну діяльність</w:t>
       </w:r>
       <w:r w:rsidR="00735C56">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, в </w:t>
-[...15 lines deleted...]
-        <w:t>.:</w:t>
+        <w:t>, в т.ч.:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52393409" w14:textId="34F78100" w:rsidR="00FA3BE8" w:rsidRPr="00FA3BE8" w:rsidRDefault="00735C56" w:rsidP="00FA3BE8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1) </w:t>
       </w:r>
       <w:r w:rsidRPr="00735C56">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1427,139 +1409,94 @@
     </w:p>
     <w:p w14:paraId="326A0DD1" w14:textId="70AC81EA" w:rsidR="00FA3BE8" w:rsidRDefault="00735C56" w:rsidP="00735C56">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3) </w:t>
       </w:r>
       <w:r w:rsidRPr="00735C56">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">рекламні та </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> кампанії</w:t>
+        <w:t>рекламні та промоційні кампанії</w:t>
       </w:r>
       <w:r w:rsidRPr="00735C56">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (обсяг інвестицій в маркетинг можна змінювати).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D9C62D6" w14:textId="29A0EB96" w:rsidR="00DE4CD0" w:rsidRDefault="00CE75BC" w:rsidP="00CE75BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE75BC">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Медіа борються не лише за увагу та лояльність аудиторії, а й за ресурси для виживання й розвитку. Стала бізнес-модель у </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> мусить базуватися на кількох джерелах доходу, але комбінації та пропорції для кожного медіа будуть індивідуальними.</w:t>
+        <w:t>Медіа борються не лише за увагу та лояльність аудиторії, а й за ресурси для виживання й розвитку. Стала бізнес-модель у медіасвіті мусить базуватися на кількох джерелах доходу, але комбінації та пропорції для кожного медіа будуть індивідуальними.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04CF5D57" w14:textId="77777777" w:rsidR="003F52D8" w:rsidRDefault="00CE75BC" w:rsidP="003F52D8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CE75BC">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Націлення</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> на певну модель монетизації допомагає визначити конкретний план дій, над яким працюватиме редакція, щоб досягнути своїх фінансових цілей. Це також важливо, тому що:</w:t>
+        <w:t>Націлення на певну модель монетизації допомагає визначити конкретний план дій, над яким працюватиме редакція, щоб досягнути своїх фінансових цілей. Це також важливо, тому що:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A6D4001" w14:textId="005AB19F" w:rsidR="003F52D8" w:rsidRDefault="003F52D8" w:rsidP="003F52D8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1. </w:t>
       </w:r>
       <w:r w:rsidR="00CE75BC" w:rsidRPr="00CE75BC">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Кожна модель монетизації вимагає різних ресурсів редакції (час, гроші, технології, </w:t>
@@ -1861,90 +1798,90 @@
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00CE75BC" w:rsidRPr="003F52D8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>визначення цілей організації для реаліз</w:t>
       </w:r>
       <w:r w:rsidR="004B11EB" w:rsidRPr="004B11EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ації</w:t>
       </w:r>
       <w:r w:rsidR="00CE75BC" w:rsidRPr="003F52D8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> своєї візії;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53EDBE82" w14:textId="720747A0" w:rsidR="00CE75BC" w:rsidRPr="003F52D8" w:rsidRDefault="003F52D8" w:rsidP="003F52D8">
+    <w:p w14:paraId="53EDBE82" w14:textId="392D537C" w:rsidR="00CE75BC" w:rsidRPr="003F52D8" w:rsidRDefault="003F52D8" w:rsidP="003F52D8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>– </w:t>
       </w:r>
       <w:r w:rsidR="00CE75BC" w:rsidRPr="004B11EB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>стратегію</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidR="00CE75BC" w:rsidRPr="003F52D8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ключові напрямки до досягнення поставлених цілей;</w:t>
+        <w:t xml:space="preserve"> ключові напрями досягнення поставлених цілей;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62B2694D" w14:textId="1BDD10F3" w:rsidR="00CE75BC" w:rsidRDefault="003F52D8" w:rsidP="004B11EB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>– </w:t>
       </w:r>
       <w:r w:rsidR="00CE75BC" w:rsidRPr="004B11EB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2181,412 +2118,234 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidR="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>підписка (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>підписка (пейвол)</w:t>
+      </w:r>
+      <w:r w:rsidR="007E032F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – згідно з цією моделлю дохід редакції складає добуток чисельності підписників і ціни. Її використовують такі видавництва, як: «</w:t>
+      </w:r>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
-          <w:b/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>НВ</w:t>
+      </w:r>
+      <w:r w:rsidR="007E032F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-        <w:t>)</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – згідно з цією моделлю дохід редакції складає добуток чисельності підписників і ціни. Її використовують такі видавництва, як: «</w:t>
+        <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>НВ</w:t>
+        <w:t>The New York Times</w:t>
       </w:r>
       <w:r w:rsidR="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>The Financial Times</w:t>
+      </w:r>
+      <w:r w:rsidR="007E032F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007E032F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>New</w:t>
-[...141 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Gazeta Wyborcza</w:t>
+      </w:r>
       <w:r w:rsidR="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">». </w:t>
       </w:r>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Це найбільш поширена модель отримання читацьких доходів на Заході. Вона має кілька різновидів:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79B5B833" w14:textId="3A87EF64" w:rsidR="007E032F" w:rsidRPr="007E032F" w:rsidRDefault="00F54C52" w:rsidP="00F54C52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Hard</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Hard </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t> </w:t>
-[...7 lines deleted...]
-        <w:t>–</w:t>
+        <w:t xml:space="preserve"> найбільш жорстка стратегія платного доступу. У ній читачі мають оплачувати за повний доступ до контенту і не можуть скористатися безплатним переглядом. Такий пейвол забезпечує стабільний і прогнозований дохід. Його має, наприклад, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F903A7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> найбільш жорстка стратегія платного доступу. У ній читачі мають оплачувати за повний доступ до контенту і не можуть скористатися безплатним переглядом. Такий </w:t>
-[...56 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">The Financial </w:t>
+      </w:r>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Times</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F903A7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="007E032F" w:rsidRPr="007E032F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ADFF52D" w14:textId="07D2E71F" w:rsidR="004B11EB" w:rsidRPr="003F52D8" w:rsidRDefault="00F54C52" w:rsidP="00F54C52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -2644,576 +2403,347 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54C52">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Рис. 1. Приклад оформлення підписки на доступ до контенту видавництва </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(різновид типу </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F54C52">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Hard</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FCA64A4" w14:textId="579A4756" w:rsidR="00F54C52" w:rsidRDefault="00556D34" w:rsidP="00F94094">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="60"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>– </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00556D34">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Dynamic</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F54C52" w:rsidRPr="00556D34">
+        <w:t xml:space="preserve">Dynamic </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>персоналізований пейвол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">– </w:t>
+        <w:t>у</w:t>
       </w:r>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">персоналізований </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>якому</w:t>
+      </w:r>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>пейвол</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> медіа не пропонує однакову платню, пропозицію або ліміт для кожного відвідувача, а намагається визначити певну поведінку або сегменти аудиторії та створити більш релевантну пропозицію цифрової підписки. Зокрема, швейцарська газета </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...76 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Neue Zürcher Zeitung</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (NZZ) за допомогою цього підходу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>збільшила</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">кількість передплат уп’ятеро за останні три роки. Такий </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>кількість передплат уп’ятеро за останні три роки. Такий пейвол також використову</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ють видавництва «</w:t>
+      </w:r>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>пейвол</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>The New York Times</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> також використову</w:t>
+        <w:t xml:space="preserve"> і </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ють видавництва «</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>«</w:t>
+      </w:r>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...95 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>The Atlantic</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="268918C4" w14:textId="7F665E58" w:rsidR="00F54C52" w:rsidRDefault="00556D34" w:rsidP="00556D34">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>– </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00556D34">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Metered</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F54C52" w:rsidRPr="00556D34">
+        <w:t xml:space="preserve">Metered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00556D34">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00556D34">
-[...4 lines deleted...]
-        <w:t>–</w:t>
+      <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дає змогу читачам отримати доступ до обмеженої кількості. Наприклад, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">дає змогу читачам отримати доступ до обмеженої кількості. Наприклад, </w:t>
+        <w:t xml:space="preserve"> статті безплатно, після чого стіна пейволу блокує </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3-ю</w:t>
       </w:r>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статті безплатно, після чого стіна </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> статтю. Цей пейвол зберігає доступ до частини контенту для широкої аудиторії, одночасно стимулюючи платні підписки. Цей підхід раніше мав </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>пейволу</w:t>
-[...102 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>The New York Times</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="00F54C52" w:rsidRPr="00F54C52">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76FA6926" w14:textId="195930E4" w:rsidR="00556D34" w:rsidRPr="00F54C52" w:rsidRDefault="00556D34" w:rsidP="00556D34">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3289,167 +2819,138 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54C52">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Приклад оформлення підписки на доступ до контенту видавництва </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(різновиди типу </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BC05EA" w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dynamic</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BC05EA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> і </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BC05EA" w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Metered</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06019047" w14:textId="12E36E22" w:rsidR="00DE4CD0" w:rsidRDefault="00BC05EA" w:rsidP="004B11EB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>– </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Freemium</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Freemium </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> передбачає частину безплатного контенту і частину преміум</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>–</w:t>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> передбачає частину безплатного контенту і частину преміум</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> має </w:t>
+        <w:t xml:space="preserve">контенту. Він привабливий для широкої аудиторії й дає змогу спробувати контент перед оплатою. Такий пейвол має </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>видання «</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ELLE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -3539,521 +3040,385 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54C52">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Приклад оформлення підписки на доступ до контенту видавництва </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(різновид типу </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Freemium</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DD2FC4B" w14:textId="0B64EB3E" w:rsidR="00BC05EA" w:rsidRDefault="00BC05EA" w:rsidP="00F94094">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="60"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Успіх </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Успіх пейволу базується на таких основних чинниках: велика та лояльна аудиторія (висока частка постійних читачів, що читають понад 10 статей на місяць), багато ексклюзивного та якісного контенту, пропрацьована технічна реалізація і зручність для користувачів.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94094">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>пейволу</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>У цій моделі також важливий великий обсяг аудиторії. Навіть найкращим світовим медіа вдається конвертувати в передплатників лише невеликий відсоток читачів. З аудиторією менш як 3 млн читачів, із яких мінімум 100</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94094">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тис</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94094">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> базується на таких основних чинниках: велика та лояльна аудиторія (висока частка постійних читачів, що читають понад 10 статей на місяць), багато ексклюзивного та якісного контенту, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>пропрацьована</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> постійних, в Україні не варто запускати модель пейволу. 1–5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94094">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> технічна реалізація і зручність для користувачів.</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">% від постійних читачів </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC05EA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>У цій моделі також важливий великий обсяг аудиторії. Навіть найкращим світовим медіа вдається конвертувати в передплатників лише невеликий відсоток читачів. З аудиторією менш як 3 млн читачів, із яких мінімум 100</w:t>
-[...101 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> реалістична конверсія для пейволу.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="421C63DC" w14:textId="1EBF6D0D" w:rsidR="00F94094" w:rsidRPr="00F94094" w:rsidRDefault="00F94094" w:rsidP="00F94094">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>мемберш</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F903A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>п (модель членства)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – дохід визначається добутком чисельності учасників і середнього внеску. При цьому активно використовуються такі і</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>нструменти</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, як</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>: LiqPay, Patreon, YouTube, Telegram (закриті канали всередині основного каналу).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Серед п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94094">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>риклад</w:t>
+      </w:r>
+      <w:r w:rsidR="0075203E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ів</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075203E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>медіа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, які використовують таку модель</w:t>
+      </w:r>
+      <w:r w:rsidR="0075203E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, наступні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94094">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>LiqPay</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>УП</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Patreon</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>The Guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, YouTube, Telegram (закриті канали всередині основного каналу).</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Серед п</w:t>
+        <w:t>«</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>риклад</w:t>
-[...148 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>The Ukrainians</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4068,475 +3433,297 @@
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> додатковий контент, знижки в магазинах-партнерах, прямий зв’язок із редакцією тощо. Також видання пропонують каву, книжки чи туристичні поїздки.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="039A227B" w14:textId="77777777" w:rsidR="00F94094" w:rsidRPr="00F94094" w:rsidRDefault="00F94094" w:rsidP="00F94094">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Для клубу не потрібна велика аудиторія, а його учасниками можуть бути не ті читачі, які вас постійно читають. Люди підтримують редакцію з інших мотивів, тому необхідною умовою для членської моделі є ідея: потрібно донести читачу, навіщо йому вступати у клуб видання. Як і для </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, важливий розмір аудиторії, адже конверсія </w:t>
+        <w:t xml:space="preserve">Для клубу не потрібна велика аудиторія, а його учасниками можуть бути не ті читачі, які вас постійно читають. Люди підтримують редакцію з інших мотивів, тому необхідною умовою для членської моделі є ідея: потрібно донести читачу, навіщо йому вступати у клуб видання. Як і для пейволу, важливий розмір аудиторії, адже конверсія </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>читачів у членів є невисокою (нижча, ніж для моделі підписки).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22E794DE" w14:textId="5A783090" w:rsidR="00F94094" w:rsidRPr="00F94094" w:rsidRDefault="0075203E" w:rsidP="0075203E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3) </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0075203E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>к</w:t>
       </w:r>
       <w:r w:rsidR="00F94094" w:rsidRPr="0075203E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>раудфанд</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r w:rsidR="00F94094" w:rsidRPr="0075203E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>нг</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – тут використовуються наступні і</w:t>
       </w:r>
       <w:r w:rsidR="00F94094" w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">нструменти: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>нструменти: LiqPay, Patreon, Monobanka, GoFundMe, «Спільнокошт».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прикладами медіа, що діють за такою моделлю є:</w:t>
+      </w:r>
       <w:r w:rsidR="00F94094" w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>LiqPay</w:t>
-[...117 lines deleted...]
-        <w:t>, Bihus.info, 18000</w:t>
+        <w:t xml:space="preserve"> «Цукр», hromadske, Bihus.info, 18000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F94094" w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">У цій моделі медіа звертається до аудиторії за прямою фінансовою підтримкою. Це можуть бути разові пожертви або ж із періодичним автоматичним списанням. Натомість читачі зазвичай нічого не отримують, а тому утримувати їх важче. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EBF2ED8" w14:textId="38E6BA05" w:rsidR="00F94094" w:rsidRPr="00F94094" w:rsidRDefault="00F94094" w:rsidP="0075203E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">На першому місці в цій моделі </w:t>
       </w:r>
       <w:r w:rsidR="0075203E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> це чітка й ефективна комунікація до читачів. Часто </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> це чітка й ефективна комунікація до читачів. Часто краудфанд</w:t>
+      </w:r>
+      <w:r w:rsidR="0075203E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>краудфанд</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> збір є тимчасовим </w:t>
+        <w:t xml:space="preserve">нговий збір є тимчасовим </w:t>
       </w:r>
       <w:r w:rsidR="0075203E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> для реалізації конкретної мети </w:t>
       </w:r>
       <w:r w:rsidR="0075203E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> та доповнює інші моделі монетизації.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4772E5BC" w14:textId="7D7666F0" w:rsidR="00BC05EA" w:rsidRDefault="00F94094" w:rsidP="00F94094">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Аналітика аудиторії під час роботи з </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Аналітика аудиторії під час роботи з краудфанд</w:t>
+      </w:r>
+      <w:r w:rsidR="0075203E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>краудфанд</w:t>
+        <w:t>нгу обмежена, оскільки редакція</w:t>
       </w:r>
       <w:r w:rsidR="0075203E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>і</w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>нгу</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> зазвичай</w:t>
+      </w:r>
+      <w:r w:rsidR="0075203E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94094">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> обмежена, оскільки редакція</w:t>
-[...43 lines deleted...]
-        <w:t>. Крім того, це не завжди читачі медіа.</w:t>
+        <w:t xml:space="preserve"> майже нічого не знає про тих людей, які донатять. Крім того, це не завжди читачі медіа.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1065E145" w14:textId="77777777" w:rsidR="00FF2898" w:rsidRDefault="0075203E" w:rsidP="0075203E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2. </w:t>
       </w:r>
       <w:r w:rsidRPr="0075203E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4755,277 +3942,138 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>і. Актуальними і</w:t>
       </w:r>
       <w:r w:rsidR="0075203E" w:rsidRPr="0075203E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>нструмент</w:t>
       </w:r>
       <w:r w:rsidR="00CA1DC7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ами тут виступають</w:t>
       </w:r>
       <w:r w:rsidR="0075203E" w:rsidRPr="0075203E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>: Google AdSense, Mgid, Redtram, Adpartner</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1DC7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidR="0075203E" w:rsidRPr="0075203E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Google</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">У цій моделі читачеві показують рекламу під час перегляду контенту у вигляді графічних </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1DC7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>або</w:t>
+      </w:r>
       <w:r w:rsidR="0075203E" w:rsidRPr="0075203E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...100 lines deleted...]
-        <w:t>. Медійна реклама приносить помітні прибутки за умови великого трафіку.</w:t>
+        <w:t xml:space="preserve"> відеобанерів. Медійна реклама приносить помітні прибутки за умови великого трафіку.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E29ACFD" w14:textId="49D80B78" w:rsidR="0075203E" w:rsidRPr="0075203E" w:rsidRDefault="0075203E" w:rsidP="00CA1DC7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CA1DC7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Програматик</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0075203E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA1DC7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0075203E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> це спосіб замовлення та прокручування реклами, коли автоматизований алгоритм визначає, якому користувачу показати рекламу, в якому вигляді, обсязі та в який час. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59B8BFDC" w14:textId="2E677C82" w:rsidR="00CA1DC7" w:rsidRDefault="0075203E" w:rsidP="0075203E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075203E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Дохідність вимірюється показником СРМ (</w:t>
-[...47 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Дохідність вимірюється показником СРМ (cost per mile)</w:t>
       </w:r>
       <w:r w:rsidR="00FF2898">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, тобто</w:t>
       </w:r>
       <w:r w:rsidRPr="0075203E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> вартістю 1000 показів. СРМ залежить насамперед</w:t>
       </w:r>
       <w:r w:rsidR="00CA1DC7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68EC7606" w14:textId="77777777" w:rsidR="00FF2898" w:rsidRDefault="00CA1DC7" w:rsidP="0075203E">
       <w:pPr>
@@ -5153,2827 +4201,2718 @@
       <w:r w:rsidR="0075203E" w:rsidRPr="0075203E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>від стану рекламного ринку.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62B12574" w14:textId="77D09932" w:rsidR="00B47DA4" w:rsidRPr="00FF2898" w:rsidRDefault="00FF2898" w:rsidP="00B47DA4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2) </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF2898">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>нативну</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>нативну рекламу</w:t>
+      </w:r>
       <w:r w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дозволяє встановити маржу для медіа як різницю між</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ц</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ою</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проєкту </w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> витрат</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проєкту</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ця модель є основною для </w:t>
+      </w:r>
+      <w:r w:rsidR="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наступних </w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>медіа: «</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Village</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Свідомі</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Рубрика</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>хвилин</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47DA4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E621838" w14:textId="5E32945C" w:rsidR="0075203E" w:rsidRDefault="00B47DA4" w:rsidP="00B47DA4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Такі </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2898" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рекламні матеріали адаптовані під інтереси аудиторії та формати видання. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Вони</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2898" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>представляють собою</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2898" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> якісни</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2898" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контент і водночас донос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2898" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ть потрібну рекламодавцю інформацію. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Її</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2898" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> можна подати в різних форматах та жанрах: інтерв’ю, тест, вікторина, гра, інфографіка, опитування, питання-відповідь з експертом.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2898" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одним із різновидів такої моделі є </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2898" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>спецпроєкт</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2898" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2898" w:rsidRPr="00FF2898">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> це велика нативна статейна реклама або ж цикл статей, у яких проявляється рекламодавець. Такі матеріали потрібно маркувати, щоб читач одразу усвідомлював, що взаємодіятиме з рекламним матеріалом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD52ABF" w14:textId="18941BBF" w:rsidR="00F75084" w:rsidRPr="00F75084" w:rsidRDefault="00F75084" w:rsidP="00F75084">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> рекламу</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>SEO-статті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>–</w:t>
-[...213 lines deleted...]
-        <w:t>».</w:t>
+        <w:t xml:space="preserve"> – у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цій моделі медіа розміщує у себе на сайті статті із покликаннями на сайт рекламодавця, що допомагає рекламодавцю покращити свої позиції в пошуку.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дохід медіа тут буде розраховуватися як добуток к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ільк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и. Він може бути отриманий за такими каналами:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біржі Collaborator.pro, PRnews, прямі запити від агенцій і SEO-фахівців.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E621838" w14:textId="5E32945C" w:rsidR="0075203E" w:rsidRDefault="00B47DA4" w:rsidP="00B47DA4">
+    <w:p w14:paraId="1EC28688" w14:textId="20C2854C" w:rsidR="00B47DA4" w:rsidRDefault="00F75084" w:rsidP="00F75084">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Замовників не цікавить, який трафік збере стаття, та чи буде вона на головній сторінці. Рекламодавцю потрібн</w:t>
+      </w:r>
+      <w:r w:rsidR="00910849">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е посилання</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00910849">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лінк</w:t>
+      </w:r>
+      <w:r w:rsidR="00910849">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> із сайту медіа на його сайт. Він може заплатити за розміщення в наявній статті чи публікації нового матеріалу, оптимізованого під пошук, через біржі чи напряму рекламному відділу видання.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> це велика нативна статейна реклама або ж цикл статей, у яких проявляється рекламодавець. Такі матеріали потрібно маркувати, щоб читач одразу усвідомлював, що взаємодіятиме з рекламним матеріалом.</w:t>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Маркетологів</w:t>
+      </w:r>
+      <w:r w:rsidR="00910849">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> насамперед</w:t>
+      </w:r>
+      <w:r w:rsidR="00910849">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цікавить показник якості вашого домену (Domain Rating). Чим вищий цей показник, тим дорожче ви можете продавати SEO-статті.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD52ABF" w14:textId="18941BBF" w:rsidR="00F75084" w:rsidRPr="00F75084" w:rsidRDefault="00F75084" w:rsidP="00F75084">
+    <w:p w14:paraId="1BD6B52C" w14:textId="11CADFFD" w:rsidR="00CA1DC7" w:rsidRDefault="00F75084" w:rsidP="00F75084">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3) </w:t>
+        <w:t>3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Грантове фінансування</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – дохід медіа буде дорівнювати </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сум</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одержаних </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>грантів</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Прикладами такої моделі є: «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>hromadske</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Most.ks.ua</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Gwara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>У цій моделі медіа отримує кошти від донорів для певної роботи чи реалізації проєктів. Для цього потрібна сильна компетенція з фандрейз</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нгу, міцні зв’язки з донорами й меценатами.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75084">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Також можливе фінансування спеціальних проєктів, коли частина коштів витрачається на окремий проєкт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67482635" w14:textId="77777777" w:rsidR="002D4A4E" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окрім того, до інших </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>модел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ей одержання доходу медіа можна віднести: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226E47EB" w14:textId="40B599E3" w:rsidR="002D4A4E" w:rsidRPr="002D4A4E" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>монетизаці</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соцмережах (наприклад, YouTube виплачує видавцям винагороду за показану рекламу у відео);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC9C07C" w14:textId="4DD51B2A" w:rsidR="002D4A4E" w:rsidRPr="002D4A4E" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СРА-модель (винагорода за дію) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> модель оплати інтернет-реклами, за якою оплачуються лише певні дії користувачів на сайті рекламодавця;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05EA4525" w14:textId="322BCEA2" w:rsidR="002D4A4E" w:rsidRPr="002D4A4E" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">каталоги, афіші й вакансії </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> модель, за якої медіа може створити в себе каталог-довідник підприємств і брати кошти з цих підприємств (за реєстрацію, більшу наповненість, вище місце в списку тощо);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076B45BB" w14:textId="678599FB" w:rsidR="002D4A4E" w:rsidRPr="002D4A4E" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>організація заходів;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="395ECDA2" w14:textId="0CBB9EC6" w:rsidR="002D4A4E" w:rsidRPr="002D4A4E" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>продаж мерчу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05038A42" w14:textId="2B5038C5" w:rsidR="002D4A4E" w:rsidRPr="002D4A4E" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>освітні послуги й консалтинг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DBC79C" w14:textId="4509184F" w:rsidR="002D4A4E" w:rsidRPr="002D4A4E" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>продакшн;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B9CDE44" w14:textId="1729F540" w:rsidR="00F75084" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ліцензія на бренд </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4A4E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медіа продає право на ведення бізнесу під своїм брендом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6074F3" w14:textId="77777777" w:rsidR="00F75084" w:rsidRDefault="00F75084" w:rsidP="00F94094">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78DB2D47" w14:textId="77777777" w:rsidR="00F94094" w:rsidRPr="004B11EB" w:rsidRDefault="00F94094" w:rsidP="004B11EB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20C907CC" w14:textId="6255E4BF" w:rsidR="00A75612" w:rsidRPr="00717324" w:rsidRDefault="002D0F87" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6198" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4CD0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6198" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0091170F" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Рекламна діяльність та її інформаційне забезпечення</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209FBD3B" w14:textId="2B2B50D5" w:rsidR="00D603B3" w:rsidRPr="00717324" w:rsidRDefault="00D603B3" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37C8D166" w14:textId="116F32CC" w:rsidR="00D603B3" w:rsidRPr="00717324" w:rsidRDefault="00D603B3" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Важливе значення у розвитку національної економіки має реклама. Рекламний бізнес в Україні перебуває на стадії становлення. З прийняттям у 1996 р. Закону України «Про рекламу» було створено законодавчу основу для розвитку рекламної діяльності. Сьогодні на сторінках українських газет, журналів, по радіо і на телебаченні рекламують різноманітні товари як українського, так і зарубіжного виробництва, роботи, послуги підприємств, установ і організацій, в країні функціонують рекламні агентства і фірми з організації рекламних виставок. Сучасна реклама допомагає споживачам отримати об’єктивну інформацію про якість, ціну, споживчі характеристики, сфери і способи використання товарів і, отже, допомагає покупцям здійснити правильний вибір необхідної продукції. Метою рекламної діяльності підприємств є ефективне залучення споживачів продукції на основі максимального задоволення їхніх потреб. Мету реклами можна досягнути лише за умови налагодження ефективної системи управління як окремими рекламними акціями, так і діяльністю учасників рекламного бізнесу загалом. За умов глобалізації економіки, загострення конкуренції, динамічних змін асортименту і якості продукції, скорочення її життєвого циклу особливо актуальною є проблема вдосконалення інформаційного забезпечення управління рекламною діяльністю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="513CCFE8" w14:textId="03040857" w:rsidR="00D10EE3" w:rsidRPr="00717324" w:rsidRDefault="00D603B3" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реклама як сфера людської діяльності виникла і розвивалася разом з еволюцією людського суспільства. Рекламою є будь-яка форма повідомлень, які використовує підприємство для інформування, переконання або нагадування людям про свої товари, послуги, ідеї суспільної діяльності. Реклама допомагає привернути увагу споживачів до певного товару чи послуги з метою його популяризації та збуту. В економічній літературі не існує єдиного трактування сутності рекламної діяльності. Так, Р.Г. Іванченко </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ототожнює рекламну діяльність з рекламою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, зазначаючи, що це будь-яка форма неособистої пропозиції та просування комерційних ідей, товарів чи послуг коштом чітко визначеного замовника. За переконанням Б.А.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10EE3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обритька </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рекламна діяльність є комплексом організаційних і технічних рекламних заходів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">спрямованих на створення і підтримку необхідного рівня продажу продукції, швидке реагування на зміну ринкової </w:t>
+      </w:r>
+      <w:r w:rsidR="00D10EE3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кон’юнктури</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, прийняття необхідних заходів для нейтралізації діяльності конкурентів, забезпечення позитивного іміджу фірми </w:t>
+      </w:r>
+      <w:r w:rsidR="008F2D08" w:rsidRPr="008F2D08">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> її торгової марки. Загалом можна стверджувати, що </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рекламна діяльність</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – це діяльність суб’єктів господарювання, пов’язана з визначенням потреби створення і розміщення реклами для досягнення стратегічних і поточних завдань їхнього розвитку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ACB0ACA" w14:textId="6C95E4DF" w:rsidR="00D10EE3" w:rsidRPr="00717324" w:rsidRDefault="00D603B3" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Рекламна діяльність охоплює сукупність процесів дослідження ринку збуту і визначення потреби в рекламі, дослідження ринку рекламних засобів та рекламної аудиторії, формування стратегії та програми рекламної діяльності, створення рекламного продукту, його публікації чи показу в засобах масової інформації, дослідження ефективності здійснення рекламних акцій та рекламної діяльності загалом. Можна виділити такі основні групи учасників рекламної діяльності:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5451EE75" w14:textId="35942ACA" w:rsidR="00D10EE3" w:rsidRPr="00717324" w:rsidRDefault="00D10EE3" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рекламодавці</w:t>
+      </w:r>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фізичні та юридичні особи, від імені та за кошти яких здійснюють комунікативно-рекламні акції; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9678AA" w14:textId="365994B5" w:rsidR="00D10EE3" w:rsidRPr="00717324" w:rsidRDefault="00D10EE3" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рекламні агентства</w:t>
+      </w:r>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – професійні організації, що надають рекламні послуги; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FCB1907" w14:textId="300CD12D" w:rsidR="00D10EE3" w:rsidRPr="00717324" w:rsidRDefault="00D10EE3" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>засоби масової інформації</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE53F0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (медіа)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, які продають рекламний час або площі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09C2839F" w14:textId="60EF662C" w:rsidR="00D10EE3" w:rsidRPr="00717324" w:rsidRDefault="00D10EE3" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>інші учасники рекламної діяльності</w:t>
+      </w:r>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (експерти, консультанти, творчі об’єднання і організації тощо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A316DE" w14:textId="610B06F5" w:rsidR="00D10EE3" w:rsidRPr="00717324" w:rsidRDefault="00D603B3" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правове регулювання рекламної діяльності здійснюють державні установи та громадські організації захисту прав споживачів. Управління рекламною діяльністю охоплює сукупність процесів аналізу, планування, бюджетування, організування практичної реалізації і контролю ефективності комплексу заходів, які проводять учасники рекламного процесу, задля досягнення певної маркетингової мети. Рекламна діяльність спрямована на здійснення впливу на ринки та споживачів. Тому для створення ефективної системи управління рекламним процесом та його належного інформаційного забезпечення рекламну діяльність доцільно класифікувати за низкою ознак. Зокрема, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>SEO-статті</w:t>
-[...99 lines deleted...]
-        <w:t>, прямі запити від агенцій і SEO-фахівців.</w:t>
+        <w:t>за специфікою ринку рекламованих товарів і послуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B1E0D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">можна виділити: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC28688" w14:textId="4E97CAEE" w:rsidR="00B47DA4" w:rsidRDefault="00F75084" w:rsidP="00F75084">
+    <w:p w14:paraId="53ECAC9C" w14:textId="5A47EE11" w:rsidR="00D10EE3" w:rsidRPr="00717324" w:rsidRDefault="00D10EE3" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F75084">
-[...66 lines deleted...]
-        <w:t>). Чим вищий цей показник, тим дорожче ви можете продавати SEO-статті.</w:t>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рекламну діяльність, спрямовану на масового споживача товарів безпосереднього вжитку та споживачів товарів довгострокового вжитку і послуг;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD6B52C" w14:textId="11CADFFD" w:rsidR="00CA1DC7" w:rsidRDefault="00F75084" w:rsidP="00F75084">
+    <w:p w14:paraId="4CEB034B" w14:textId="2C7F20C2" w:rsidR="00D10EE3" w:rsidRPr="00717324" w:rsidRDefault="00D10EE3" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...187 lines deleted...]
-        <w:t>Також можливе фінансування спеціальних проєктів, коли частина коштів витрачається на окремий проєкт.</w:t>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>індустріальну рекламну діяльність, спрямовану на рекламування сировини, матеріалів, техніки тощо;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67482635" w14:textId="77777777" w:rsidR="002D4A4E" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+    <w:p w14:paraId="2B2FFA0F" w14:textId="24187B89" w:rsidR="00D10EE3" w:rsidRPr="00717324" w:rsidRDefault="00D10EE3" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">ей одержання доходу медіа можна віднести: </w:t>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рекламну діяльність у сфері фінансів, яка включає рекламу банків, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>заощаджень, іпотек, страхування, інвестицій;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226E47EB" w14:textId="40B599E3" w:rsidR="002D4A4E" w:rsidRPr="002D4A4E" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+    <w:p w14:paraId="05E95A2E" w14:textId="134A828D" w:rsidR="00D10EE3" w:rsidRPr="00717324" w:rsidRDefault="00D10EE3" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>– </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4A4E">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> в соцмережах (наприклад, YouTube виплачує видавцям винагороду за показану рекламу у відео);</w:t>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>діяльність у сфері кадрової реклами, основним завдання якої є підбір кадрового персоналу для працедавців. За основними споживачами можна виділити:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC9C07C" w14:textId="4DD51B2A" w:rsidR="002D4A4E" w:rsidRPr="002D4A4E" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+    <w:p w14:paraId="6E0C86D8" w14:textId="57131CF3" w:rsidR="00D10EE3" w:rsidRPr="00717324" w:rsidRDefault="00D10EE3" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>– </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4A4E">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> модель оплати інтернет-реклами, за якою оплачуються лише певні дії користувачів на сайті рекламодавця;</w:t>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рекламну діяльність, спрямовану на населення чи його окремі групи;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EA4525" w14:textId="322BCEA2" w:rsidR="002D4A4E" w:rsidRPr="002D4A4E" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+    <w:p w14:paraId="567E7E0F" w14:textId="2CB28132" w:rsidR="00D10EE3" w:rsidRPr="00717324" w:rsidRDefault="00D10EE3" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>– </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D4A4E">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> модель, за якої медіа може створити в себе каталог-довідник підприємств і брати кошти з цих підприємств (за реєстрацію, більшу наповненість, вище місце в списку тощо);</w:t>
+      <w:r w:rsidR="00D603B3" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рекламну діяльність спрямовану на дистриб’юторів, дилерів, агентів та інших посередників на ринку.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076B45BB" w14:textId="678599FB" w:rsidR="002D4A4E" w:rsidRPr="002D4A4E" w:rsidRDefault="002D4A4E" w:rsidP="002D4A4E">
+    <w:p w14:paraId="1CAF356C" w14:textId="719E06F9" w:rsidR="00D603B3" w:rsidRPr="00717324" w:rsidRDefault="00D603B3" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...565 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>за специфікою ринку рекламованих товарів і послуг</w:t>
+        <w:t>За територіальною ознакою</w:t>
       </w:r>
       <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> можна виділити: </w:t>
-[...185 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> існує рекламна діяльність на місцевому, регіональному, загальнодержавному та міжнародному рівнях. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>За територіальною ознакою</w:t>
+        <w:t>За засобами реклами</w:t>
       </w:r>
       <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> існує рекламна діяльність на місцевому, регіональному, загальнодержавному та міжнародному рівнях. </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> доцільно виокремити рекламну діяльність з використанням преси (газет, журналів), телебачення, спеціальних плакатів, щитів (зовнішня реклама); транспортних засобів, радіо, пошти, кіно, мережі Інтернет тощо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A008447" w14:textId="2CFB7B4E" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>За засобами реклами</w:t>
+        <w:t>За суб’єктами (учасниками) рекламного процесу</w:t>
       </w:r>
       <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> доцільно виокремити рекламну діяльність з використанням преси (газет, журналів), телебачення, спеціальних плакатів, щитів (зовнішня реклама); транспортних засобів, радіо, пошти, кіно, мережі Інтернет тощо.</w:t>
+        <w:t xml:space="preserve"> можна виділити рекламну діяльність рекламодавців, рекламних агентств </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1E0D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> засобів масової інформації</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1E0D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (медіа)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Рекламодавці є замовниками рекламних акцій і контролюють їх здійснення. Рекламодавців, як правило, класифікують за ринками їхньої діяльності, та за товарами, які вони виробляють. Рекламодавці можуть бути операторами споживчого ринку, ринку виробників промислової продукції, ринку посередників, ринку державних організацій, міжнародного ринку тощо.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A008447" w14:textId="38E7F060" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+    <w:p w14:paraId="053E6370" w14:textId="5E40C968" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рекламна діяльність підприємств-рекламодавців може здійснюватися на основі створення в їхній організаційній структурі рекламного відділу чи залучення до співпраці рекламних агентств. Рекламна служба підприємства досліджує рекламний ринок, розробляє і реалізує довгострокові, поточні </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1E0D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оперативні плани рекламної діяльності, організовує виставки та презентації, налагоджує і контролює співпрацю з рекламними агентствами, здійснює заходи в сфері </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5883">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тощо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77234B6B" w14:textId="44E0B945" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Рекламні агентства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – це незалежні професійні організації, які надають рекламні послуги. Рекламні агентства забезпечують зв’язок між рекламодавцями та засобами масової інформації</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5883" w:rsidRPr="00CD5883">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5883">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>медіа</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5883" w:rsidRPr="00CD5883">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і є провідною ланкою в системі просування реклами. Рекламні агентства виконують такі основні функції:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EEBA9D1" w14:textId="62B8C88F" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1) допомагають рекламодавцям аналізувати рекламний ринок, розробляти концепції рекламних компаній, створювати макети та сценарії реклами, купувати рекламний час чи площі, організовувати і контролювати рекламні заходи тощо;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C03158D" w14:textId="5D5E8B6D" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) сприяють підвищенню ефективності операцій з придбання та продажу рекламних площ і часу, оскільки власники засобів масової інформації мають справу не з тисячами індивідуальних рекламодавців, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">а з невеликою кількістю агентств. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>За суб’єктами (учасниками) рекламного процесу</w:t>
+        <w:t>Залежно від особливостей діяльності та складу послуг, які надають рекламні агентства</w:t>
       </w:r>
       <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> можна виділити рекламну діяльність рекламодавців, рекламних агентств та засобів масової інформації. Рекламодавці є замовниками рекламних акцій і контролюють їх здійснення. Рекламодавців, як правило, класифікують за ринками їхньої діяльності, та за товарами, які вони виробляють. Рекламодавці можуть бути операторами споживчого ринку, ринку виробників промислової продукції, ринку посередників, ринку державних організацій, міжнародного ринку тощо.</w:t>
+        <w:t>, можна виділити такі основні їх види:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="053E6370" w14:textId="65F31134" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+    <w:p w14:paraId="35E163D8" w14:textId="3845A431" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Рекламна діяльність підприємств-рекламодавців може здійснюватися на основі створення в їхній організаційній структурі рекламного відділу чи залучення до співпраці рекламних агентств. Рекламна служба підприємства досліджує рекламний ринок, розробляє і реалізує довгострокові, поточні і оперативні плани рекламної діяльності, організовує виставки та презентації, налагоджує і контролює співпрацю з рекламними агентствами, здійснює заходи в сфері паблік-</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> тощо.</w:t>
+        <w:t>1. За повнотою надання послуг:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77234B6B" w14:textId="201139FD" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+    <w:p w14:paraId="412EA385" w14:textId="5962A44B" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="002D0F87" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717324">
         <w:rPr>
-          <w:b/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> – це незалежні професійні організації, які надають рекламні послуги. Рекламні агентства забезпечують зв’язок між рекламодавцями та засобами масової інформації і є провідною ланкою в системі просування реклами. Рекламні агентства виконують такі основні функції:</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="00B665B4" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>агентства повного циклу, які здатні здійснити повноцінні рекламні компанії;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EEBA9D1" w14:textId="62B8C88F" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+    <w:p w14:paraId="0B39235F" w14:textId="7673F3F3" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="002D0F87" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1) допомагають рекламодавцям аналізувати рекламний ринок, розробляти концепції рекламних компаній, створювати макети та сценарії реклами, купувати рекламний час чи площі, організовувати і контролювати рекламні заходи тощо;</w:t>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="00B665B4" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>агентства, що надають послуги неповного циклу і тому залучають до співпраці позаштатних професіоналів та агентства вузької спеціалізації.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C03158D" w14:textId="5D5E8B6D" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+    <w:p w14:paraId="118D4E0A" w14:textId="21B9F836" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) сприяють підвищенню ефективності операцій з придбання та продажу рекламних площ і часу, оскільки власники засобів масової </w:t>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0F87" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00717324">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>За рівнем спеціалізації:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F1E1BB" w14:textId="2C5F5F64" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="002D0F87" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="00B665B4" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">спеціалізовані рекламні агентства, які спеціалізуються на рекламі певних видів товарів чи послуг (наприклад, агентства індустріальної реклами, агентства кадрової реклами тощо); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="099CE42C" w14:textId="623B8DC0" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="002D0F87" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="00B665B4" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>універсальні рекламні агентства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8323FC" w14:textId="7A351A36" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0F87" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>За власністю рекламних площ і часу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48527A61" w14:textId="346DFAA3" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="002D0F87" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="00B665B4" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>незалежні медіа-агенства, які володіють власними рекламними площами і часом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E1826B" w14:textId="1ED0342A" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="002D0F87" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– </w:t>
+      </w:r>
+      <w:r w:rsidR="00B665B4" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">агентства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B665B4" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a la carte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B665B4" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, які не купують рекламних площ і часу, зокрема творчі рекламні агентства, агентства розвитку інноваційних продуктів, агентства контактної реклами, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B665B4" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>заохочувальні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B665B4" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> агентства та агентства стимулювання збуту, спонсорські агентства тощо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A090199" w14:textId="3E552075" w:rsidR="00D603B3" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Для забезпечення ефективності системи управління рекламною діяльністю необхідно враховувати особливості мети, завдань та організації функціонування на ринку усіх учасників рекламного процесу. Окрім цього рекламна діяльність рекламодавців, рекламних агентств і засобів масової інформації може бути ефективною лише за умови її належного інформаційного забезпечення. Під системою інформаційного забезпечення управління розуміють сукупність різноманітних взаємопов’язаних або взаємозалежних усебічних відомостей про стан об’єкта управління та процеси, що відбуваються на ньому і які виражені у показниках та інших інформаційних сукупностях. Формування системи інформаційного забезпечення управління рекламною діяльністю передбачає створення нормативної бази, визначення форми і порядку подання інформації та методики її збирання і обробляння, зокрема на основі застосування інформаційних систем та технологій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B70A352" w14:textId="77777777" w:rsidR="002D0F87" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для створення інформаційної системи управління діяльністю суб’єктів рекламного бізнесу доцільно застосовувати системний підхід, що ґрунтується на комплексному вивченні об’єкта управління, як одного цілого з розумінням ролі його частин як цілеспрямованих підсистем, вивчення цих підсистем та взаємовідносин між ними. За </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">інформації мають справу не з тисячами індивідуальних рекламодавців, а з невеликою кількістю агентств. </w:t>
-      </w:r>
+        <w:t xml:space="preserve">таких умов рекламну діяльність, як об’єкт управління, необхідно розглядати як сукупність взаємопов’язаних елементів однієї складної динамічної системи, що перебуває у стані постійних змін під впливом багатьох внутрішніх і зовнішніх чинників, які діють на процеси перетворення набору вхідних ресурсів (матеріальних, технічних, інформаційних, інтелектуальних тощо) у інший вихідний ресурс – рекламний продукт. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690C215F" w14:textId="43D6499E" w:rsidR="002D0F87" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У системі інформаційного забезпечення управління рекламною діяльністю має формуватися </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0F87" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ймовірна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, своєчасна і релевантна інформація про внутрішній стан (кваліфікаційний рівень працівників рекламних служб, ефективність рекламних технологій і операцій, стан основних засобів, якість і собівартість рекламної продукції тощо) та зовнішнє макро- й мікро</w:t>
+      </w:r>
+      <w:r w:rsidR="001C342A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>середовище учасників рекламного бізнесу (віковий склад населення, його культурні традиції і соціальну структуру, розвиток економіки, ринкових відносин і конкуренці</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0F87" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ї</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тенденції інноваційного розвитку продуктів і технологій, особливості законодавчої системи, стан податкової системи тощо). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B2F095" w14:textId="53653F50" w:rsidR="00B665B4" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">З огляду на зазначене, застосування системного підходу до управління рекламною діяльністю та формування його інформаційного забезпечення є одним із важливих чинників підвищення ефективності </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0F87" w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>українського</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717324">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рекламного бізнесу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3ACFEE" w14:textId="6147CA08" w:rsidR="004233DE" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A1E7664" w14:textId="1DB099DF" w:rsidR="004233DE" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E4446B8" w14:textId="5F951110" w:rsidR="004233DE" w:rsidRPr="004233DE" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4CD0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Промоція медійного продукту</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0BB4B0" w14:textId="4DA843AC" w:rsidR="004233DE" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40B488E6" w14:textId="5BCCE6F9" w:rsidR="004233DE" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На сучасному етапі розвитку інформаційних технологій перед кожним редактором і журналістом онлайн-видань постає питання щодо способу найефективнішого і найшвидшого ознайомлення аудиторії з медіапродуктом і залучення її до прочитання за допомогою адаптації інформації до потреб кожного читача. Нині інтернет дозволяє своїм користувачам приємно та корисно проводити свій час у Мережі, його можливості, як і можливості соціальних медіа, змінюються та розширюються з кожним днем. Тому сучасні журналісти повинні розумітися на актуальних тенденціях сучасних технологій і вміти використовувати спілкування в </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3F5D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ережі як інструмент залучення аудиторії. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B38F526" w14:textId="08F1D63D" w:rsidR="004233DE" w:rsidRPr="004233DE" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Способів просування медійного контенту в соціальних мережах багато, щороку вони вдосконалюються і змінюються, а також з’являються нові. Адже інтернет та мережеві засоби масової інформації (далі – ЗМІ) постійно розвиваються, тому загальнотеоретичні аспекти функціонування цієї сфери медійного простору журналістики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>залишаються на стадії формування і вивчення. Актуальним залишається питання, яка промоція є найбільш ефективною для різних жанрів журналістських матеріалів і окремих соціальних мереж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C42553" w14:textId="77777777" w:rsidR="00377E94" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Трансформації соціальних мереж призвели до змін у функціонуванні масмедіа, які натепер активно використовують стратегії й інструменти досягнення популярності на цих платформах із метою поширення унікальної інформації та взаємодії з потенційною аудиторією. «ЗМІ не лише створюють сторінки в різних соціальних мережах, але й намагаються адаптувати свої медіаповідомлення відповідно до вимог формату кожної з них. Нова модель відбирає у ЗМІ роль посередників, які формують порядок денний. Тепер вони зобов’язані боротися за присутність у стрічці користувача, адаптувати анонси свого контенту, а надалі і сам контент під нові платформи». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578DAAD6" w14:textId="3FB2571D" w:rsidR="00377E94" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Феномен інтернет-журналістики полягає в тому, що будь-який автор стає ближчим до своїх читачів, і тому має змогу встановити пряме спілкування – залишати коментарі, відповідати на зауваження, миттєво реагувати на останні події в соціальних мережах тощо. На сучасному етапі журналістам доводиться не тільки писати матеріали, робити знімки тощо, але і збирати факти в інтернеті та перевіряти їх. Перетворення класичних ЗМІ на медійні помітно змінює процеси створення матеріалів. Дослідник А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мордюк зазначає: «Якщо добре перевіряти повідомлення соцмереж, можна збагатити інформаційний випуск теленовин цікавими темами та деталями». Тобто необхідно наголосити на тому, що будь-яка інформація в інтернеті потребує детальної перевірки. Якщо ж до повідомлень у соціальних медіа ставитися обережно, то журналістські матеріали стануть більш глибокими та наповненими фактами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5015DEAC" w14:textId="531D3E58" w:rsidR="00377E94" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Отже, оптимальна модель роботи редакції із соціальними мережами полягає в тому, що працівникам масмедіа необхідно звертати увагу на переваги інтернет-технологій, але водночас приділяти досить часу пошуку та перевірці інформації, наскільки це взагалі можливо. Останнім часом тенденції тяжіють до того, що бажання журналістів швидко та бездумно інформувати в найближчі роки будуть зростати. На думку А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мирошниченко, «відбувається інфляція контенту – акцент зміщується від змісту до вміння залучити аудиторію». Ми погоджуємося зі словами дослідника та хочемо зазначити, що бажання догодити аудиторії є абсолютно природним. Журналісти перебувають у тісному контакті із читачами, а тому швидко реагують на запити користувачів і, як результат, створюють контент, який міг би відповідати їхнім інформаційним потребам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B463795" w14:textId="6468F5DD" w:rsidR="00377E94" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У результаті аналізу соціальних мереж провідних всеукраїнських </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>новинних порталів ми виявили декілька моделей промоції медіаконтенту, які, на нашу думку, є типовими для сучасних ЗМІ. Перш</w:t>
+      </w:r>
+      <w:r w:rsidR="00377E94">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E94">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Залежно від особливостей діяльності та складу послуг, які надають рекламні агентства</w:t>
-[...6 lines deleted...]
-        <w:t>, можна виділити такі основні їх види:</w:t>
+        <w:t>інформаційний шум</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тобто несуттєва, вторинна інформація, якою супроводжується або заміщується основне повідомлення. Тут важливо нагадувати про себе, а просування матеріалів, навіть актуальних чи сенсаційних, відходить на другий план. Тому деякі редакції у своїх соціальних мережах публікують пости, що не несуть жодної важливої інформації, – привітання із професійними святами, побажання гарного дня, доброї ночі тощо. Варто зазначити, що таке інформування не тільки нагадує читачам про роботу ЗМІ, але і може створити позитивний імідж редакції, яка піклується про своїх читачів. До таких повідомлень належать і опитування з майбутнім обговоренням. Темою для обговорення може бути будь-яка новина. Коментарі не тільки покажуть журналістам, які настрої домінують у їхніх читачів, але вони можуть дізнатися цікаві подробиці для своїх майбутніх матеріалів. До того ж такий інтерактив завжди привертає увагу – люди можуть висловити свої думки та поспілкуватися один з одним. Зазвичай жваве обговорення привертає увагу багатьох читачів, тому коментарі нерідко бувають більш цікавими для користувачів, аніж сам матеріал. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E163D8" w14:textId="3845A431" w:rsidR="00B665B4" w:rsidRPr="00717324" w:rsidRDefault="00B665B4" w:rsidP="004B2E49">
+    <w:p w14:paraId="192E9094" w14:textId="77777777" w:rsidR="0090392F" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00717324">
-[...489 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
-          <w:b/>
-[...265 lines deleted...]
-        <w:t xml:space="preserve"> – </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наступна модель – </w:t>
       </w:r>
       <w:r w:rsidRPr="00377E94">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>інформаційний шум</w:t>
+        <w:t>особиста інформація</w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, тобто несуттєва, вторинна інформація, якою супроводжується або заміщується основне повідомлення. Тут важливо нагадувати про себе, а просування матеріалів, навіть актуальних чи сенсаційних, відходить на другий план. Тому деякі редакції у своїх соціальних мережах публікують пости, що не несуть жодної важливої інформації, – привітання із професійними святами, побажання гарного дня, доброї ночі тощо. Варто зазначити, що таке інформування не тільки нагадує читачам про роботу ЗМІ, але і може створити позитивний імідж редакції, яка піклується про своїх читачів. До таких повідомлень належать і опитування з майбутнім обговоренням. Темою для обговорення може бути будь-яка новина. Коментарі не тільки покажуть журналістам, які настрої домінують у їхніх читачів, але вони можуть дізнатися цікаві подробиці для своїх майбутніх матеріалів. До того ж такий </w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">Наступна модель – </w:t>
+        <w:t xml:space="preserve">. Журналісти можуть публікувати фотографії зі зйомок програм, запису радіопередач або фото команди. Окрім очевидного нагадування про себе та свій проєкт, такі публікації відіграють роль </w:t>
       </w:r>
       <w:r w:rsidRPr="00377E94">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>особиста інформація</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>мініанонсу</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, якщо на цих знімках відстежується процес роботи над журналістськими творами, які публіка зможе побачити зовсім скоро. Нагадування про програму чи будь-який інший журналістський матеріал, з датою та часом виходу, здатне створити ажіотаж навколо проєкту, що просувається. Постійне наголошення на виході нового випуску програми чи на її прем’єрі створює в аудиторії враження, що таку передачу не можна пропускати, бо про неї будуть говорити всі. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="305E929F" w14:textId="47F9AAE3" w:rsidR="00C519E9" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Коли в журналіста вже є вдала публікація, яка може бути корисною для аудиторії та навіть зможе створити певний резонанс, йому необхідно цю публікацію презентувати через соціальні мережі: розмістити на сторінках своєї редакції у </w:t>
       </w:r>
@@ -7982,75 +6921,59 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>мережі «</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, фейсбуці й </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">, фейсбуці й інстаграмі посилання на свою роботу, написати до неї підводку та дібрати привабливе фото. У такого типу промоції є велика кількість можливих моделей, але незмінним залишається те, що завжди журналіст намагається привернути увагу читачів до свого актуального матеріалу. Відповідно до вищезгаданих моделей промоції вибудовують свої способи просування медійного контенту і всеукраїнські новинні </w:t>
+      </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>інстаграмі</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>свої способи просування медійного контенту і всеукраїнські новинні онлайн-ресурси ТСН</w:t>
+        <w:t>онлайн-ресурси ТСН</w:t>
       </w:r>
       <w:r w:rsidR="004B2E49">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Телевізійна служба новин)</w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> та УНІАН</w:t>
       </w:r>
       <w:r w:rsidR="004B2E49">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="004B2E49" w:rsidRPr="004B2E49">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -8222,507 +7145,265 @@
     </w:p>
     <w:p w14:paraId="05194A9B" w14:textId="372BB042" w:rsidR="00C519E9" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B61AF0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Промоція відбувається за такою схемою:</w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> назва публікації, зображення та посилання на матеріал. Зазвичай посилання подається без додаткових підписів чи приміток, але бувають і винятки. Наприклад, аналітична стаття «Чи відбудеться лівійське </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">», який журналіст ужив у назві матеріалу, уже не потребує роз’яснення. Трапляється тут і модель привернення уваги. Матеріал, що на сайті ТСН має назву «Запечена індичка: рецепт до святкового столу», у своїй промоції у </w:t>
+        <w:t xml:space="preserve"> назва публікації, зображення та посилання на матеріал. Зазвичай посилання подається без додаткових підписів чи приміток, але бувають і винятки. Наприклад, аналітична стаття «Чи відбудеться лівійське рісорджименто?» тут має надтекст «Чи є шанс в італійців принести Лівії мир після семи кривавих років?». Так тема публікації стає зрозумілою і навіть термін «рісорджименто», який журналіст ужив у назві матеріалу, уже не потребує роз’яснення. Трапляється тут і модель привернення уваги. Матеріал, що на сайті ТСН має назву «Запечена індичка: рецепт до святкового столу», у своїй промоції у </w:t>
       </w:r>
       <w:r w:rsidR="00377E94">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>мережі «Х»</w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> був названий «Вишукана, ніжна і соковита: рецепт святкової індички в духовці». Тобто замість сухого заголовку, який передає тільки тему публікації, ми отримали гучні епітети, що переконують нас перейти за посиланням і ознайомитися з рецептом, а в майбутньому, можливо, скористатися ним. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06E392EA" w14:textId="446E6F15" w:rsidR="00353D4F" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Трапляються на сайті і російськомовні матеріали, підводку до яких передруковують українською. Наприклад, блог А</w:t>
       </w:r>
       <w:r w:rsidR="00353D4F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Бабченка</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Бабченка про Євромайдан ведеться російською, але промоція до нього подається державною мовою. Публікація, що на основному сайті має назву «Я больше никогда не буду рабом», у соцмережі отримала невелике вступне слово, яке цілком розкриває її зміст: «Я все життя був рабом, і тільки на Майдані здобув свою гідність</w:t>
+      </w:r>
+      <w:r w:rsidR="00353D4F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> про Євромайдан ведеться російською, але промоція до нього подається державною мовою. Публікація, що на основному сайті має назву «Я </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00353D4F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>больше</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>лог А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Бабченка про те, як Революція гідності назавжди змінила його життя. У кожному із цих постів у </w:t>
+      </w:r>
+      <w:r w:rsidR="00353D4F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мережі «</w:t>
+      </w:r>
+      <w:r w:rsidR="00353D4F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="00353D4F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>никогда</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> використовуються хештеги. Зазвичай це «#новини», «#новости», «#ТСН», </w:t>
+      </w:r>
+      <w:r w:rsidR="003444E8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> не буду рабом», у соцмережі отримала невелике вступне слово, яке цілком розкриває її зміст: «Я все життя був рабом, і тільки на Майдані здобув свою гідність</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00353D4F">
+        <w:t>#TSN</w:t>
+      </w:r>
+      <w:r w:rsidR="003444E8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...6 lines deleted...]
-        <w:t>Б</w:t>
+        <w:t xml:space="preserve"> та «#ТСНблог», «#блог», коли йдеться про блогові матеріали. Оскільки ці теги не мають якоїсь інформаційної цінності, можна сказати, що вони використовуються як елемент промоції. Користувачі соціальних мереж нерідко застосовують саме такий тип пошуку. Його переваги порівняно з іншими моделями полягають у тому, що хештеги – це найголовніші слова, які характеризують публікацію, і тому саме їх необхідно використовувати в пошуковій системі. До того ж ці теги не треба вбивати у строку – варто </w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>лог А</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>лише клікнути по ньому, і пошуковий процес розпочнеться. Якщо ж використовувати більш вузькі поняття як хештег, то вони зможуть повідомити читачеві про тематику матеріалу та його зміст. Це можуть бути прізвища героїв публікації, місце події, рубрика тощо. Наприклад, у замітці про австралійську акторку Н</w:t>
+      </w:r>
+      <w:r w:rsidR="003444E8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Бабченка</w:t>
-[...166 lines deleted...]
-        <w:t xml:space="preserve">», «#культура» тощо. </w:t>
+        <w:t xml:space="preserve">Кідман, яка презентувала свій новий фільм: «Не хочу, щоб мої дівчатка бачили це: Ніколь Кідман не покаже дочкам фільм зі своєю участю», використані лише три хештеги «#новини», «#ТСН» та «#ТСНгламур». Якщо б журналісти активніше взялися за промоцію цього матеріалу, то можна було б використати також і теги «#Кідман», «#кіно», «#голівуд», «#культура» тощо. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68E4BC77" w14:textId="77777777" w:rsidR="00C519E9" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ще з 90-х рр. ТСН – це бренд, який спеціалізується на випусках новин на каналі «1+1». Тому не дивно, що в більшості українців назва цього ЗМІ асоціюється саме з теленовинами, а не інтернет-порталами. На їхній сторінці у </w:t>
       </w:r>
       <w:r w:rsidR="00353D4F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="00353D4F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidR="00353D4F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> як мінімум один раз на день розміщуються посилання на випуск </w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> «Комуністи, мафія чи ЦРУ: хто та чому вбив Джона Кеннеді», який був опублікований 22</w:t>
+        <w:t xml:space="preserve"> як мінімум один раз на день розміщуються посилання на випуск відеоновин (іноді бувають і спецвипуски, що пов’язані з надзвичайними подіями), і це є абсолютно доцільним рішенням, бо інші пости можуть сприйматися багатьма користувачами як додаток до основного контенту, який і являє собою новинні підсумки дня на каналі «1+1». Тобто сторінка ТСН на будь-якій платформі не може обійтися без того відеоформату, за яким глядачі і запам’ятали це ЗМІ, а тому використання посилань на ці ролики є оптимальним рішенням. На сторінці ТСН знаходимо і матеріали, які не можна віднести до актуальних новин, – це спецпроєкти, промоція до яких відбувається з регулярними повторами. Лонгрід «Комуністи, мафія чи ЦРУ: хто та чому вбив Джона Кеннеді», який був опублікований 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">листопада, на річницю смерті американського президента, рекламувався в соціальних мережах ТСН декілька разів. Причину такої моделі промоції можна пояснити тим, що актуальність такого матеріалу не зможе змінитися за добу, це довготривала тема. До того ж у такий проєкт вкладається більше часу та ресурсів, а тому редакція повинна переконатися в тому, що велика кількість користувачів знають про існування цього матеріалу. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73D519EB" w14:textId="63447B26" w:rsidR="00C519E9" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -8739,316 +7420,211 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Facebook</w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>» друкуються ті ж новини, що і у «</w:t>
       </w:r>
       <w:r w:rsidR="00353D4F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Х</w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">», використовуються схожі моделі промоції. Та варто зазначити, через те, що публікації в цих двох соціальних мережах виглядають по-різному, то й ефекту ці типи промоції досягають не однакового. У фейсбуці є і підтекст, і </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, тому, на нашу думку, тут доцільно було б використовувати різні підписи до цих публікацій, а на сторінці ТСН цей текст копіюється, і тому майже в кожному пості є повтор. У </w:t>
+        <w:t xml:space="preserve">», використовуються схожі моделі промоції. Та варто зазначити, через те, що публікації в цих двох соціальних мережах виглядають по-різному, то й ефекту ці типи промоції досягають не однакового. У фейсбуці є і підтекст, і надтекст, тому, на нашу думку, тут доцільно було б використовувати різні підписи до цих публікацій, а на сторінці ТСН цей текст копіюється, і тому майже в кожному пості є повтор. У </w:t>
       </w:r>
       <w:r w:rsidR="003444E8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>мережі «Х»</w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ж відображається лише одна назва матеріалу. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="791E406C" w14:textId="533DDBFB" w:rsidR="00C519E9" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">Наступний ЗМІ – це УНІАН, яке має репутацію серйозного і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004233DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Наступний ЗМІ – це УНІАН, яке має репутацію серйозного і авторитетного ЗМІ, а тому і промоція та модель ведення соціальних мереж повинна бути відповідною. На сторінках інформаційного агентства у фейсбуці та </w:t>
+        <w:t xml:space="preserve">авторитетного ЗМІ, а тому і промоція та модель ведення соціальних мереж повинна бути відповідною. На сторінках інформаційного агентства у фейсбуці та </w:t>
       </w:r>
       <w:r w:rsidR="00C519E9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="00C519E9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidR="00C519E9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> друкуються однакові пости. Як виявилося, це типова поведінка для цієї редакції, незважаючи на особливості соціальних порталів, промоція відбувається за однією схемою. Типовою стратегією виявилося і використання саме цих мереж і цілковите ігнорування популярного й актуального </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> друкуються однакові пости. Як виявилося, це типова поведінка для цієї редакції, незважаючи на особливості соціальних порталів, промоція відбувається за однією схемою. Типовою стратегією виявилося і використання саме цих мереж і цілковите ігнорування популярного й актуального інстаграму.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="553B3E1E" w14:textId="6D628F3E" w:rsidR="00C519E9" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>За два тижні на сторінках УНІАН у мережах «</w:t>
       </w:r>
       <w:r w:rsidR="00353D4F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Facebook</w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>» та «</w:t>
       </w:r>
       <w:r w:rsidR="00353D4F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Х</w:t>
       </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">» було розміщено 755 публікацій. Стиль подання виявися сухим та </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. Промоція, що відбувається за допомогою посилань, підписів та зображень, виглядає абсолютно природною, тому що поряд із діловим стилем та гарною репутацією порталу такий виклад інформації сприймається як доцільний. Інформаційне агентство створює контент для людей, які хочуть бути в курсі подій, і вони не мають часу на маніпулятивні заголовки. Користувачі мають змогу ознайомитися з останніми новинами у своїй стрічці соціальних мереж, якщо їм так зручніше, або ж на офіційному сайті чи за допомогою додатка «УНІАН» на телефоні. </w:t>
+        <w:t xml:space="preserve">» було розміщено 755 публікацій. Стиль подання виявися сухим та беземоційним. Промоція, що відбувається за допомогою посилань, підписів та зображень, виглядає абсолютно природною, тому що поряд із діловим стилем та гарною репутацією порталу такий виклад інформації сприймається як доцільний. Інформаційне агентство створює контент для людей, які хочуть бути в курсі подій, і вони не мають часу на маніпулятивні заголовки. Користувачі мають змогу ознайомитися з останніми новинами у своїй стрічці соціальних мереж, якщо їм так зручніше, або ж на офіційному сайті чи за допомогою додатка «УНІАН» на телефоні. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ABA9558" w14:textId="5CCADBE4" w:rsidR="00C519E9" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Відео, як і інші мультимедійні формати, у соціальних мережах цього інформаційного агентства не викладаються. Якщо матеріал, для якого створено промоцію, містить відеозапис, мультимедійний додаток, інфографіку тощо, то на нього подається посилання, а в назві публікації вказується на наявність цього елемента. Наприклад: «Особливий статус: найвідоміші випадки введення воєнного стану у світі (відео)», «Секта «радикалів»: у мережі висміяли з’їзд партії Ляшка (фотожаби)» тощо. Отже, користувачі втрачають змогу переходити до відео в один клік, але водночас журналісти економлять той час, який витратили б на монтування додатків на сторінці соціальних медіа. Кожна мережа має власні коди, а тому такі інструменти можуть затримати публікацію. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3900224B" w14:textId="5530585C" w:rsidR="00C519E9" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Більшість постів УНІАН мають формат промоції в чистому вигляді. На відміну від порталу ТСН, тут майже відсутні мультимедійні додатки. Ці риси підкреслюють сухий та діловий стиль видання. Мультимедіа зазвичай використовується або для наочності (візуалізація даних), або для виконання розважальної функції. На сторінках УНІАН зауважуємо відсутність явної реклами, що може сприйматися як один із доказів того, що це інформаційне агентство не дарма завоювало репутацію незалежного ЗМІ, якому можна довіряти. Немає тут і </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Більшість постів УНІАН мають формат промоції в чистому вигляді. На відміну від порталу ТСН, тут майже відсутні мультимедійні додатки. Ці риси підкреслюють сухий та діловий стиль видання. Мультимедіа зазвичай використовується або для наочності (візуалізація даних), або для виконання розважальної функції. На сторінках УНІАН зауважуємо відсутність явної реклами, що може сприйматися як один із доказів того, що це інформаційне агентство не дарма завоювало репутацію незалежного ЗМІ, якому можна довіряти. Немає тут і підбірки новин, які подаються у відеоформаті. Варто зазначити, що такий тип публікацій був би типовим для новинних порталів, а не для інформаційних агентств. Заголовки УНІАН використовує красномовні, без маніпулятивних технологій привернення уваги, у них зазвичай </w:t>
+      </w:r>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>підбірки</w:t>
-[...29 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">без маніпулятивних технологій привернення уваги, у них зазвичай передається тема публікації, і читач не ризикує натрапити на </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">, а обмежуватися лише назвою матеріалу. </w:t>
+        <w:t xml:space="preserve">передається тема публікації, і читач не ризикує натрапити на клікбейт. Тому інформаційне агентство у веденні сторінок соціальних мереж має можливість не використовувати надтекст, а обмежуватися лише назвою матеріалу. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1185655A" w14:textId="7AF58BC6" w:rsidR="004233DE" w:rsidRPr="00717324" w:rsidRDefault="004233DE" w:rsidP="004B2E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004233DE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Заголовки постів активні та в основному розкривають зміст матеріалу, наприклад: «У соцмережах виявили 40 фейкових сторінок для поширення паніки у прикордонному із </w:t>
       </w:r>
       <w:r w:rsidR="00C519E9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>рф</w:t>
@@ -10191,52 +8767,51 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="116"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="148"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE405A"/>
     <w:rsid w:val="000029F2"/>
     <w:rsid w:val="0000658F"/>
     <w:rsid w:val="00020A06"/>
     <w:rsid w:val="00023047"/>
     <w:rsid w:val="0003025A"/>
     <w:rsid w:val="00035521"/>
     <w:rsid w:val="00042AE3"/>
     <w:rsid w:val="00042B2D"/>
     <w:rsid w:val="00053EE1"/>
@@ -10245,50 +8820,51 @@
     <w:rsid w:val="0008088F"/>
     <w:rsid w:val="00090433"/>
     <w:rsid w:val="000B0899"/>
     <w:rsid w:val="000B0ABD"/>
     <w:rsid w:val="000B2DA3"/>
     <w:rsid w:val="000B330D"/>
     <w:rsid w:val="000C75DE"/>
     <w:rsid w:val="000C7E05"/>
     <w:rsid w:val="000E60C2"/>
     <w:rsid w:val="000E6AB2"/>
     <w:rsid w:val="00105D67"/>
     <w:rsid w:val="001110D4"/>
     <w:rsid w:val="001462FC"/>
     <w:rsid w:val="00152037"/>
     <w:rsid w:val="00154B60"/>
     <w:rsid w:val="0016422E"/>
     <w:rsid w:val="00170F34"/>
     <w:rsid w:val="001745A7"/>
     <w:rsid w:val="00175DD0"/>
     <w:rsid w:val="00182AFF"/>
     <w:rsid w:val="00186014"/>
     <w:rsid w:val="001923A3"/>
     <w:rsid w:val="001B23C9"/>
     <w:rsid w:val="001B5FB5"/>
     <w:rsid w:val="001C175F"/>
+    <w:rsid w:val="001C342A"/>
     <w:rsid w:val="001D2012"/>
     <w:rsid w:val="001D5C3A"/>
     <w:rsid w:val="001F057E"/>
     <w:rsid w:val="001F7367"/>
     <w:rsid w:val="00206361"/>
     <w:rsid w:val="002064BA"/>
     <w:rsid w:val="0020771E"/>
     <w:rsid w:val="00232EAC"/>
     <w:rsid w:val="0024564E"/>
     <w:rsid w:val="002478A6"/>
     <w:rsid w:val="002646D2"/>
     <w:rsid w:val="00266FB0"/>
     <w:rsid w:val="00274363"/>
     <w:rsid w:val="00280BCD"/>
     <w:rsid w:val="00282AD5"/>
     <w:rsid w:val="00283B8E"/>
     <w:rsid w:val="002930F2"/>
     <w:rsid w:val="00293B97"/>
     <w:rsid w:val="002D0F87"/>
     <w:rsid w:val="002D4A4E"/>
     <w:rsid w:val="002D5DFF"/>
     <w:rsid w:val="002D6FB4"/>
     <w:rsid w:val="002E0589"/>
     <w:rsid w:val="002F5549"/>
     <w:rsid w:val="00301ED2"/>
@@ -10297,50 +8873,51 @@
     <w:rsid w:val="00317330"/>
     <w:rsid w:val="00322A04"/>
     <w:rsid w:val="00340E8D"/>
     <w:rsid w:val="00343C65"/>
     <w:rsid w:val="003444E8"/>
     <w:rsid w:val="003446C1"/>
     <w:rsid w:val="003478D6"/>
     <w:rsid w:val="003519BD"/>
     <w:rsid w:val="00353D4F"/>
     <w:rsid w:val="00353E71"/>
     <w:rsid w:val="00371CBC"/>
     <w:rsid w:val="00377E94"/>
     <w:rsid w:val="003A6BCF"/>
     <w:rsid w:val="003B0734"/>
     <w:rsid w:val="003B5DFF"/>
     <w:rsid w:val="003E16B1"/>
     <w:rsid w:val="003E36E6"/>
     <w:rsid w:val="003E4C49"/>
     <w:rsid w:val="003F3B81"/>
     <w:rsid w:val="003F40B7"/>
     <w:rsid w:val="003F4F17"/>
     <w:rsid w:val="003F52D8"/>
     <w:rsid w:val="004233DE"/>
     <w:rsid w:val="00430E89"/>
     <w:rsid w:val="00440B2E"/>
+    <w:rsid w:val="00445086"/>
     <w:rsid w:val="0046322B"/>
     <w:rsid w:val="004662CF"/>
     <w:rsid w:val="00475C01"/>
     <w:rsid w:val="00477C4D"/>
     <w:rsid w:val="004827D6"/>
     <w:rsid w:val="00486113"/>
     <w:rsid w:val="00490192"/>
     <w:rsid w:val="004948B9"/>
     <w:rsid w:val="004A0685"/>
     <w:rsid w:val="004A0EA3"/>
     <w:rsid w:val="004B11EB"/>
     <w:rsid w:val="004B2E49"/>
     <w:rsid w:val="004B481F"/>
     <w:rsid w:val="004C23F1"/>
     <w:rsid w:val="004E5329"/>
     <w:rsid w:val="004F1A5B"/>
     <w:rsid w:val="00512517"/>
     <w:rsid w:val="00513CD5"/>
     <w:rsid w:val="00515E3D"/>
     <w:rsid w:val="00521BB7"/>
     <w:rsid w:val="00556D34"/>
     <w:rsid w:val="005608A8"/>
     <w:rsid w:val="00576595"/>
     <w:rsid w:val="005A1612"/>
     <w:rsid w:val="005A7DB0"/>
@@ -10369,208 +8946,215 @@
     <w:rsid w:val="00692626"/>
     <w:rsid w:val="00694362"/>
     <w:rsid w:val="006A0F80"/>
     <w:rsid w:val="006B165B"/>
     <w:rsid w:val="006D3E29"/>
     <w:rsid w:val="006E3BC5"/>
     <w:rsid w:val="006F5A91"/>
     <w:rsid w:val="006F6198"/>
     <w:rsid w:val="00701E21"/>
     <w:rsid w:val="007073C1"/>
     <w:rsid w:val="00717324"/>
     <w:rsid w:val="007218F4"/>
     <w:rsid w:val="00735C56"/>
     <w:rsid w:val="00736248"/>
     <w:rsid w:val="0075203E"/>
     <w:rsid w:val="007543B7"/>
     <w:rsid w:val="00761220"/>
     <w:rsid w:val="00762798"/>
     <w:rsid w:val="00765ADF"/>
     <w:rsid w:val="007725C3"/>
     <w:rsid w:val="00777473"/>
     <w:rsid w:val="007805A5"/>
     <w:rsid w:val="00781ABF"/>
     <w:rsid w:val="00784235"/>
     <w:rsid w:val="0079169B"/>
+    <w:rsid w:val="007B1E0D"/>
     <w:rsid w:val="007B575C"/>
     <w:rsid w:val="007B59A8"/>
     <w:rsid w:val="007B5B84"/>
     <w:rsid w:val="007B71AE"/>
     <w:rsid w:val="007C4810"/>
     <w:rsid w:val="007D5E1B"/>
     <w:rsid w:val="007D7E95"/>
     <w:rsid w:val="007E032F"/>
+    <w:rsid w:val="007E4611"/>
     <w:rsid w:val="007F440C"/>
     <w:rsid w:val="00800E89"/>
     <w:rsid w:val="00800FEF"/>
     <w:rsid w:val="00801966"/>
     <w:rsid w:val="00804243"/>
     <w:rsid w:val="008047B8"/>
     <w:rsid w:val="0081136A"/>
     <w:rsid w:val="00823A9D"/>
     <w:rsid w:val="008315BA"/>
     <w:rsid w:val="008318D7"/>
     <w:rsid w:val="00833FDF"/>
     <w:rsid w:val="008363A0"/>
     <w:rsid w:val="008441A2"/>
     <w:rsid w:val="008445FA"/>
     <w:rsid w:val="00844752"/>
     <w:rsid w:val="008536D8"/>
     <w:rsid w:val="008633A8"/>
     <w:rsid w:val="00864FD6"/>
     <w:rsid w:val="00875A7E"/>
     <w:rsid w:val="00877A91"/>
     <w:rsid w:val="00884427"/>
     <w:rsid w:val="0089087D"/>
     <w:rsid w:val="008933DC"/>
     <w:rsid w:val="008A143D"/>
     <w:rsid w:val="008B6576"/>
     <w:rsid w:val="008C019A"/>
     <w:rsid w:val="008C2EA9"/>
     <w:rsid w:val="008C4138"/>
     <w:rsid w:val="008C6F21"/>
     <w:rsid w:val="008C74FE"/>
     <w:rsid w:val="008D11B2"/>
     <w:rsid w:val="008D76E9"/>
     <w:rsid w:val="008E268F"/>
     <w:rsid w:val="008F2D08"/>
     <w:rsid w:val="00900536"/>
     <w:rsid w:val="00902A8B"/>
     <w:rsid w:val="0090392F"/>
+    <w:rsid w:val="00910849"/>
     <w:rsid w:val="00911196"/>
     <w:rsid w:val="0091170F"/>
     <w:rsid w:val="00913A5B"/>
     <w:rsid w:val="00913C85"/>
     <w:rsid w:val="00925F20"/>
     <w:rsid w:val="0093487D"/>
     <w:rsid w:val="0095038D"/>
     <w:rsid w:val="00950CAF"/>
     <w:rsid w:val="00951B38"/>
     <w:rsid w:val="009641A2"/>
     <w:rsid w:val="00981AD4"/>
     <w:rsid w:val="00987403"/>
     <w:rsid w:val="009A2E28"/>
     <w:rsid w:val="009B27A3"/>
     <w:rsid w:val="009C4C67"/>
     <w:rsid w:val="009D5570"/>
     <w:rsid w:val="009E1784"/>
     <w:rsid w:val="009E3FB6"/>
     <w:rsid w:val="009F3927"/>
     <w:rsid w:val="009F6367"/>
     <w:rsid w:val="00A01AD8"/>
     <w:rsid w:val="00A128D6"/>
     <w:rsid w:val="00A32908"/>
     <w:rsid w:val="00A36883"/>
     <w:rsid w:val="00A67122"/>
     <w:rsid w:val="00A75612"/>
     <w:rsid w:val="00A8655D"/>
     <w:rsid w:val="00A872E6"/>
     <w:rsid w:val="00AA14BD"/>
     <w:rsid w:val="00AA1C3C"/>
     <w:rsid w:val="00AA245B"/>
     <w:rsid w:val="00AA295D"/>
     <w:rsid w:val="00AA753C"/>
     <w:rsid w:val="00AB2596"/>
     <w:rsid w:val="00AB60E4"/>
     <w:rsid w:val="00AB6E03"/>
     <w:rsid w:val="00AD360E"/>
+    <w:rsid w:val="00AE3F5D"/>
     <w:rsid w:val="00AF3304"/>
     <w:rsid w:val="00B13CC0"/>
     <w:rsid w:val="00B17E22"/>
     <w:rsid w:val="00B22CE7"/>
     <w:rsid w:val="00B2467A"/>
     <w:rsid w:val="00B27AE2"/>
     <w:rsid w:val="00B31230"/>
     <w:rsid w:val="00B4163E"/>
     <w:rsid w:val="00B41815"/>
     <w:rsid w:val="00B41EFF"/>
     <w:rsid w:val="00B42FA6"/>
     <w:rsid w:val="00B47DA4"/>
     <w:rsid w:val="00B52815"/>
     <w:rsid w:val="00B61AF0"/>
     <w:rsid w:val="00B61FB0"/>
     <w:rsid w:val="00B665B4"/>
     <w:rsid w:val="00B71182"/>
     <w:rsid w:val="00B735AA"/>
     <w:rsid w:val="00B765D1"/>
     <w:rsid w:val="00B87057"/>
     <w:rsid w:val="00BB174E"/>
     <w:rsid w:val="00BB2885"/>
     <w:rsid w:val="00BB47B5"/>
     <w:rsid w:val="00BC05EA"/>
     <w:rsid w:val="00BC1DD6"/>
     <w:rsid w:val="00BD0796"/>
     <w:rsid w:val="00BD2500"/>
     <w:rsid w:val="00BD4792"/>
     <w:rsid w:val="00BD774C"/>
     <w:rsid w:val="00BF7737"/>
     <w:rsid w:val="00C24B2D"/>
     <w:rsid w:val="00C26BA8"/>
     <w:rsid w:val="00C5106C"/>
     <w:rsid w:val="00C519E9"/>
     <w:rsid w:val="00C52BFD"/>
     <w:rsid w:val="00C54E38"/>
     <w:rsid w:val="00C60704"/>
     <w:rsid w:val="00C73608"/>
     <w:rsid w:val="00C91A90"/>
     <w:rsid w:val="00C935D3"/>
     <w:rsid w:val="00CA1DC7"/>
     <w:rsid w:val="00CA5893"/>
     <w:rsid w:val="00CC2E1D"/>
     <w:rsid w:val="00CD5250"/>
+    <w:rsid w:val="00CD5883"/>
     <w:rsid w:val="00CE00F1"/>
     <w:rsid w:val="00CE35B4"/>
+    <w:rsid w:val="00CE53F0"/>
     <w:rsid w:val="00CE75BC"/>
     <w:rsid w:val="00CF117A"/>
     <w:rsid w:val="00CF3260"/>
     <w:rsid w:val="00CF629C"/>
     <w:rsid w:val="00D029B8"/>
     <w:rsid w:val="00D0436F"/>
     <w:rsid w:val="00D051FD"/>
     <w:rsid w:val="00D10EE3"/>
     <w:rsid w:val="00D1578E"/>
     <w:rsid w:val="00D20FDC"/>
     <w:rsid w:val="00D30109"/>
     <w:rsid w:val="00D311B5"/>
     <w:rsid w:val="00D31F1A"/>
     <w:rsid w:val="00D35C7E"/>
     <w:rsid w:val="00D50553"/>
     <w:rsid w:val="00D5784A"/>
     <w:rsid w:val="00D57FFC"/>
     <w:rsid w:val="00D603B3"/>
     <w:rsid w:val="00D728FF"/>
     <w:rsid w:val="00D74F54"/>
     <w:rsid w:val="00D766BE"/>
     <w:rsid w:val="00D772AB"/>
     <w:rsid w:val="00D82B9B"/>
     <w:rsid w:val="00DD3E8D"/>
     <w:rsid w:val="00DD61ED"/>
     <w:rsid w:val="00DE4CD0"/>
     <w:rsid w:val="00DF0A03"/>
     <w:rsid w:val="00E0287E"/>
     <w:rsid w:val="00E06858"/>
     <w:rsid w:val="00E1008F"/>
+    <w:rsid w:val="00E16233"/>
     <w:rsid w:val="00E20567"/>
     <w:rsid w:val="00E323E6"/>
     <w:rsid w:val="00E33BE0"/>
     <w:rsid w:val="00E43504"/>
     <w:rsid w:val="00E56F26"/>
     <w:rsid w:val="00E72B13"/>
     <w:rsid w:val="00E75CC5"/>
     <w:rsid w:val="00E9134B"/>
     <w:rsid w:val="00E946AD"/>
     <w:rsid w:val="00EA46DD"/>
     <w:rsid w:val="00EB04C7"/>
     <w:rsid w:val="00EB27CC"/>
     <w:rsid w:val="00EB2EFD"/>
     <w:rsid w:val="00ED4BDB"/>
     <w:rsid w:val="00ED5C28"/>
     <w:rsid w:val="00EE08B1"/>
     <w:rsid w:val="00EE3297"/>
     <w:rsid w:val="00EE405A"/>
     <w:rsid w:val="00EE450C"/>
     <w:rsid w:val="00EF2BCE"/>
     <w:rsid w:val="00EF6122"/>
     <w:rsid w:val="00F11450"/>
     <w:rsid w:val="00F17301"/>
     <w:rsid w:val="00F301A0"/>
     <w:rsid w:val="00F40391"/>
@@ -21693,69 +20277,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>24828</Words>
-  <Characters>14152</Characters>
+  <Words>24840</Words>
+  <Characters>14159</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>117</Lines>
   <Paragraphs>77</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38903</CharactersWithSpaces>
+  <CharactersWithSpaces>38922</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Viacheslav Tkachuk</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>