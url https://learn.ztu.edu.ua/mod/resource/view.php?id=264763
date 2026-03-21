--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="054F799E" w14:textId="44995966" w:rsidR="0051494E" w:rsidRPr="00060067" w:rsidRDefault="00340447" w:rsidP="00060067">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Практичне</w:t>
       </w:r>
       <w:r w:rsidR="0051494E" w:rsidRPr="00060067">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -73,937 +73,1639 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ведення бойових дій</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54F95EB8" w14:textId="77777777" w:rsidR="0051494E" w:rsidRPr="00060067" w:rsidRDefault="0051494E" w:rsidP="00060067">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:t>Теоретичні</w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:t>питання</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151FBA18" w14:textId="77777777" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    <w:p w14:paraId="151FBA18" w14:textId="77777777" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1. Захист цивільного населення, цивільних об’єктів, місцевостей та установ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D32FA5D" w14:textId="77777777" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    <w:p w14:paraId="7D32FA5D" w14:textId="77777777" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2. Пропорційність, запобіжні заходи та презумпції.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27BBC536" w14:textId="77777777" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    <w:p w14:paraId="27BBC536" w14:textId="77777777" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3. Методи ведення війни.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1728EA5D" w14:textId="30FCE809" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    <w:p w14:paraId="1728EA5D" w14:textId="1E2E3DF1" w:rsidR="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4. Засоби ведення війни.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8FDFB9" w14:textId="77777777" w:rsidR="0028435F" w:rsidRPr="00060067" w:rsidRDefault="0051494E" w:rsidP="00060067">
+    <w:p w14:paraId="6F0B0E7B" w14:textId="77777777" w:rsidR="00CA3BBC" w:rsidRPr="00060067" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F8FDFB9" w14:textId="16376CE9" w:rsidR="0028435F" w:rsidRPr="00060067" w:rsidRDefault="0051494E" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:t>Завдання для індивідуальної роботи</w:t>
       </w:r>
-      <w:r w:rsidRPr="00060067">
-[...6 lines deleted...]
-    <w:p w14:paraId="121F931B" w14:textId="16FB0A7C" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    </w:p>
+    <w:p w14:paraId="121F931B" w14:textId="16FB0A7C" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Які три найважливіші принципи </w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>міжнародного гуманітарного права</w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> щодо ведення бойових дій?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="605B3591" w14:textId="773B745C" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    <w:p w14:paraId="605B3591" w14:textId="773B745C" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Яка головна мета принципу розрізнення в </w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>міжнародному гуманітарному праві</w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2622F5D0" w14:textId="7F194228" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    <w:p w14:paraId="2622F5D0" w14:textId="7F194228" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Хто такі комбатанти згідно з </w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>міжнародним гуманітарним правом</w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263CE2E3" w14:textId="2F702D05" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    <w:p w14:paraId="263CE2E3" w14:textId="2F702D05" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Які умови прирівнюють нерегулярних ополченців до регулярних збройних сил?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08D8EC65" w14:textId="7D7BE504" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    <w:p w14:paraId="08D8EC65" w14:textId="7D7BE504" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Що таке "levée en masse" або народне ополчення?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04F18E93" w14:textId="150DC03E" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    <w:p w14:paraId="04F18E93" w14:textId="150DC03E" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Що означає "привілей комбатанта"?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F75380" w14:textId="1B6358A9" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    <w:p w14:paraId="41F75380" w14:textId="1B6358A9" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Як </w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>міжнародне гуманітарне право</w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> визначає "цивільне населення"?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="484B34E2" w14:textId="276333FB" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    <w:p w14:paraId="484B34E2" w14:textId="276333FB" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Які напади вважаються невибірковими?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0838A4B6" w14:textId="23CDE4B3" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    <w:p w14:paraId="0838A4B6" w14:textId="23CDE4B3" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Коли цивільні особи втрачають захист від прямих нападів?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754F69CA" w14:textId="33E345E3" w:rsidR="00D21E0A" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00060067">
+    <w:p w14:paraId="754F69CA" w14:textId="33E345E3" w:rsidR="00D21E0A" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Які два критерії визначають об'єкт як військову ціль?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="101AA84F" w14:textId="77777777" w:rsidR="0051494E" w:rsidRPr="00060067" w:rsidRDefault="0051494E" w:rsidP="00060067">
+    <w:p w14:paraId="101AA84F" w14:textId="6DE6647C" w:rsidR="0051494E" w:rsidRDefault="0051494E" w:rsidP="00060067">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00060067">
         <w:t>Завдання</w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:t>для</w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:t>самостійної</w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00060067">
         <w:t>роботи</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B79AB7" w14:textId="77777777" w:rsidR="0051494E" w:rsidRPr="00060067" w:rsidRDefault="0051494E" w:rsidP="00060067">
-[...338 lines deleted...]
-    <w:p w14:paraId="2FFE31C0" w14:textId="0B727475" w:rsidR="00EF1B0E" w:rsidRPr="00060067" w:rsidRDefault="00296B9F" w:rsidP="00060067">
+    <w:p w14:paraId="3AA9E341" w14:textId="2732B8BE" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060067">
-[...2 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000207"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...28 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Рекомендовано підготувати коротку доповідь, презентацію тривалістю 10-15 хвилин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00460471" w14:textId="695016D8" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="0051494E" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Самостійно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>опрацювати</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:spacing w:val="-9"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>такі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>питання:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="408949F0" w14:textId="77777777" w:rsidR="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CEBCD8F" w14:textId="0CC32852" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Статус цивільних добровольців під час оборони Києва у лютому 2022 року</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00EF1B0E" w:rsidRPr="00060067" w:rsidSect="00060067">
+    <w:p w14:paraId="3D39C030" w14:textId="35EE8617" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ефективність режиму безпечних зон на прикладі трагедії у Сребрениці 1995 року</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B8ED816" w14:textId="1A9AF1F4" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правові наслідки ударів по енергетичній інфраструктурі України як об’єктах життєзабезпечення</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6204BE59" w14:textId="4540F010" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Досвід евакуації та захисту музейних колекцій під час Другої світової війни у Європі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B074DFF" w14:textId="67466828" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Використання медичних установ у військових цілях на прикладі конфліктів у секторі Гази</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12481E89" w14:textId="1316B847" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проблема «живих щитів» у міських боях під час звільнення Мосула від ІДІЛ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C81AA6" w14:textId="69A824ED" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Специфіка захисту дамб та АЕС на прикладі руйнування Каховської ГЕС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3C188B" w14:textId="361FD40B" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аналіз пропорційності під час авіаударів НАТО в Югославії 1999 року</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15866D28" w14:textId="7E166FFA" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Практика попередження цивільних перед ударами методом «стуку по даху» в конфліктах на Близькому Сході</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311A0873" w14:textId="3DD2BCB0" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Помилки ідентифікації та презумпція цивільного статусу в операціях США в Афганістані</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC2EDBB" w14:textId="589D70F2" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Вибір засобів ураження у щільній забудові на прикладі битви за Маріуполь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBDA31C" w14:textId="2B02D8EB" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проблема об’єктів подвійного призначення на прикладі телевеж та мостів у сучасних війнах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2734B2" w14:textId="27488384" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Скасування атак через присутність дітей у зоні ураження за даними розвідки в реальному часі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31FFDE8D" w14:textId="719DAED1" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Порівняльний аналіз запобіжних заходів у тактиці різних армій світу під час міських операцій</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E2F2E3" w14:textId="53C6A0CD" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Використання голоду</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>як методу ведення війни під час конфлікту в Тиграї</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="718CD1E4" w14:textId="0613C3C6" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Допустимі межі військових хитрощів проти віроломства під час Другої світової війни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425D1974" w14:textId="3F4A3A9A" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Етика та законність психологічних операцій та поширення дезінформації у В’єтнамській війні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2693BB64" w14:textId="1DB6FE37" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проблема ідентифікації комбатантів під час партизанських дій у війні в Афганістані</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C88C1B9" w14:textId="7D8B16FC" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Масові депортації та примусове переміщення населення</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як заборонений метод війни на Балканах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757C9A3D" w14:textId="5BFDAE44" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Використання цивільного одягу військовими формуваннями в ході конфліктів на Близькому Сході</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483613AA" w14:textId="36DBC0EC" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правовий аналіз кібератак на критичну інфраструктуру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як нового методу ведення війни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4A029F" w14:textId="77777777" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Еволюція заборони хімічної зброї від Першої світової війни до інцидентів у Хан-Шейхуні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="185343B6" w14:textId="336550B6" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проблема використання касетних боєприпасів у російсько-українській війні та позиція країн-підписантів Конвенції</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D596E90" w14:textId="50D63773" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Застосування протипіхотних мін типу «Пелюстка» та зобов’язання за Оттавською конвенцією</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF37528" w14:textId="451A0EBE" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правовий статус автономних систем озброєння та бойових роботів у сучасних операціях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E2807B" w14:textId="13B4724E" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Використання «брудних бомб» та радіологічної зброї в теорії та реальних загрозах безпеці</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5467DFC0" w14:textId="0C91E7AA" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Екологічні наслідки застосування дефоліантів «Агент Оранж» армією США у В’єтнамі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D9A2630" w14:textId="5471299E" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Використання засліплюючої лазерної зброї та міжнародні протоколи про її заборону</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB7F514" w14:textId="14566978" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правові аспекти застосування високоточних ракетних комплексів проти цілей у житлових кварталах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidSect="00060067">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="035A5146"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="691E3D82"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -1047,50 +1749,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="120920CC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A83817B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18791FF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50FAF0AC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1210" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AF08656A">
       <w:start w:val="12"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1135,51 +1950,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25060BD8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A83817B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FA7602B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27787844"/>
     <w:lvl w:ilvl="0" w:tplc="C29C6530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="971" w:hanging="363"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -1230,51 +2158,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31D85994"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB5AE3A8"/>
     <w:lvl w:ilvl="0" w:tplc="4834756A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1366" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E41CC292">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1348,51 +2276,51 @@
     <w:lvl w:ilvl="7" w:tplc="78F4CD9C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7398" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="529A5ED4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8261" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32C2019B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B82957C"/>
     <w:lvl w:ilvl="0" w:tplc="5734DA48">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="281"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8A4E6064">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1864" w:hanging="281"/>
@@ -1465,51 +2393,250 @@
     <w:lvl w:ilvl="7" w:tplc="BE4A8FCA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7124" w:hanging="281"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AF7EFF8E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8001" w:hanging="281"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C415018"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A81E1C6E"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EEC2367"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A83817B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="499B7125"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C38438D4"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1337" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2057" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1551,51 +2678,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5657" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6377" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7097" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55F26E1E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90AA37B2"/>
     <w:lvl w:ilvl="0" w:tplc="C0EA65EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1640,51 +2767,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EE8225B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83420570"/>
     <w:lvl w:ilvl="0" w:tplc="E1E22A10">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="232" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="310E37EE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1758,51 +2885,51 @@
     <w:lvl w:ilvl="7" w:tplc="9626A9AC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7062" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DAA0C0B4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8037" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61BF3562"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D048DE60"/>
     <w:lvl w:ilvl="0" w:tplc="2960C0E6">
       <w:start w:val="12"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1871,54 +2998,54 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C2C23E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9266D4DA"/>
+    <w:tmpl w:val="A81E1C6E"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -1957,51 +3084,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71DE10C7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A83817B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76B72961"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C97041FE"/>
     <w:lvl w:ilvl="0" w:tplc="4956B824">
       <w:start w:val="12"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2071,173 +3311,189 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1987008258">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2076974255">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="543295411">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1719938698">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1429502132">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1719938698">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="1322350752">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1981878792">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="954092581">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1725979911">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="671375757">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="2054570295">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="139269419">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1222443153">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1562130746">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="411196993">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="671375757">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="16" w16cid:durableId="1585070041">
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="118"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D179B9"/>
     <w:rsid w:val="00060067"/>
     <w:rsid w:val="0020117F"/>
     <w:rsid w:val="0028435F"/>
     <w:rsid w:val="00296B9F"/>
     <w:rsid w:val="002B1A38"/>
     <w:rsid w:val="00340447"/>
     <w:rsid w:val="0051494E"/>
     <w:rsid w:val="005F12B2"/>
     <w:rsid w:val="007518F4"/>
     <w:rsid w:val="007D7B21"/>
     <w:rsid w:val="00841E0C"/>
     <w:rsid w:val="009075FE"/>
     <w:rsid w:val="009F1822"/>
     <w:rsid w:val="00A74C21"/>
     <w:rsid w:val="00AE4493"/>
     <w:rsid w:val="00BA649F"/>
     <w:rsid w:val="00C21F7C"/>
+    <w:rsid w:val="00CA3BBC"/>
     <w:rsid w:val="00D179B9"/>
     <w:rsid w:val="00D21E0A"/>
     <w:rsid w:val="00D50B85"/>
     <w:rsid w:val="00EF1B0E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4C24DF6A"/>
   <w15:docId w15:val="{4B0F8ECC-54EE-CA4A-89AB-2C93BA09E3BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2572,87 +3828,86 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0051494E"/>
+    <w:rsid w:val="00CA3BBC"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-      <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="uk-UA"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-UA" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0051494E"/>
     <w:pPr>
       <w:spacing w:line="319" w:lineRule="exact"/>
       <w:ind w:left="941"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="20"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0051494E"/>
     <w:pPr>
       <w:spacing w:before="2" w:line="318" w:lineRule="exact"/>
       <w:ind w:left="941"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -2697,51 +3952,51 @@
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="0051494E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="9"/>
     <w:rsid w:val="0051494E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0051494E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -2898,107 +4153,128 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0051494E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA649F"/>
     <w:pPr>
-      <w:widowControl/>
-[...1 lines deleted...]
-      <w:autoSpaceDN/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:val="ru-UA" w:eastAsia="zh-TW"/>
+      <w:lang w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="55202392">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="123737950">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="453065047">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="626855066">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="832570401">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="980578273">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="999888642">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -3292,70 +4568,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1802</Characters>
+  <Pages>2</Pages>
+  <Words>524</Words>
+  <Characters>2992</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2113</CharactersWithSpaces>
+  <CharactersWithSpaces>3509</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>