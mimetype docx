--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -1,27510 +1,2132 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3D21B22F" w14:textId="48CF272C" w:rsidR="00950463" w:rsidRPr="00DF2A2B" w:rsidRDefault="00950463" w:rsidP="004E2C05">
+    <w:p w14:paraId="054F799E" w14:textId="44995966" w:rsidR="0051494E" w:rsidRPr="00060067" w:rsidRDefault="00340447" w:rsidP="00060067">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DF2A2B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Практичне</w:t>
+      </w:r>
+      <w:r w:rsidR="0051494E" w:rsidRPr="00060067">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заняття </w:t>
+      </w:r>
+      <w:r w:rsidR="00060067" w:rsidRPr="00060067">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0051494E" w:rsidRPr="00060067">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00060067" w:rsidRPr="00060067">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00EB2F35" w:rsidRPr="00DF2A2B">
+        </w:rPr>
+        <w:t>Ведення бойових дій</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F95EB8" w14:textId="77777777" w:rsidR="0051494E" w:rsidRPr="00060067" w:rsidRDefault="0051494E" w:rsidP="00060067">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:t>Теоретичні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:t>питання</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151FBA18" w14:textId="77777777" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00DF2A2B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00EB2F35" w:rsidRPr="00DF2A2B">
+        </w:rPr>
+        <w:t>1. Захист цивільного населення, цивільних об’єктів, місцевостей та установ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D32FA5D" w14:textId="77777777" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="50BD821A" w14:textId="031EC813" w:rsidR="00950463" w:rsidRPr="00DF2A2B" w:rsidRDefault="00950463" w:rsidP="00EB2F35">
+        </w:rPr>
+        <w:t>2. Пропорційність, запобіжні заходи та презумпції.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27BBC536" w14:textId="77777777" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DF2A2B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00EB2F35" w:rsidRPr="00DF2A2B">
+        </w:rPr>
+        <w:t>3. Методи ведення війни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1728EA5D" w14:textId="1E2E3DF1" w:rsidR="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D421AB" w:rsidRPr="00DF2A2B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00EB2F35" w:rsidRPr="00DF2A2B">
+        </w:rPr>
+        <w:t>4. Засоби ведення війни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0B0E7B" w14:textId="77777777" w:rsidR="00CA3BBC" w:rsidRPr="00060067" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F8FDFB9" w14:textId="16376CE9" w:rsidR="0028435F" w:rsidRPr="00060067" w:rsidRDefault="0051494E" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:t>Завдання для індивідуальної роботи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="121F931B" w14:textId="16FB0A7C" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Які три найважливіші принципи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>цивільних об’єктів, місцевостей та установ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DF2A2B">
+        <w:t>міжнародного гуманітарного права</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> щодо ведення бойових дій?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="605B3591" w14:textId="773B745C" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Яка головна мета принципу розрізнення в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>міжнародному гуманітарному праві</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2622F5D0" w14:textId="7F194228" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хто такі комбатанти згідно з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>міжнародним гуманітарним правом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263CE2E3" w14:textId="2F702D05" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Які умови прирівнюють нерегулярних ополченців до регулярних збройних сил?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D8EC65" w14:textId="7D7BE504" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Що таке "levée en masse" або народне ополчення?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04F18E93" w14:textId="150DC03E" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Що означає "привілей комбатанта"?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F75380" w14:textId="1B6358A9" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Як </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>міжнародне гуманітарне право</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> визначає "цивільне населення"?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="484B34E2" w14:textId="276333FB" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Які напади вважаються невибірковими?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0838A4B6" w14:textId="23CDE4B3" w:rsidR="00060067" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коли цивільні особи втрачають захист від прямих нападів?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="754F69CA" w14:textId="33E345E3" w:rsidR="00D21E0A" w:rsidRPr="00060067" w:rsidRDefault="00060067" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Які два критерії визначають об'єкт як військову ціль?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101AA84F" w14:textId="6DE6647C" w:rsidR="0051494E" w:rsidRDefault="0051494E" w:rsidP="00060067">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00060067">
+        <w:t>Завдання</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:t>самостійної</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060067">
+        <w:t>роботи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA9E341" w14:textId="2732B8BE" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...4 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000207"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Рекомендовано підготувати коротку доповідь, презентацію тривалістю 10-15 хвилин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00460471" w14:textId="695016D8" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="0051494E" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Самостійно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>опрацювати</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:spacing w:val="-9"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>такі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>питання:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="408949F0" w14:textId="77777777" w:rsidR="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CEBCD8F" w14:textId="0CC32852" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Статус цивільних добровольців під час оборони Києва у лютому 2022 року</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D39C030" w14:textId="35EE8617" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ефективність режиму безпечних зон на прикладі трагедії у Сребрениці 1995 року</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B8ED816" w14:textId="1A9AF1F4" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правові наслідки ударів по енергетичній інфраструктурі України як об’єктах життєзабезпечення</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Пропорційність, запобіжні заходи та презумпції.</w:t>
-[...7 lines deleted...]
-          <w:bCs/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6204BE59" w14:textId="4540F010" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Досвід евакуації та захисту музейних колекцій під час Другої світової війни у Європі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B074DFF" w14:textId="67466828" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Використання медичних установ у військових цілях на прикладі конфліктів у секторі Гази</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12481E89" w14:textId="1316B847" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проблема «живих щитів» у міських боях під час звільнення Мосула від ІДІЛ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Методи ведення війни</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C81AA6" w14:textId="69A824ED" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Специфіка захисту дамб та АЕС на прикладі руйнування Каховської ГЕС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C0338D" w14:textId="7146A38B" w:rsidR="00D421AB" w:rsidRPr="00DF2A2B" w:rsidRDefault="00D421AB" w:rsidP="004E2C05">
-[...4 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="4D3C188B" w14:textId="361FD40B" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аналіз пропорційності під час авіаударів НАТО в Югославії 1999 року</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15866D28" w14:textId="7E166FFA" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Практика попередження цивільних перед ударами методом «стуку по даху» в конфліктах на Близькому Сході</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>4. Засоби ведення війни.</w:t>
-[...7 lines deleted...]
-          <w:bCs/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311A0873" w14:textId="3DD2BCB0" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Помилки ідентифікації та презумпція цивільного статусу в операціях США в Афганістані</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC2EDBB" w14:textId="589D70F2" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Вибір засобів ураження у щільній забудові на прикладі битви за Маріуполь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBDA31C" w14:textId="2B02D8EB" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проблема об’єктів подвійного призначення на прикладі телевеж та мостів у сучасних війнах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1. Захист цивільного населення</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2734B2" w14:textId="27488384" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Скасування атак через присутність дітей у зоні ураження за даними розвідки в реальному часі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31FFDE8D" w14:textId="719DAED1" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Порівняльний аналіз запобіжних заходів у тактиці різних армій світу під час міських операцій</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E2F2E3" w14:textId="53C6A0CD" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Використання голоду</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>як методу ведення війни під час конфлікту в Тиграї</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="718CD1E4" w14:textId="0613C3C6" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Допустимі межі військових хитрощів проти віроломства під час Другої світової війни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425D1974" w14:textId="3F4A3A9A" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Етика та законність психологічних операцій та поширення дезінформації у В’єтнамській війні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2693BB64" w14:textId="1DB6FE37" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проблема ідентифікації комбатантів під час партизанських дій у війні в Афганістані</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C88C1B9" w14:textId="7D8B16FC" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Масові депортації та примусове переміщення населення</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF2A2B">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як заборонений метод війни на Балканах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> цивільних об’єктів, місцевостей та установ</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757C9A3D" w14:textId="5BFDAE44" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Використання цивільного одягу військовими формуваннями в ході конфліктів на Близькому Сході</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483613AA" w14:textId="36DBC0EC" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правовий аналіз кібератак на критичну інфраструктуру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як нового методу ведення війни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Протягом усієї історії воєн бойові дії завдали невимовних страждань мільйонам людей. Ситуація залишається незмінною і зараз. І цивільні особи, й учасники бойових дій гинуть, зазнають поранень або стають особами з інвалідністю на все життя, часто втрачають близьких або власне майно та речі. </w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4A029F" w14:textId="77777777" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Еволюція заборони хімічної зброї від Першої світової війни до інцидентів у Хан-Шейхуні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="185343B6" w14:textId="336550B6" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проблема використання касетних боєприпасів у російсько-українській війні та позиція країн-підписантів Конвенції</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D596E90" w14:textId="50D63773" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Застосування протипіхотних мін типу «Пелюстка» та зобов’язання за Оттавською конвенцією</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Міни, касетні та інші боєприпаси, що не вибухають, роблять цілі регіони непридатними для життя протягом багатьох років, а іноді й десятиліть. Руйнуються села, міста, окремі будівлі, зазнають ушкоджень культурні цінності та релігійні об’єкти, а електростанції, мости та інші важливі об’єкти інфраструктури стають непридатними, змушуючи людей залишати свої будинки. </w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF37528" w14:textId="451A0EBE" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правовий статус автономних систем озброєння та бойових роботів у сучасних операціях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E2807B" w14:textId="13B4724E" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Використання «брудних бомб» та радіологічної зброї в теорії та реальних загрозах безпеці</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Гуманітарні наслідки цих явищ величезні. Тому, протягом довгого часу головною метою МГП було встановлення заборони на ведення нічим не обмеженої війни та регулювання ведення бойових дій, щоб максимально пом’якшити «негативні наслідки війни»</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5467DFC0" w14:textId="0C91E7AA" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Екологічні наслідки застосування дефоліантів «Агент Оранж» армією США у В’єтнамі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="684D62D3" w14:textId="77777777" w:rsidR="00EB2F35" w:rsidRPr="00DF2A2B" w:rsidRDefault="00EB2F35" w:rsidP="00D421AB">
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="7D9A2630" w14:textId="5471299E" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Використання засліплюючої лазерної зброї та міжнародні протоколи про її заборону</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:u w:val="single"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB7F514" w14:textId="14566978" w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidRDefault="00CA3BBC" w:rsidP="00CA3BBC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правові аспекти застосування високоточних ракетних комплексів проти цілей у житлових кварталах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3BBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Три найважливіші принципи МГП щодо ведення бойових дій такі</w:t>
-[...184 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E96E24" w14:textId="77777777" w:rsidR="000F1D23" w:rsidRPr="00DF2A2B" w:rsidRDefault="00EB2F35" w:rsidP="00D421AB">
-[...26643 lines deleted...]
-    <w:sectPr w:rsidR="000B1FB2" w:rsidRPr="00DF2A2B" w:rsidSect="00950463">
+    <w:sectPr w:rsidR="00CA3BBC" w:rsidRPr="00CA3BBC" w:rsidSect="00060067">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-    <w:panose1 w:val="020B0004020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0F612493"/>
+    <w:nsid w:val="035A5146"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="23469912"/>
-    <w:lvl w:ilvl="0" w:tplc="EC4E23EA">
+    <w:tmpl w:val="691E3D82"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2727" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4887" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="17166C58"/>
+    <w:nsid w:val="120920CC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A83817B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18791FF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="40161580"/>
-    <w:lvl w:ilvl="0" w:tplc="77D80286">
+    <w:tmpl w:val="50FAF0AC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
-[...12 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="1210" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="AF08656A">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3DEE1734"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25060BD8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A83817B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FA7602B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="20467888"/>
-    <w:lvl w:ilvl="0" w:tplc="B8ECCDC2">
+    <w:tmpl w:val="27787844"/>
+    <w:lvl w:ilvl="0" w:tplc="C29C6530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...3 lines deleted...]
-        <w:color w:val="343A40"/>
+        <w:ind w:left="971" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -27536,412 +2158,1406 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="40ED7E33"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31D85994"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6B04FADA"/>
-    <w:lvl w:ilvl="0" w:tplc="320AF3A4">
+    <w:tmpl w:val="BB5AE3A8"/>
+    <w:lvl w:ilvl="0" w:tplc="4834756A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="1366" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E41CC292">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2222" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0DD61014">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3085" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="24BCA3C2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3947" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DD42D646">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4810" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B3A0934A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5673" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E3AE0634">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6535" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="78F4CD9C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7398" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="529A5ED4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8261" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32C2019B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8B82957C"/>
+    <w:lvl w:ilvl="0" w:tplc="5734DA48">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="990" w:hanging="281"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8A4E6064">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1864" w:hanging="281"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="45A07760">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2741" w:hanging="281"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="263EA5FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3617" w:hanging="281"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DAB00C7C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4494" w:hanging="281"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6CB039E6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5371" w:hanging="281"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8492722E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6247" w:hanging="281"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BE4A8FCA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7124" w:hanging="281"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AF7EFF8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8001" w:hanging="281"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C415018"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A81E1C6E"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6C055490"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EEC2367"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A83817B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="499B7125"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="55F4FAB6"/>
-    <w:lvl w:ilvl="0" w:tplc="31364ADC">
+    <w:tmpl w:val="C38438D4"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
-[...4 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1337" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="2057" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2777" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3497" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="4217" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4937" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5657" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6377" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="7097" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="280579715">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55F26E1E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="90AA37B2"/>
+    <w:lvl w:ilvl="0" w:tplc="C0EA65EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EE8225B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="83420570"/>
+    <w:lvl w:ilvl="0" w:tplc="E1E22A10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="232" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="310E37EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1214" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="375C1A3E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2189" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="157A6572">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3163" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="52A04378">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4138" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B27CEF3E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5113" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="DB32BCB8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6087" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9626A9AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7062" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="DAA0C0B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8037" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61BF3562"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D048DE60"/>
+    <w:lvl w:ilvl="0" w:tplc="2960C0E6">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C2C23E5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A81E1C6E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71DE10C7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A83817B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76B72961"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C97041FE"/>
+    <w:lvl w:ilvl="0" w:tplc="4956B824">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1987008258">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2076974255">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="543295411">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1719938698">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1429502132">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1322350752">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1981878792">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="954092581">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1725979911">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="671375757">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="2054570295">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="139269419">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1222443153">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="443308801">
-[...5 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="241379894">
+  <w:num w:numId="14" w16cid:durableId="1562130746">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="497426257">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="15" w16cid:durableId="411196993">
+    <w:abstractNumId w:val="8"/>
   </w:num>
+  <w:num w:numId="16" w16cid:durableId="1585070041">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="118"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00950463"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00A11662"/>
+    <w:rsidRoot w:val="00D179B9"/>
+    <w:rsid w:val="00060067"/>
+    <w:rsid w:val="0020117F"/>
+    <w:rsid w:val="0028435F"/>
+    <w:rsid w:val="00296B9F"/>
+    <w:rsid w:val="002B1A38"/>
+    <w:rsid w:val="00340447"/>
+    <w:rsid w:val="0051494E"/>
+    <w:rsid w:val="005F12B2"/>
+    <w:rsid w:val="007518F4"/>
+    <w:rsid w:val="007D7B21"/>
+    <w:rsid w:val="00841E0C"/>
+    <w:rsid w:val="009075FE"/>
+    <w:rsid w:val="009F1822"/>
     <w:rsid w:val="00A74C21"/>
-    <w:rsid w:val="00BE5AE1"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00F76A8E"/>
+    <w:rsid w:val="00AE4493"/>
+    <w:rsid w:val="00BA649F"/>
+    <w:rsid w:val="00C21F7C"/>
+    <w:rsid w:val="00CA3BBC"/>
+    <w:rsid w:val="00D179B9"/>
+    <w:rsid w:val="00D21E0A"/>
+    <w:rsid w:val="00D50B85"/>
+    <w:rsid w:val="00EF1B0E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-UA" w:eastAsia="zh-TW"/>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6E0A6E31"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{E3574887-CB7E-D84B-A8DB-BA3D335397A9}"/>
+  <w14:docId w14:val="4C24DF6A"/>
+  <w15:docId w15:val="{4B0F8ECC-54EE-CA4A-89AB-2C93BA09E3BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -27985,76 +3601,76 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -28210,1357 +3826,812 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00634D15"/>
+    <w:rsid w:val="00CA3BBC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:kern w:val="0"/>
-      <w14:ligatures w14:val="none"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-UA" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="10"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00950463"/>
+    <w:rsid w:val="0051494E"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="360" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:line="319" w:lineRule="exact"/>
+      <w:ind w:left="941"/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00950463"/>
+    <w:rsid w:val="0051494E"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="2" w:line="318" w:lineRule="exact"/>
+      <w:ind w:left="941"/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...26 lines deleted...]
-      <w:kern w:val="2"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00950463"/>
+    <w:rsid w:val="0051494E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...120 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00950463"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="0051494E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00950463"/>
+    <w:rsid w:val="0051494E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...3 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
-    <w:rsid w:val="00950463"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0051494E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="11">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0051494E"/>
+    <w:pPr>
+      <w:spacing w:line="322" w:lineRule="exact"/>
+      <w:ind w:left="513" w:hanging="282"/>
+    </w:pPr>
+    <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0051494E"/>
+    <w:pPr>
+      <w:spacing w:line="322" w:lineRule="exact"/>
+      <w:ind w:left="302"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0051494E"/>
+    <w:pPr>
+      <w:spacing w:line="322" w:lineRule="exact"/>
+      <w:ind w:left="432"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="41">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0051494E"/>
+    <w:pPr>
+      <w:spacing w:before="1" w:line="322" w:lineRule="exact"/>
+      <w:ind w:left="492"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0051494E"/>
+    <w:pPr>
+      <w:ind w:left="232" w:firstLine="708"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="0051494E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0051494E"/>
+    <w:pPr>
+      <w:ind w:left="232" w:firstLine="708"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0051494E"/>
+    <w:pPr>
+      <w:spacing w:line="228" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0051494E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0051494E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00950463"/>
+    <w:rsid w:val="0051494E"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="50">
-[...64 lines deleted...]
-    <w:name w:val="Title"/>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
-[...344 lines deleted...]
-    <w:rsid w:val="00634D15"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BA649F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
-  </w:style>
-[...3 lines deleted...]
-    <w:rsid w:val="00634D15"/>
     <w:rPr>
-      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
-[...2 lines deleted...]
-      <w:szCs w:val="12"/>
+      <w:lang w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="40596098">
+    <w:div w:id="55202392">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="321079096">
+    <w:div w:id="123737950">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="349337085">
+    <w:div w:id="453065047">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="445974055">
+    <w:div w:id="626855066">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="487475462">
+    <w:div w:id="832570401">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="488134795">
+    <w:div w:id="980578273">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="760949496">
+    <w:div w:id="999888642">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="781535211">
-[...129 lines deleted...]
-    <w:div w:id="2027704184">
+    <w:div w:id="1899969651">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>32</Pages>
-[...1 lines deleted...]
-  <Characters>82600</Characters>
+  <Pages>2</Pages>
+  <Words>524</Words>
+  <Characters>2992</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>688</Lines>
-  <Paragraphs>193</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>96898</CharactersWithSpaces>
+  <CharactersWithSpaces>3509</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Olena Panchenko</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>