--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="02E77A67" w14:textId="46A64C65" w:rsidR="0051494E" w:rsidRPr="00BA649F" w:rsidRDefault="00340447" w:rsidP="007518F4">
       <w:pPr>
         <w:ind w:right="669" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA649F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Практичне</w:t>
       </w:r>
       <w:r w:rsidR="0051494E" w:rsidRPr="00BA649F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -406,289 +406,597 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA649F">
         <w:t>опрацювати</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA649F">
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA649F">
         <w:t>такі</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA649F">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA649F">
         <w:t>питання:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F8BCC67" w14:textId="4ABADE32" w:rsidR="005F12B2" w:rsidRPr="009F1822" w:rsidRDefault="005F12B2" w:rsidP="009F1822">
+    <w:p w14:paraId="4F8BCC67" w14:textId="4ABADE32" w:rsidR="005F12B2" w:rsidRPr="00757FA8" w:rsidRDefault="005F12B2" w:rsidP="00757FA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F1822">
+      <w:r w:rsidRPr="00757FA8">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Застосування міжнародного гуманітарного права у війні </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009F1822">
+      <w:r w:rsidR="009F1822" w:rsidRPr="00757FA8">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F1822">
+      <w:r w:rsidRPr="00757FA8">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>осії</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009F1822">
+      <w:r w:rsidRPr="00757FA8">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> проти України</w:t>
       </w:r>
-      <w:r w:rsidR="009F1822">
+      <w:r w:rsidR="009F1822" w:rsidRPr="00757FA8">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743F2197" w14:textId="2DDC5FEC" w:rsidR="005F12B2" w:rsidRPr="009F1822" w:rsidRDefault="005F12B2" w:rsidP="009F1822">
+    <w:p w14:paraId="743F2197" w14:textId="2DDC5FEC" w:rsidR="005F12B2" w:rsidRPr="00757FA8" w:rsidRDefault="005F12B2" w:rsidP="00757FA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
       </w:pPr>
-      <w:r w:rsidRPr="009F1822">
-[...9 lines deleted...]
-    <w:p w14:paraId="39286901" w14:textId="276BED4C" w:rsidR="005F12B2" w:rsidRPr="009F1822" w:rsidRDefault="005F12B2" w:rsidP="009F1822">
+      <w:r w:rsidRPr="00757FA8">
+        <w:t>Найвідоміші неміжнародні збройні конфлікти, що відбуваються між державами та неурядовими збройними групами або лише між цими групами у наш час.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39286901" w14:textId="276BED4C" w:rsidR="005F12B2" w:rsidRPr="00757FA8" w:rsidRDefault="005F12B2" w:rsidP="00757FA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F1822">
+      <w:r w:rsidRPr="00757FA8">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Міжнародно-правова оцінка бомбардування Хіросіми та Нагасакі</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="7E0CC9D6" w14:textId="7DEB0B0A" w:rsidR="005F12B2" w:rsidRPr="009F1822" w:rsidRDefault="005F12B2" w:rsidP="009F1822">
+        <w:t>Міжнародно-правова оцінка бомбардування Хіросіми та Нагасакі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E0CC9D6" w14:textId="7DEB0B0A" w:rsidR="005F12B2" w:rsidRPr="00757FA8" w:rsidRDefault="005F12B2" w:rsidP="00757FA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F1822">
+      <w:r w:rsidRPr="00757FA8">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Токійський трибунал: особливості судового переслідування злочинів проти людяності в Азії</w:t>
       </w:r>
-      <w:r w:rsidR="009F1822">
+      <w:r w:rsidR="009F1822" w:rsidRPr="00757FA8">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="218D07EA" w14:textId="3D136788" w:rsidR="009F1822" w:rsidRPr="009F1822" w:rsidRDefault="009F1822" w:rsidP="009F1822">
+    <w:p w14:paraId="218D07EA" w14:textId="3D136788" w:rsidR="009F1822" w:rsidRPr="00757FA8" w:rsidRDefault="009F1822" w:rsidP="00757FA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F1822">
+      <w:r w:rsidRPr="00757FA8">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Міжнародно-правові наслідки воєн у В’єтнамі для розвитку гуманітарного права</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="00CCD72D" w14:textId="2C77B1A3" w:rsidR="009F1822" w:rsidRPr="009F1822" w:rsidRDefault="009F1822" w:rsidP="009F1822">
+        <w:t>Міжнародно-правові наслідки воєн у В’єтнамі для розвитку гуманітарного права.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00CCD72D" w14:textId="2C77B1A3" w:rsidR="009F1822" w:rsidRPr="00757FA8" w:rsidRDefault="009F1822" w:rsidP="00757FA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F1822">
+      <w:r w:rsidRPr="00757FA8">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Застосування міжнародного гуманітарного права під час конфлікту на Фолклендських (Мальвінських) островах</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="4BF260A8" w14:textId="06E67CE8" w:rsidR="009F1822" w:rsidRPr="009F1822" w:rsidRDefault="009F1822" w:rsidP="009F1822">
+        <w:t>Застосування міжнародного гуманітарного права під час конфлікту на Фолклендських (Мальвінських) островах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF260A8" w14:textId="06E67CE8" w:rsidR="009F1822" w:rsidRPr="00757FA8" w:rsidRDefault="009F1822" w:rsidP="00757FA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F1822">
+      <w:r w:rsidRPr="00757FA8">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Балканські війни 1990-х і створення Міжнародного трибуналу щодо колишньої Югославії</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="2F86900F" w14:textId="535276B8" w:rsidR="009F1822" w:rsidRPr="009F1822" w:rsidRDefault="009F1822" w:rsidP="009F1822">
+        <w:t>Балканські війни 1990-х і створення Міжнародного трибуналу щодо колишньої Югославії.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F86900F" w14:textId="535276B8" w:rsidR="009F1822" w:rsidRPr="00757FA8" w:rsidRDefault="009F1822" w:rsidP="00757FA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
       </w:pPr>
-      <w:r w:rsidRPr="009F1822">
-[...6 lines deleted...]
-    <w:p w14:paraId="6D5CB63B" w14:textId="3D9EEB51" w:rsidR="009F1822" w:rsidRPr="009F1822" w:rsidRDefault="009F1822" w:rsidP="009F1822">
+      <w:r w:rsidRPr="00757FA8">
+        <w:t>Геноцид у Руанді та міжнародно-правові підходи до покарання винних.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5CB63B" w14:textId="3D9EEB51" w:rsidR="009F1822" w:rsidRPr="00757FA8" w:rsidRDefault="009F1822" w:rsidP="00757FA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F1822">
-[...9 lines deleted...]
-    <w:p w14:paraId="08151A5D" w14:textId="77777777" w:rsidR="009F1822" w:rsidRPr="009F1822" w:rsidRDefault="009F1822" w:rsidP="00BA649F">
+      <w:r w:rsidRPr="00757FA8">
+        <w:t>Застосування норм гуманітарного права під час війни в Іраку (2003–2011 роки.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3674D178" w14:textId="1809FE1A" w:rsidR="00757FA8" w:rsidRPr="00757FA8" w:rsidRDefault="00757FA8" w:rsidP="00757FA8">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правовий статус добровольчих формувань у початковій фазі війни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77250D29" w14:textId="56A042C9" w:rsidR="00757FA8" w:rsidRPr="00757FA8" w:rsidRDefault="00757FA8" w:rsidP="00757FA8">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Громадянська війна в Сирії як багатошаровий інтернаціоналізований конфлікт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6376D7E0" w14:textId="04897B00" w:rsidR="00757FA8" w:rsidRPr="00757FA8" w:rsidRDefault="00757FA8" w:rsidP="00757FA8">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правовий режим «сірої зони» в умовах гібридної війни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F40E94" w14:textId="5042B1D2" w:rsidR="00757FA8" w:rsidRPr="00757FA8" w:rsidRDefault="00757FA8" w:rsidP="00757FA8">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Транскордонні удари Ізраїлю по об’єктах Хезболли в Лівані</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5330F524" w14:textId="19978385" w:rsidR="00757FA8" w:rsidRPr="00757FA8" w:rsidRDefault="00757FA8" w:rsidP="00757FA8">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Критерій тривалості та інтенсивності насильства у конфліктах у Сахелі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67028FCB" w14:textId="3BFE7B7E" w:rsidR="00757FA8" w:rsidRPr="00757FA8" w:rsidRDefault="00757FA8" w:rsidP="00757FA8">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правовий статус територій під контролем невизнаних утворень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C46FD4F" w14:textId="3CB1BF27" w:rsidR="00757FA8" w:rsidRPr="00757FA8" w:rsidRDefault="00757FA8" w:rsidP="00757FA8">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Транскордонні операції Туреччини проти курдських формувань в Іраку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A70A4DB" w14:textId="6455823A" w:rsidR="00757FA8" w:rsidRPr="00757FA8" w:rsidRDefault="00757FA8" w:rsidP="00757FA8">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Критерії участі третіх держав у конфлікті через постачання зброї</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08151A5D" w14:textId="08D3A501" w:rsidR="009F1822" w:rsidRPr="00757FA8" w:rsidRDefault="00757FA8" w:rsidP="00757FA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="0" w:right="108" w:firstLine="567"/>
-[...4 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Арктика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>як новий фронт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>ілітаризація північних торгових шляхів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6DDE52" w14:textId="56356F4B" w:rsidR="00757FA8" w:rsidRPr="00757FA8" w:rsidRDefault="00757FA8" w:rsidP="00757FA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:lang w:val="ru-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тайванська протока: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>кономічні наслідки потенційної блокади для світового ринку напівпровідників</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757FA8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7B911C30" w14:textId="1517DD27" w:rsidR="00296B9F" w:rsidRPr="00BA649F" w:rsidRDefault="00296B9F" w:rsidP="00BA649F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="0" w:right="108" w:firstLine="567"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000207"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA649F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000207"/>
         </w:rPr>
         <w:t>Рекомендовано підготувати коротку доповідь</w:t>
       </w:r>
       <w:r w:rsidR="00BA649F" w:rsidRPr="00BA649F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000207"/>
         </w:rPr>
@@ -707,110 +1015,103 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="000207"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FFE31C0" w14:textId="77777777" w:rsidR="00EF1B0E" w:rsidRDefault="00EF1B0E" w:rsidP="00BA649F">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EF1B0E" w:rsidSect="0051494E">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="035A5146"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="691E3D82"/>
+    <w:tmpl w:val="01047802"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="180"/>
@@ -1498,116 +1799,117 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2076974255">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="543295411">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1719938698">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1429502132">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1322350752">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1981878792">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="128"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="118"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D179B9"/>
     <w:rsid w:val="0020117F"/>
     <w:rsid w:val="0028435F"/>
     <w:rsid w:val="00296B9F"/>
     <w:rsid w:val="002B1A38"/>
     <w:rsid w:val="00340447"/>
     <w:rsid w:val="0051494E"/>
     <w:rsid w:val="005F12B2"/>
     <w:rsid w:val="007518F4"/>
+    <w:rsid w:val="00757FA8"/>
     <w:rsid w:val="007D7B21"/>
     <w:rsid w:val="00841E0C"/>
     <w:rsid w:val="009075FE"/>
     <w:rsid w:val="009F1822"/>
     <w:rsid w:val="00A74C21"/>
     <w:rsid w:val="00AE4493"/>
     <w:rsid w:val="00BA649F"/>
     <w:rsid w:val="00C21F7C"/>
     <w:rsid w:val="00D179B9"/>
     <w:rsid w:val="00D21E0A"/>
     <w:rsid w:val="00D50B85"/>
     <w:rsid w:val="00EF1B0E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4C24DF6A"/>
   <w15:docId w15:val="{4B0F8ECC-54EE-CA4A-89AB-2C93BA09E3BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2284,98 +2586,123 @@
       <w:szCs w:val="16"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0051494E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA649F"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-UA" w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="123737950">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="714505453">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="999888642">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1899969651">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1923179077">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -2643,70 +2970,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1411</Characters>
+  <Pages>2</Pages>
+  <Words>349</Words>
+  <Characters>1993</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1655</CharactersWithSpaces>
+  <CharactersWithSpaces>2338</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>