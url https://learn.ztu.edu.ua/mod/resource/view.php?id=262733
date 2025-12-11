--- v0 (2025-10-24)
+++ v1 (2025-12-11)
@@ -51,62 +51,52 @@
     </w:p>
     <w:p w14:paraId="01DE1F03" w14:textId="47969948" w:rsidR="00D0436F" w:rsidRPr="00AD360E" w:rsidRDefault="00D57FFC" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">инкове середовище функціонування </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>инкове середовище функціонування медіапідприємств</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7A4F386B" w14:textId="77777777" w:rsidR="00B4163E" w:rsidRPr="00AD360E" w:rsidRDefault="00B4163E" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22144AC8" w14:textId="540C636D" w:rsidR="00D0436F" w:rsidRPr="00AD360E" w:rsidRDefault="00D0436F" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:b/>
@@ -684,172 +674,108 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> є не тільки ретранслятором, але й ефективним механізмом цілеспрямованого формування суспільної думки, що використовує свої комунікаційні засоби та можливості.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A4ED6C0" w14:textId="77777777" w:rsidR="004A0EA3" w:rsidRPr="00AD360E" w:rsidRDefault="0091170F" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ринок характеризується видом товару. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> є нетиповою, оскільки виробляє один продукт, який одночасно пропонується на двох ринках </w:t>
+        <w:t xml:space="preserve">Ринок характеризується видом товару. Медіаіндустрія є нетиповою, оскільки виробляє один продукт, який одночасно пропонується на двох ринках </w:t>
       </w:r>
       <w:r w:rsidR="004A0EA3" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> товарів і послуг. Таким чином, медіа діють на </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>здвоєному ринку товарів і послуг</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, який називається також ринок подвійного </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">, який називається також ринок подвійного медіапродукту. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28FEEECD" w14:textId="77777777" w:rsidR="00F70D86" w:rsidRPr="00AD360E" w:rsidRDefault="0091170F" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Здвоєний ринок товарів і послуг</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – найсуттєвіша характеристика </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> – найсуттєвіша характеристика медіаіндустрії, що відрізняє її від інших галузей сучасної економіки. Перший ринок, на якому діють медіапідприємства </w:t>
       </w:r>
       <w:r w:rsidR="004A0EA3" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> це ринок товарів. На ньому в якості товару виступає зміст </w:t>
       </w:r>
       <w:r w:rsidR="004A0EA3" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -1089,297 +1015,217 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">язані з професійною діяльністю, або з особистими інтересами. </w:t>
       </w:r>
       <w:r w:rsidR="00801966" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Таким чином</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, товар </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> в сучасних умовах об’єднує</w:t>
+        <w:t>, товар медіапідприємств в сучасних умовах об’єднує</w:t>
       </w:r>
       <w:r w:rsidR="00801966" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> зміст, думки (ідеї), розваги і знання</w:t>
       </w:r>
       <w:r w:rsidR="00D029B8" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24D5DE37" w14:textId="77777777" w:rsidR="008C6F21" w:rsidRPr="00AD360E" w:rsidRDefault="00801966" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Показово, що для більшої частини аудиторії зміст </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> необхідний саме як комплексний продукт, що включає в себе ці основні компоненти. Слід особливо обумовити, що реклама в даній схемі невід</w:t>
+        <w:t>Показово, що для більшої частини аудиторії зміст медіапродукту необхідний саме як комплексний продукт, що включає в себе ці основні компоненти. Слід особливо обумовити, що реклама в даній схемі невід</w:t>
       </w:r>
       <w:r w:rsidR="008C6F21" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ємно входить в поняття змісту. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72E2F5A7" w14:textId="5FCA67B8" w:rsidR="008C6F21" w:rsidRPr="00AD360E" w:rsidRDefault="00801966" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Другий ринок, на якому конкурують </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Другий ринок, на якому конкурують медіапідприємства, </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6F21" w:rsidRPr="00AD360E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіапідприємства</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> це </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C4C67">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ринок послуг</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">. В умовах ринкової економіки реклама виступає однією з найважливіших рушійних сил процесу споживання, що веде до розвитку виробництва і як результат </w:t>
       </w:r>
       <w:r w:rsidR="008C6F21" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> це </w:t>
-[...6 lines deleted...]
-        <w:t>ринок послуг</w:t>
+        <w:t xml:space="preserve"> до економічного зростання. Немає сумніву, що реклама </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6F21" w:rsidRPr="00AD360E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. В умовах ринкової економіки реклама виступає однією з найважливіших рушійних сил процесу споживання, що веде до розвитку виробництва і як результат </w:t>
+        <w:t xml:space="preserve"> один з видів комунікативної діяльності, що зачіпає відносини виробника і споживача, і тому її існування об</w:t>
       </w:r>
       <w:r w:rsidR="008C6F21" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>–</w:t>
+        <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> до економічного зростання. Немає сумніву, що реклама </w:t>
+        <w:t>єктивн</w:t>
       </w:r>
       <w:r w:rsidR="008C6F21" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>–</w:t>
+        <w:t>е</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> один з видів комунікативної діяльності, що зачіпає відносини виробника і споживача, і тому її існування об</w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> реклама виступає найважливішим джерелом фінансування, хоча різні медіа мають різні характеристики в якості носіїв реклами, і, відповідно, на ринку реклами конкурують різним чином.</w:t>
+        <w:t>. Однак оцінювати рекламу тільки через показники економічного зростання недостатньо. Її вплив на суспільство багатогранний і неоднозначний. Реклама не просто формує або, точніше, коригує попит. Для медіаіндустрії реклама виступає найважливішим джерелом фінансування, хоча різні медіа мають різні характеристики в якості носіїв реклами, і, відповідно, на ринку реклами конкурують різним чином.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40652B32" w14:textId="72F9DF8C" w:rsidR="008C6F21" w:rsidRPr="00AD360E" w:rsidRDefault="00801966" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Значна частина </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> діє на ринку послуг, надаючи послуги рекламодавцям шляхом організації їх доступу до цільових аудиторій або створення аудиторій, які потім «продають» рекламодавцям. Тобто, рекламодавцям продається не площа в газеті чи секунди в телепрограмі, а, </w:t>
+        <w:t xml:space="preserve">Значна частина медіапідприємств діє на ринку послуг, надаючи послуги рекламодавцям шляхом організації їх доступу до цільових аудиторій або створення аудиторій, які потім «продають» рекламодавцям. Тобто, рекламодавцям продається не площа в газеті чи секунди в телепрограмі, а, </w:t>
       </w:r>
       <w:r w:rsidR="008C6F21" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>насамперед</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, доступ до аудиторії.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07EEAA20" w14:textId="74835148" w:rsidR="00F658F6" w:rsidRPr="00AD360E" w:rsidRDefault="00801966" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1444,111 +1290,79 @@
         <w:t>є</w:t>
       </w:r>
       <w:r w:rsidR="008C6F21" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>кти, які максимально ефективні з точки зору використання їх як рекламо- і PR-носіїв, а також носії технологій лобізму.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7605DDD0" w14:textId="6CD2401F" w:rsidR="00F658F6" w:rsidRPr="00AD360E" w:rsidRDefault="008C6F21" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Не всі медіа діють на ринку реклами. Присутність </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Не всі медіа діють на ринку реклами. Присутність медіапідприємства на рекламному ринку – необов</w:t>
+      </w:r>
+      <w:r w:rsidR="00F658F6" w:rsidRPr="00AD360E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіапідприємства</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>язковий принцип діяльності. Частина медіа фінансується тільки за рахунок продажів змісту, ще одна частина економічно спирається на спонсорську підтримку, наприклад, суспільне мовлення або некомерційні медіа. Навіть ті компанії, які відмовляються від реклами, все одно конкурують на ринку змісту з іншими підприємствами. Ця обставина ускладнює умови конкуренції, оскільки кошти, що залучаються з рекламного ринку, дозволяють проводити або закуповувати більш якісні ресурси, тим самим змушуючи некомерційні підприємства здійснювати пошук додаткових шляхів неринкової конкуренції. Наприклад, залучення державних субсидій або використання більш тісних зв</w:t>
+      </w:r>
+      <w:r w:rsidR="00F658F6" w:rsidRPr="00AD360E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на рекламному ринку – необов</w:t>
-[...43 lines deleted...]
-        <w:t>. Навіть ті підприємства, які майже на ньому не діють, відчувають його непрямий вплив через конкуренцію на ринку змісту, враховуючи тим самим існування ринку реклами.</w:t>
+        <w:t>язків з політичною елітою для створення привілейованих умов. Відповідно, існування рекламного ринку, що є найважливішою особливістю медіаекономіки, сьогодні впливає на всю медіаіндустрію. Навіть ті підприємства, які майже на ньому не діють, відчувають його непрямий вплив через конкуренцію на ринку змісту, враховуючи тим самим існування ринку реклами.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35597CBD" w14:textId="5A1B7D9B" w:rsidR="00801966" w:rsidRPr="00AD360E" w:rsidRDefault="008C6F21" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ще один важливий аспект конкуренції на рекламному медіаринку виявляється при порівнянні різних медіа з точки зору їх «однаковості», або замінності. Хоча медіа є найбільш поширеними засобами розповсюдження реклами, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1572,67 +1386,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Рекламодавець вибирає не тільки між газетами, журналами, телебаченням, радіо, кіно, книгами, Інтернетом, а й між медіа та іншими носіями реклами. Сьогодні рекламні повідомлення можна зустріти на щитах і плакатах, упаковках продуктів, громадському транспорті, на електронних табло, встановлених в громадському середовищі. Таким чином, різні медіа конкурують за рекламу між собою і з іншими засобами реклами.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C479E7A" w14:textId="77777777" w:rsidR="00800FEF" w:rsidRPr="00AD360E" w:rsidRDefault="00F658F6" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Категорія «замінності» для медіа важлива, оскільки враховує подвійну природу медіаринку, запити аудиторії, специфічну роль, яку в </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> відіграє реклама. Незважаючи на те, що в широкому сенсі всі медіа надають інформацію, думки і розваги, кожне з них робить це своїм особливим чином. Різні медіа – не абсолютно взаємозамінні товари, а конкуренція між ними не є завжди однаковою і абсолютною. Наприклад, багато досліджень вказують на думку аудиторії, що газетам </w:t>
+        <w:t xml:space="preserve">Категорія «замінності» для медіа важлива, оскільки враховує подвійну природу медіаринку, запити аудиторії, специфічну роль, яку в медіаіндустрії відіграє реклама. Незважаючи на те, що в широкому сенсі всі медіа надають інформацію, думки і розваги, кожне з них робить це своїм особливим чином. Різні медіа – не абсолютно взаємозамінні товари, а конкуренція між ними не є завжди однаковою і абсолютною. Наприклад, багато досліджень вказують на думку аудиторії, що газетам </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">і журналам в більшій мірі притаманні інформаційні та ідейні функції, а аудіовізуальним медіа </w:t>
       </w:r>
       <w:r w:rsidR="00800FEF" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> розважальні. Але навіть між носіями схожого контенту не існує повної замінності, оскільки кожен має свої терміни та періодичність виходу, технологічні можливості, форми відображення, інтерпретації та подачі до інформації. Навіть, якщо йдеться про передачу ідентичного контенту. Телебачення і кабельні мережі транслюють нові кінофільми, але, як правило, після того, як відбулися покази на екранах кінотеатрів. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F90A21D" w14:textId="77777777" w:rsidR="00800FEF" w:rsidRPr="00AD360E" w:rsidRDefault="00F658F6" w:rsidP="001923A3">
@@ -1683,122 +1481,90 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> це зникнення технологічних відмінностей між продуктами чи видами бізнесу, в результаті чого вони стають більш схожими за своїм використанням та функціями. Особливістю конвергенції є те, що об’єднуються не тільки окремі напрями створення цінностей, ЗМІ та інформаційні технології, але й зближуються ринки та самі технології. Вона супроводжується зміною смаків користувачів </w:t>
       </w:r>
       <w:r w:rsidR="00800FEF" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> споживачів таких послуг. Це призводить до більш широкого застосування ними особистих інформаційних та комунікативних інструментів. З цим пов’язана персоналізація та індивідуалізація </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, доповнена сукупністю інформаційних </w:t>
+        <w:t xml:space="preserve"> споживачів таких послуг. Це призводить до більш широкого застосування ними особистих інформаційних та комунікативних інструментів. З цим пов’язана персоналізація та індивідуалізація медіапродуктів, доповнена сукупністю інформаційних </w:t>
       </w:r>
       <w:r w:rsidR="00800FEF" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> комунікаційних засобів. Ці процеси і</w:t>
       </w:r>
       <w:r w:rsidR="00800FEF" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> створюють певну тенденцію у формуванні смаків у інформаційному суспільстві, а згодом перетворюють тенденцію в закономірний процес, оскільки підприємство з однієї сторони, здійснює інтеграцію функцій, а з іншої – створює інтегровані інформаційні та комунікаційні пропозиції, що призводить до збільшення використання цих засобів споживачами, завдяки покращеним можливостям взаємодії суб’єктів мережі. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E2F8073" w14:textId="4ABCAA86" w:rsidR="00D50553" w:rsidRPr="00AD360E" w:rsidRDefault="00800FEF" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Для </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> персоналізація стає конкурентною перевагою, особливо тому, що вони вступають у взаємовідносини зі споживачем. Вона вимагає довіри зі сторони споживачів та їх бажання співпрацювати. Вимоги до освоєння та ефективної конкурентної боротьби на медіа- та Інтернет ринках залишаються високими, оскільки поряд з фінансовим потенціалом, підприємство </w:t>
+        <w:t xml:space="preserve">Для медіапідприємств персоналізація стає конкурентною перевагою, особливо тому, що вони вступають у взаємовідносини зі споживачем. Вона вимагає довіри зі сторони споживачів та їх бажання співпрацювати. Вимоги до освоєння та ефективної конкурентної боротьби на медіа- та Інтернет ринках залишаються високими, оскільки поряд з фінансовим потенціалом, підприємство </w:t>
       </w:r>
       <w:r w:rsidR="00D50553" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">має </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">володіти ноу-хау у трьох сферах: інформації, збуті, технології. В останні роки спостерігається тенденція до об’єднання підприємств та створення </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">союзів на міжнародних </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD360E">
@@ -1852,129 +1618,65 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D50553" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>насамперед,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> конкретні </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> конкретні медіаіндустрії та медіаринки, поведінку виробників і споживачів медіапродуктів. Однак важливо пам</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50553" w:rsidRPr="00AD360E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіаіндустрії</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">, яка через специфіку </w:t>
+        <w:t xml:space="preserve">ятати, що на мікроекономічні фактори прямим чином впливають явища макроекономічного порядку. Це справедливо для всіх сфер економіки, але подвійно це справедливо для медіаіндустрії, яка через специфіку </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>медіатовару</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> особливим чином включена в суспільне життя і макроекономічні процеси.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5227E4A0" w14:textId="77777777" w:rsidR="00FD26C7" w:rsidRPr="00AD360E" w:rsidRDefault="00800FEF" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2208,224 +1910,154 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> планувати ресурси відповідно до планованих обсягів пропозиції. Саме тип споживання друкованих ЗМІ призводить до виникнення найважливішої закономірності друкованої індустрії як індустрії з високою вартістю першої копії. Саме тип споживання аудіовізуальних ЗМІ дозволяє їм створювати масову аудиторію, залучати величезні кошти рекламодавців і, в кінцевому підсумку, відмовитися від прямого фінансування глядачами (в разі комерційного ТБ).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B4A846E" w14:textId="52A5F193" w:rsidR="00AB60E4" w:rsidRPr="00AD360E" w:rsidRDefault="00844752" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Економічний розвиток </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> суттєво залежить від рекламодавців, оскільки продаж продукції традиційних і електронних ЗМІ не покриває витрат на її виробництво. Продаж реклами під час демонстрації фільмів, спортивних та інших передач гарантує надійні надходження доходів.</w:t>
+        <w:t>Економічний розвиток медіаіндустрії суттєво залежить від рекламодавців, оскільки продаж продукції традиційних і електронних ЗМІ не покриває витрат на її виробництво. Продаж реклами під час демонстрації фільмів, спортивних та інших передач гарантує надійні надходження доходів.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48BDF94E" w14:textId="77777777" w:rsidR="00AB60E4" w:rsidRPr="00AD360E" w:rsidRDefault="00844752" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">В процесі розвитку </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> слід враховувати необхідність узгодження інтересів держави, </w:t>
+        <w:t xml:space="preserve">В процесі розвитку медіаіндустрії слід враховувати необхідність узгодження інтересів держави, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>медіакомпаній</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, рекламодавців, споживачів. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Медіасфера</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> є географічним кластером, що утворюється в певних границях, має суттєвий вплив на формування національної свідомості, тому підлягає державному регулюванню і має отримувати підтримку з боку держави. В даний час медіабізнес домінує в економіці за рівнем наукоємності та ефективності. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2B61FB" w14:textId="77777777" w:rsidR="00981AD4" w:rsidRDefault="00844752" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Досвід США свідчить про перетворення </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> в виробництво з високою нормою прибутку, що працює на ринкових засадах і постійно нарощує обсяги послуг типу «</w:t>
+        <w:t>Досвід США свідчить про перетворення медіаіндустрії в виробництво з високою нормою прибутку, що працює на ринкових засадах і постійно нарощує обсяги послуг типу «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>інфотейнмент</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="00981AD4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00981AD4" w:rsidRPr="00981AD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>І</w:t>
-[...21 lines deleted...]
-        <w:t>ом</w:t>
+        <w:t>Інфотейнментом</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00981AD4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> називають </w:t>
       </w:r>
       <w:r w:rsidR="00981AD4" w:rsidRPr="00981AD4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>спосіб подачі інформації, як правило візуальний, коли у корисну</w:t>
       </w:r>
       <w:r w:rsidR="00981AD4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00981AD4" w:rsidRPr="00981AD4">
         <w:rPr>
@@ -2435,181 +2067,142 @@
         <w:t xml:space="preserve"> але не надто цікаву інформацію додають розважальну</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C82B281" w14:textId="0E5A814D" w:rsidR="00AB60E4" w:rsidRPr="00AD360E" w:rsidRDefault="00844752" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Суттєвими особливостями відрізняються європейські </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, вивченню досвіду яких сьогодні присвячується багато публікацій. Суспільне мовлення в країнах Європи представлене </w:t>
+        <w:t xml:space="preserve">Суттєвими особливостями відрізняються європейські медіасистеми, вивченню досвіду яких сьогодні присвячується багато публікацій. Суспільне мовлення в країнах Європи представлене </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">компаніями, які віддають «перевагу потребам суспільства і колективним сподіванням громадян перед індивідуальними правами, свободою споживача і ринковими механізмами». </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FB07546" w14:textId="74D9CFAA" w:rsidR="00AB60E4" w:rsidRPr="00AD360E" w:rsidRDefault="00844752" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В директивах ЄС містяться заходи, що регулюють </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>медіапослуги</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, форми власності, процеси концентрації, конкуренції і фінансової державної підтримки у </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">, форми власності, процеси концентрації, конкуренції і фінансової державної підтримки у медіасфері. Крім того ЄС визначає загальні пріоритети у цій сфері (стимулювання розвитку </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB60E4" w:rsidRPr="00AD360E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Інтернет</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіасфері</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, мобільної телефонії, цифрових послуг). Важливою проблемою також є захист інтелектуальної власності за принципами Всесвітньої організації по захисту авторських прав і </w:t>
       </w:r>
       <w:r w:rsidR="00644DC9" w:rsidRPr="00644DC9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Світов</w:t>
       </w:r>
       <w:r w:rsidR="00644DC9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ої</w:t>
       </w:r>
       <w:r w:rsidR="00644DC9" w:rsidRPr="00644DC9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> організаці</w:t>
       </w:r>
       <w:r w:rsidR="00644DC9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ї</w:t>
       </w:r>
       <w:r w:rsidR="00644DC9" w:rsidRPr="00644DC9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> торгівлі</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> торгівлі </w:t>
       </w:r>
       <w:r w:rsidR="00644DC9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>СОТ</w:t>
       </w:r>
       <w:r w:rsidR="00644DC9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2682,67 +2275,51 @@
         <w:t>, стають:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="244748E9" w14:textId="77777777" w:rsidR="00A872E6" w:rsidRPr="00AD360E" w:rsidRDefault="00A872E6" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>– </w:t>
       </w:r>
       <w:r w:rsidR="00844752" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">комерціалізація, конвергенція </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, поява на медіаринку ТНК і компаній змішаних форм власності; </w:t>
+        <w:t xml:space="preserve">комерціалізація, конвергенція медіаіндустрій, поява на медіаринку ТНК і компаній змішаних форм власності; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D1D40B4" w14:textId="2CA78327" w:rsidR="00A872E6" w:rsidRPr="00AD360E" w:rsidRDefault="00A872E6" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>– </w:t>
       </w:r>
       <w:r w:rsidR="00844752" w:rsidRPr="00AD360E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">європейська інтеграція у сфері медіабізнесу і </w:t>
@@ -3442,69 +3019,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>часто воно призводить до втрати редакцією своєї незалежності.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CDEAD9F" w14:textId="4ED63647" w:rsidR="00343C65" w:rsidRPr="00343C65" w:rsidRDefault="00343C65" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343C65">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Професійний рівень працівників </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> багато в чому визначається</w:t>
+        <w:t>Професійний рівень працівників медіаіндустрії багато в чому визначається</w:t>
       </w:r>
       <w:r w:rsidR="00C60704">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C60704">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ринком </w:t>
       </w:r>
       <w:r w:rsidR="00C60704" w:rsidRPr="00C60704">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -3886,71 +3445,59 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3) </w:t>
       </w:r>
       <w:r w:rsidR="00C60704" w:rsidRPr="0061676B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ринок співробітників для</w:t>
       </w:r>
       <w:r w:rsidRPr="0061676B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C60704" w:rsidRPr="0061676B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіапідприємств</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">, фахівців у сфері </w:t>
+        <w:t xml:space="preserve">медіапідприємств, фахівців у сфері </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C60704" w:rsidRPr="0061676B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>медіаменеджменту</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – з</w:t>
       </w:r>
       <w:r w:rsidR="00C60704" w:rsidRPr="00C60704">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
@@ -4665,69 +4212,51 @@
         </w:rPr>
         <w:t>– </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD5250">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>матеріали, що забезпечують виконання професійних функцій та</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD5250">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">діяльність </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>діяльність медіапідприємств.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00CED58A" w14:textId="38CA1733" w:rsidR="00CD5250" w:rsidRPr="00CD5250" w:rsidRDefault="00CD5250" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD5250">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ринок інформації</w:t>
       </w:r>
@@ -4831,67 +4360,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD5250">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>новин. Новини можуть поставляти штатні та позаштатні співробітники</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD5250">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіапідприємств</w:t>
-[...8 lines deleted...]
-        <w:t>, споживачі контенту, спеціалізовані джерела, державні та</w:t>
+        <w:t>медіапідприємств, споживачі контенту, спеціалізовані джерела, державні та</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD5250">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>приватні структури. Це стосується різноманітної соціальної, наукової,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5077,69 +4596,51 @@
         <w:t>медіакомпанії</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD5250">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> привертають увагу аудиторії до</w:t>
       </w:r>
       <w:r w:rsidR="00023047">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD5250">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">виробленого </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. Все, що їх оточує, сприяє обміну </w:t>
+        <w:t xml:space="preserve">виробленого медіапродукту. Все, що їх оточує, сприяє обміну </w:t>
       </w:r>
       <w:r w:rsidR="00023047">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD5250">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> продажу та</w:t>
       </w:r>
       <w:r w:rsidR="00023047">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5472,103 +4973,67 @@
         <w:t>медіапродукти</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD5250">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>; визначення</w:t>
       </w:r>
       <w:r w:rsidR="00023047">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD5250">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">особливостей та умов споживання окремих </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>особливостей та умов споживання окремих медіапродуктів; збір аналіз статистичної</w:t>
+      </w:r>
+      <w:r w:rsidR="00023047">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00CD5250">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіапродуктів</w:t>
-[...42 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>інформації, що відображає діяльність медіаіндустрії.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="545FE709" w14:textId="77777777" w:rsidR="00023047" w:rsidRPr="00023047" w:rsidRDefault="00023047" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08F00CF1" w14:textId="7C2D1F3D" w:rsidR="00023047" w:rsidRPr="00023047" w:rsidRDefault="00023047" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -5826,67 +5291,57 @@
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Вплив трансформації суспільства на медіаринок</w:t>
       </w:r>
       <w:r w:rsidR="00BD2500" w:rsidRPr="00BD2500">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BD2500">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C5106C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Медіаіндустрія</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> об’єднує сфери економіки, які в сучасному суспільстві</w:t>
+        <w:t>Медіаіндустрія об’єднує сфери економіки, які в сучасному суспільстві</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C5106C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>зазнають найбільших змін. Їх роль в інформаційному суспільстві надзвичайно</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6084,117 +5539,95 @@
       </w:r>
       <w:r w:rsidR="00BD2500">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
       <w:r w:rsidRPr="00C5106C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">езультатом чого є </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD2500">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">істотна зміна </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>істотна зміна медіаіндустрії</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C5106C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4073CD62" w14:textId="085BB003" w:rsidR="00C5106C" w:rsidRPr="00C5106C" w:rsidRDefault="00C5106C" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C5106C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>В індустріальному суспільстві головним товаром медіа була аудиторія, яку</w:t>
       </w:r>
       <w:r w:rsidR="00BD2500">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C5106C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіаіндустрія</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> конструювала для продажу рекламодавцям. </w:t>
+        <w:t xml:space="preserve">медіаіндустрія конструювала для продажу рекламодавцям. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C5106C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Медіаменеджмент</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BD2500">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C5106C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -6455,69 +5888,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C5106C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>секторів, насамперед освіти і ЗМІ, кастомізації споживання. Особливо відчутними</w:t>
       </w:r>
       <w:r w:rsidR="00B765D1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B765D1" w:rsidRPr="00B765D1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ці зміни виявилися для </w:t>
-[...17 lines deleted...]
-        <w:t>. Масова аудиторія стала сегментуватися за</w:t>
+        <w:t>ці зміни виявилися для медіаіндустрії. Масова аудиторія стала сегментуватися за</w:t>
       </w:r>
       <w:r w:rsidR="00B765D1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B765D1" w:rsidRPr="00B765D1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>соціальним</w:t>
       </w:r>
       <w:r w:rsidR="00B765D1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
@@ -6625,69 +6040,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B765D1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Індивідуалізація вибору та збільшення вибірковості стали визначати</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B765D1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">поведінку аудиторії, що, у свою чергу змінило </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>поведінку аудиторії, що, у свою чергу змінило медіаіндустрію.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B765D1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Розробка та прийняття єдиних регулюючих норм для всіх суб’єктів</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7230,67 +6627,57 @@
       </w:r>
       <w:r w:rsidR="00E43504">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE08B1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Але по мірі заповнення «ніш» на медіаринку, вплив технологій на</w:t>
       </w:r>
       <w:r w:rsidR="00E43504">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EE08B1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіасистеми</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> ставав більш складним і опосередкованим. </w:t>
+        <w:t xml:space="preserve">медіасистеми ставав більш складним і опосередкованим. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D8144AC" w14:textId="21707954" w:rsidR="00EE08B1" w:rsidRPr="00EE08B1" w:rsidRDefault="00EE08B1" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EE08B1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Медіатехнології</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E43504">
         <w:rPr>
@@ -7474,106 +6861,82 @@
       </w:r>
       <w:r w:rsidR="00E43504">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE08B1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>практиці реалізувалося у комп’ютеризації процесів виробництва і поширення</w:t>
       </w:r>
       <w:r w:rsidR="00E43504">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EE08B1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіапродукту</w:t>
-[...8 lines deleted...]
-        <w:t>, переведення контенту в цифрову форму.</w:t>
+        <w:t>медіапродукту, переведення контенту в цифрову форму.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12BBEDCD" w14:textId="74F39186" w:rsidR="00E43504" w:rsidRDefault="00EE08B1" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E43504">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Найважливіші технологічні зміни </w:t>
-[...14 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Найважливіші технологічні зміни медіаіндустрії</w:t>
+      </w:r>
       <w:r w:rsidRPr="00EE08B1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, які виникли завдяки</w:t>
       </w:r>
       <w:r w:rsidR="00E43504">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE08B1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">застосуванню Інтернет, </w:t>
       </w:r>
       <w:r w:rsidR="00E43504">
@@ -8417,96 +7780,68 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="009F3927">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>В умовах зміни економічних парадигм ЗМІ, слід приділити особливу увагу</w:t>
       </w:r>
       <w:r w:rsidRPr="001923A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F3927">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">традиційним і новим джерелам доходів </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>традиційним і новим джерелам доходів медіаіндустрії.</w:t>
       </w:r>
       <w:r w:rsidR="00EF2BCE" w:rsidRPr="001923A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF2BCE" w:rsidRPr="00EF2BCE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Звичайно, найбільше доходів </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Звичайно, найбільше доходів медіаіндустрії</w:t>
+      </w:r>
       <w:r w:rsidR="00EF2BCE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> пов’язане з </w:t>
       </w:r>
       <w:r w:rsidR="00EF2BCE" w:rsidRPr="00EF2BCE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>рекламою</w:t>
       </w:r>
       <w:r w:rsidR="00EF2BCE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
@@ -9222,51 +8557,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>» і те, що поява</w:t>
       </w:r>
       <w:r w:rsidR="001923A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C54E38">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>банера контролюється не користувачем, а маркетинговим агентством.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163767AD" w14:textId="1618B167" w:rsidR="00C54E38" w:rsidRPr="00C54E38" w:rsidRDefault="00C54E38" w:rsidP="001923A3">
+    <w:p w14:paraId="25932184" w14:textId="516EB0E3" w:rsidR="001923A3" w:rsidRPr="001923A3" w:rsidRDefault="00C54E38" w:rsidP="001923A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C54E38">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Джерела цільової реклами, навпаки, з</w:t>
       </w:r>
       <w:r w:rsidR="001923A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
@@ -9305,86 +8640,92 @@
       </w:r>
       <w:r w:rsidRPr="00C54E38">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>рекламується. Саме це дозволяє диференціювати інтернет-рекламу від реклами в</w:t>
       </w:r>
       <w:r w:rsidR="001923A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C54E38">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>традиційних ЗМІ.</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00765ADF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C54E38">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Поряд з цими найбільш старими видами реклами все більшого поширення</w:t>
       </w:r>
       <w:r w:rsidR="001923A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C54E38">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">набувають специфічні види інтернет-реклами </w:t>
-      </w:r>
+        <w:t xml:space="preserve">набувають специфічні </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212337009"/>
+      <w:r w:rsidRPr="00C54E38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">види інтернет-реклами </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="001923A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00C54E38">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C54E38">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pop-up</w:t>
       </w:r>
@@ -9411,50 +8752,51 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C54E38">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>media</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C54E38">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">». </w:t>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk212336955"/>
       <w:r w:rsidRPr="001923A3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="001923A3" w:rsidRPr="001923A3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
@@ -9462,50 +8804,51 @@
       <w:r w:rsidRPr="001923A3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>op-up</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001923A3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00C54E38">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> багато користувачів вважають занадто дратівливим, однак при</w:t>
       </w:r>
       <w:r w:rsidR="001923A3" w:rsidRPr="001923A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C54E38">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>підрахунку «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -9528,50 +8871,51 @@
       </w:r>
       <w:r w:rsidR="001923A3" w:rsidRPr="001923A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C54E38">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>частіше, ніж на звичайні банери</w:t>
       </w:r>
       <w:r w:rsidR="001923A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk212336967"/>
       <w:r w:rsidR="001923A3" w:rsidRPr="005D4DDB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="001923A3" w:rsidRPr="005D4DDB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001923A3" w:rsidRPr="005D4DDB">
         <w:rPr>
           <w:b/>
@@ -9593,50 +8937,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001923A3" w:rsidRPr="005D4DDB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>media</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001923A3" w:rsidRPr="005D4DDB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="001923A3" w:rsidRPr="001923A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – інтегрує анімацію і рухоме зображення, від чого і отримав свою назву. З точки зору споживача він більш видовищний і</w:t>
       </w:r>
       <w:r w:rsidR="001923A3" w:rsidRPr="001923A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001923A3" w:rsidRPr="001923A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>графічно багатий. Останнім часом цей тип інтернет-реклами набуває все більшої</w:t>
       </w:r>
@@ -10743,61 +10088,58 @@
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>виглядає штучною вставкою. Тому реклама часто інтегрується в контекст видання</w:t>
       </w:r>
       <w:r w:rsidR="00AA295D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidR="00AA295D" w:rsidRPr="00765ADF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>наприклад</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AA295D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> нативна реклама). З</w:t>
       </w:r>
       <w:r w:rsidR="00AA295D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>’</w:t>
@@ -10952,133 +10294,105 @@
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Концепція інформаційного суспільства заснована на зростанні пропозиції</w:t>
       </w:r>
       <w:r w:rsidR="00AA295D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіаконтенту</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>медіаконтенту та інформаційних послуг. Однак час, що відводиться користувачами на</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA295D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> та інформаційних послуг. Однак час, що відводиться користувачами на</w:t>
+        <w:t>споживання інформації, збільшується непропорційно темпам росту контенту. Лише</w:t>
       </w:r>
       <w:r w:rsidR="00AA295D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>споживання інформації, збільшується непропорційно темпам росту контенту. Лише</w:t>
+        <w:t>третина доби відводиться на дозвілля, форми якого стають все більш різноманітними.</w:t>
       </w:r>
       <w:r w:rsidR="00AA295D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>третина доби відводиться на дозвілля, форми якого стають все більш різноманітними.</w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> все частіше називають </w:t>
+        <w:t xml:space="preserve">Саме тому медіаіндустрію все частіше називають </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA295D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>індустрію вільного часу</w:t>
       </w:r>
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Медіа</w:t>
       </w:r>
       <w:r w:rsidR="00AA295D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
@@ -11102,167 +10416,103 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>подорожами та іншими видами дозвілля. Процес концентрації в медіабізнесі змінює</w:t>
       </w:r>
       <w:r w:rsidR="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">напрям, призводячи до створення діагональних </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>напрям, призводячи до створення діагональних медіаформ, що включають</w:t>
+      </w:r>
+      <w:r w:rsidR="008318D7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіаформ</w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> та суміжні з ними зі сфер масової культури і розваг.</w:t>
+        <w:t>медіапідприємства та суміжні з ними зі сфер масової культури і розваг.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4375C7E1" w14:textId="3FBE3BF0" w:rsidR="0079169B" w:rsidRPr="0079169B" w:rsidRDefault="0079169B" w:rsidP="0079169B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Основна конкуренція в </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Основна конкуренція в медіасфері розгортається не стільки за аудиторію як</w:t>
+      </w:r>
+      <w:r w:rsidR="008318D7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіасфері</w:t>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> та за вільний час.</w:t>
+        <w:t>таку, скільки за її увагу до конкретних медіапродуктів та за вільний час.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153CEC50" w14:textId="77777777" w:rsidR="008318D7" w:rsidRPr="008318D7" w:rsidRDefault="0079169B" w:rsidP="008318D7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Трансформація </w:t>
       </w:r>
       <w:r w:rsidR="008318D7" w:rsidRPr="008318D7">
         <w:rPr>
@@ -11353,187 +10603,199 @@
       <w:r w:rsidRPr="0079169B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>доставки і споживання контенту. Розвиток послуг мобільного персонального</w:t>
       </w:r>
       <w:r w:rsidR="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008318D7" w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>доступу до інформації обумовить створення тематичних продуктів «на вимогу».</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306EADF7" w14:textId="0B248A09" w:rsidR="008318D7" w:rsidRPr="008318D7" w:rsidRDefault="008318D7" w:rsidP="008318D7">
+    <w:p w14:paraId="306EADF7" w14:textId="35775A21" w:rsidR="008318D7" w:rsidRPr="008318D7" w:rsidRDefault="008318D7" w:rsidP="008318D7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Індивідуальний підхід до споживача буде означати розширення форматів і жанрів,</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>підвищення вимог до адресності та креативності. Одночасно будуть втілюватися</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">протилежні тенденції: створення </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>протилежні тенденції: створення високобюджетних продуктів, розрахованих на</w:t>
+      </w:r>
+      <w:r w:rsidR="008E268F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>високобюджетних</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>масову аудиторію, і виробництво максимально індивідуалізованого контенту. В</w:t>
+      </w:r>
+      <w:r w:rsidR="008E268F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> продуктів, розрахованих на</w:t>
+        <w:t>умовах масово</w:t>
+      </w:r>
+      <w:r w:rsidR="00765ADF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ї</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008318D7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> непередбачувано</w:t>
+      </w:r>
+      <w:r w:rsidR="00765ADF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ї</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008318D7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комуні</w:t>
+      </w:r>
+      <w:r w:rsidR="00765ADF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008318D7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, характеристики як перших,</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>масову аудиторію, і виробництво максимально індивідуалізованого контенту. В</w:t>
-[...48 lines deleted...]
-        </w:rPr>
         <w:t>так і других буде складно моделювати.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E430E98" w14:textId="2AFB76B2" w:rsidR="008318D7" w:rsidRPr="008318D7" w:rsidRDefault="008318D7" w:rsidP="008318D7">
+    <w:p w14:paraId="0E430E98" w14:textId="166CCFE4" w:rsidR="008318D7" w:rsidRPr="008318D7" w:rsidRDefault="008318D7" w:rsidP="008318D7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Виробництво мультимедійного продукту потребуватиме змін у внутрішніх</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -11581,290 +10843,258 @@
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Індивідуалізація контенту буде вимагати від менеджменту застосування</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>партис</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>пативної</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">пативної моделі управління </w:t>
+      </w:r>
+      <w:r w:rsidR="008E268F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> моделі управління </w:t>
+        <w:t>з залученням споживачів. В умовах</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>і</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>з залученням споживачів. В умовах</w:t>
+        <w:t>безкоштовного масового контенту і партисипативної</w:t>
+      </w:r>
+      <w:r w:rsidR="00C935D3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (спільної)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008318D7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участі в медіапроцесах</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">безкоштовного масового контенту і </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>споживачів, медіабізнес буде змушений шукати принципово нові джерела</w:t>
+      </w:r>
+      <w:r w:rsidR="008E268F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>партисипативної</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> (спільної)</w:t>
+        <w:t>отримання прибутку. Можлива поява нових моделей авторства, організація</w:t>
+      </w:r>
+      <w:r w:rsidR="008E268F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> участі в </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>високоточного доступу до вузьких аудиторій, нові схеми доставки інформації,</w:t>
+      </w:r>
+      <w:r w:rsidR="008E268F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіапроцесах</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>організація управління інформаційними ресурсами «розумних будинків» через</w:t>
+      </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>споживачів, медіабізнес буде змушений шукати принципово нові джерела</w:t>
+        <w:t xml:space="preserve">медійні канали </w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">та </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>отримання прибутку. Можлива поява нових моделей авторства, організація</w:t>
+        <w:t>ін. Суб</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>високоточного доступу до вузьких аудиторій, нові схеми доставки інформації,</w:t>
+        <w:t>єктні відносини між автором і споживачем контенту</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>організація управління інформаційними ресурсами «розумних будинків» через</w:t>
-[...74 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>трансформуються у бік розширення участі адресатів у медіакомуні</w:t>
+      </w:r>
+      <w:r w:rsidR="00765ADF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кації</w:t>
+      </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="662607E0" w14:textId="19EFBD86" w:rsidR="008318D7" w:rsidRPr="00023047" w:rsidRDefault="008318D7" w:rsidP="008318D7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -11873,371 +11103,249 @@
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>медіабізнесу, які слід враховувати в процесі управління:</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіаринки</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>медіаринки світу функціонують в умовах комерціалізації та конвергенції</w:t>
+      </w:r>
+      <w:r w:rsidR="008E268F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> світу функціонують в умовах комерціалізації та конвергенції</w:t>
+        <w:t>медіаіндустрій, в умовах глобалізації інформаційного простору;</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіаіндустрій</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>медіасистемам притаманна ієрархічність, що викликає необхідність</w:t>
+      </w:r>
+      <w:r w:rsidR="008E268F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, в умовах глобалізації інформаційного простору;</w:t>
+        <w:t>формування мережі розподілених баз даних;</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіасистемам</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>в умовах комерціалізації медіасистеми мають бути інноваційними, щоб</w:t>
+      </w:r>
+      <w:r w:rsidR="008E268F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> притаманна ієрархічність, що викликає необхідність</w:t>
+        <w:t>постійно підтримувати конкурентоспроможність на основі безперервного</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>формування мережі розподілених баз даних;</w:t>
+        <w:t>впровадження новітніх науково-технічних досягнень;</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">в умовах комерціалізації </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>продукт медіаіндустрії відрізняється специфікою ціноутворення, не можна</w:t>
+      </w:r>
+      <w:r w:rsidR="008E268F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>медіасистеми</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>заздалегідь оцінити успіх медіапродукту шляхом звичайного маркетингу, отже,</w:t>
+      </w:r>
+      <w:r w:rsidR="008E268F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мають бути інноваційними, щоб</w:t>
+        <w:t>медіаіндустрія надто ризикований бізнес;</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>постійно підтримувати конкурентоспроможність на основі безперервного</w:t>
+        <w:t>конвергенція медіаіндустрій вимагає узгоджених інновацій, щоб</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>впровадження новітніх науково-технічних досягнень;</w:t>
+        <w:t>підтримувати техніко-технологічну і організаційно-економічну сумісність різних</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">продукт </w:t>
-[...153 lines deleted...]
-        <w:t>; конвергенція ЗМІ відбувається у вигляді конвергенції мереж</w:t>
+        <w:t>медіаіндустрій; конвергенція ЗМІ відбувається у вигляді конвергенції мереж</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008318D7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>передачі даних; конвергенції терміналів; конвергенції послуг; конвергенції</w:t>
       </w:r>
       <w:r w:rsidR="008E268F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -12702,50 +11810,51 @@
     <w:rsid w:val="0060240C"/>
     <w:rsid w:val="00604DD0"/>
     <w:rsid w:val="006063F1"/>
     <w:rsid w:val="00611ACB"/>
     <w:rsid w:val="0061676B"/>
     <w:rsid w:val="00637E88"/>
     <w:rsid w:val="00644DC9"/>
     <w:rsid w:val="00651044"/>
     <w:rsid w:val="00657F19"/>
     <w:rsid w:val="00661C8D"/>
     <w:rsid w:val="00671713"/>
     <w:rsid w:val="00692626"/>
     <w:rsid w:val="00694362"/>
     <w:rsid w:val="006A0F80"/>
     <w:rsid w:val="006B165B"/>
     <w:rsid w:val="006D3E29"/>
     <w:rsid w:val="006E3BC5"/>
     <w:rsid w:val="006F6198"/>
     <w:rsid w:val="00701E21"/>
     <w:rsid w:val="007073C1"/>
     <w:rsid w:val="007218F4"/>
     <w:rsid w:val="00736248"/>
     <w:rsid w:val="007543B7"/>
     <w:rsid w:val="00761220"/>
     <w:rsid w:val="00762798"/>
+    <w:rsid w:val="00765ADF"/>
     <w:rsid w:val="007725C3"/>
     <w:rsid w:val="00777473"/>
     <w:rsid w:val="00784235"/>
     <w:rsid w:val="0079169B"/>
     <w:rsid w:val="007B59A8"/>
     <w:rsid w:val="007B71AE"/>
     <w:rsid w:val="007D5E1B"/>
     <w:rsid w:val="007D7E95"/>
     <w:rsid w:val="007F440C"/>
     <w:rsid w:val="00800E89"/>
     <w:rsid w:val="00800FEF"/>
     <w:rsid w:val="00801966"/>
     <w:rsid w:val="00804243"/>
     <w:rsid w:val="0081136A"/>
     <w:rsid w:val="008315BA"/>
     <w:rsid w:val="008318D7"/>
     <w:rsid w:val="00833FDF"/>
     <w:rsid w:val="008441A2"/>
     <w:rsid w:val="008445FA"/>
     <w:rsid w:val="00844752"/>
     <w:rsid w:val="008536D8"/>
     <w:rsid w:val="008633A8"/>
     <w:rsid w:val="00864FD6"/>
     <w:rsid w:val="00875A7E"/>
     <w:rsid w:val="00877A91"/>
@@ -12785,50 +11894,51 @@
     <w:rsid w:val="00AA1C3C"/>
     <w:rsid w:val="00AA295D"/>
     <w:rsid w:val="00AA753C"/>
     <w:rsid w:val="00AB2596"/>
     <w:rsid w:val="00AB60E4"/>
     <w:rsid w:val="00AB6E03"/>
     <w:rsid w:val="00AD360E"/>
     <w:rsid w:val="00AF3304"/>
     <w:rsid w:val="00B17E22"/>
     <w:rsid w:val="00B22CE7"/>
     <w:rsid w:val="00B2467A"/>
     <w:rsid w:val="00B27AE2"/>
     <w:rsid w:val="00B31230"/>
     <w:rsid w:val="00B4163E"/>
     <w:rsid w:val="00B41EFF"/>
     <w:rsid w:val="00B42FA6"/>
     <w:rsid w:val="00B52815"/>
     <w:rsid w:val="00B61FB0"/>
     <w:rsid w:val="00B71182"/>
     <w:rsid w:val="00B765D1"/>
     <w:rsid w:val="00BB2885"/>
     <w:rsid w:val="00BB47B5"/>
     <w:rsid w:val="00BC1DD6"/>
     <w:rsid w:val="00BD2500"/>
     <w:rsid w:val="00BF7737"/>
+    <w:rsid w:val="00C24B2D"/>
     <w:rsid w:val="00C5106C"/>
     <w:rsid w:val="00C52BFD"/>
     <w:rsid w:val="00C54E38"/>
     <w:rsid w:val="00C60704"/>
     <w:rsid w:val="00C91A90"/>
     <w:rsid w:val="00C935D3"/>
     <w:rsid w:val="00CC2E1D"/>
     <w:rsid w:val="00CD5250"/>
     <w:rsid w:val="00CE35B4"/>
     <w:rsid w:val="00CF117A"/>
     <w:rsid w:val="00CF3260"/>
     <w:rsid w:val="00D029B8"/>
     <w:rsid w:val="00D0436F"/>
     <w:rsid w:val="00D1578E"/>
     <w:rsid w:val="00D30109"/>
     <w:rsid w:val="00D311B5"/>
     <w:rsid w:val="00D31F1A"/>
     <w:rsid w:val="00D35C7E"/>
     <w:rsid w:val="00D50553"/>
     <w:rsid w:val="00D57FFC"/>
     <w:rsid w:val="00D74F54"/>
     <w:rsid w:val="00D766BE"/>
     <w:rsid w:val="00D82B9B"/>
     <w:rsid w:val="00DD3E8D"/>
     <w:rsid w:val="00DF0A03"/>
@@ -23435,69 +22545,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>27854</Words>
-  <Characters>15877</Characters>
+  <Words>27849</Words>
+  <Characters>15874</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>132</Lines>
   <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>43644</CharactersWithSpaces>
+  <CharactersWithSpaces>43636</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Viacheslav Tkachuk</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>