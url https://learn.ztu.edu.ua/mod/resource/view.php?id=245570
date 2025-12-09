--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -1429,54 +1429,54 @@
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="81" d="100"/>
-          <a:sy n="81" d="100"/>
+          <a:sx n="80" d="100"/>
+          <a:sy n="80" d="100"/>
         </p:scale>
-        <p:origin x="1498" y="58"/>
+        <p:origin x="1517" y="62"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/></Relationships>
 </file>
 
 <file path=ppt/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1656,51 +1656,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="497364"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{DDE99186-1E27-49DC-B1E3-454D059CC9B0}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:pPr/>
-              <a:t>08.04.2025</a:t>
+              <a:t>27.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="9448185"/>
             <a:ext cx="2971800" cy="497364"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -1962,51 +1962,51 @@
           <p:cNvPr id="4" name="Місце для дати 29"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{4D9124CD-8582-42CD-B8B2-187987D50E9F}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>08.04.2025</a:t>
+              <a:t>27.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Місце для нижнього колонтитула 18"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
@@ -2158,51 +2158,51 @@
           <p:cNvPr id="4" name="Місце для дати 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{92169680-3597-46EB-895D-10174C03FE27}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>08.04.2025</a:t>
+              <a:t>27.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Місце для нижнього колонтитула 21"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
@@ -2360,51 +2360,51 @@
           <p:cNvPr id="4" name="Місце для дати 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{59EFEF21-463F-4AC4-B176-831D82B74B22}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>08.04.2025</a:t>
+              <a:t>27.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Місце для нижнього колонтитула 21"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
@@ -2552,51 +2552,51 @@
           <p:cNvPr id="4" name="Місце для дати 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{C0D9D5AF-2CA3-453C-AC70-4448D8CB9B66}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>08.04.2025</a:t>
+              <a:t>27.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Місце для нижнього колонтитула 21"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
@@ -2816,51 +2816,51 @@
           <p:cNvPr id="4" name="Місце для дати 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{6CBDF89F-0B55-4E0E-ABA1-7CBF813C78D8}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>08.04.2025</a:t>
+              <a:t>27.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Місце для нижнього колонтитула 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
@@ -3111,51 +3111,51 @@
           <p:cNvPr id="5" name="Місце для дати 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{489D0453-C6D3-40E1-985D-8D5C775BA638}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>08.04.2025</a:t>
+              <a:t>27.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Місце для нижнього колонтитула 21"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
@@ -3516,51 +3516,51 @@
           <p:cNvPr id="7" name="Місце для дати 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{3541140B-7BD0-435F-A286-92CA8097B153}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>08.04.2025</a:t>
+              <a:t>27.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Місце для нижнього колонтитула 21"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
@@ -3693,51 +3693,51 @@
           <p:cNvPr id="3" name="Місце для дати 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{DCA147F7-C44D-44CD-A4D8-06D574DF8AFA}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>08.04.2025</a:t>
+              <a:t>27.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Місце для нижнього колонтитула 21"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
@@ -3810,51 +3810,51 @@
           <p:cNvPr id="2" name="Місце для дати 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{6EDC16D6-EAB3-4F63-BAC9-605E737EF11B}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>08.04.2025</a:t>
+              <a:t>27.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Місце для нижнього колонтитула 21"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
@@ -4098,51 +4098,51 @@
           <p:cNvPr id="5" name="Місце для дати 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{4EE1D83B-C1DD-452D-AB3C-F0B7923F0448}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>08.04.2025</a:t>
+              <a:t>27.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Місце для нижнього колонтитула 21"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
@@ -4742,51 +4742,51 @@
           <p:cNvPr id="9" name="Місце для дати 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{E488DDD6-54AE-4D4C-B587-3A6F5CCFC7A2}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>08.04.2025</a:t>
+              <a:t>27.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Місце для нижнього колонтитула 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
@@ -5297,51 +5297,51 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr kumimoji="0" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:shade val="90000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{CD8D210D-8B6C-4ED7-B097-8E192FD3D792}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>08.04.2025</a:t>
+              <a:t>27.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Місце для нижнього колонтитула 21"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2667000" y="6356350"/>
             <a:ext cx="3352800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6355,102 +6355,122 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="933128" y="1598017"/>
-            <a:ext cx="7272808" cy="2000548"/>
+            <a:ext cx="7272808" cy="2677656"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="uk-UA" sz="3600" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4400" b="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="4400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Bookman Old Style" panose="02050604050505020204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ТЕМА</a:t>
+              <a:t>ТЕМА 6</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="4400" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Bookman Old Style" panose="02050604050505020204" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="4400" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Bookman Old Style" panose="02050604050505020204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Аналіз</a:t>
+              <a:t>Стратегічний</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Bookman Old Style" panose="02050604050505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Bookman Old Style" panose="02050604050505020204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аналіз</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Bookman Old Style" panose="02050604050505020204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4400" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Bookman Old Style" panose="02050604050505020204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>фінансів</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="4400" i="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
@@ -12677,51 +12697,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2958416495"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3059832" y="2266697"/>
           <a:ext cx="3672408" cy="1450335"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s1232" name="Формула" r:id="rId3" imgW="660240" imgH="457200" progId="Equation.3">
+                <p:oleObj spid="_x0000_s1234" name="Формула" r:id="rId3" imgW="660240" imgH="457200" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="660240" imgH="457200" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 173"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -12939,51 +12959,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3873139117"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2987824" y="1890797"/>
           <a:ext cx="3888432" cy="1538203"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s2255" name="Формула" r:id="rId3" imgW="672808" imgH="457002" progId="Equation.3">
+                <p:oleObj spid="_x0000_s2257" name="Формула" r:id="rId3" imgW="672808" imgH="457002" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="672808" imgH="457002" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 172"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -13198,51 +13218,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3493325022"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2771800" y="1844824"/>
           <a:ext cx="3960440" cy="1512168"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s3279" name="Формула" r:id="rId3" imgW="800100" imgH="457200" progId="Equation.3">
+                <p:oleObj spid="_x0000_s3281" name="Формула" r:id="rId3" imgW="800100" imgH="457200" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="800100" imgH="457200" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 172"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -13455,51 +13475,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1495538000"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2339752" y="1844824"/>
           <a:ext cx="4968552" cy="1656184"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s4303" name="Формула" r:id="rId3" imgW="672808" imgH="457002" progId="Equation.3">
+                <p:oleObj spid="_x0000_s4305" name="Формула" r:id="rId3" imgW="672808" imgH="457002" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="672808" imgH="457002" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 172"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -13777,51 +13797,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3763904160"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2699792" y="1934835"/>
           <a:ext cx="3816424" cy="1278141"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s5327" name="Формула" r:id="rId3" imgW="952087" imgH="418918" progId="Equation.3">
+                <p:oleObj spid="_x0000_s5329" name="Формула" r:id="rId3" imgW="952087" imgH="418918" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="952087" imgH="418918" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 172"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -14696,51 +14716,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="Объект 1"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1692488924"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2411760" y="1916832"/>
           <a:ext cx="4896544" cy="1800200"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s27982" name="Формула" r:id="rId3" imgW="1168400" imgH="558800" progId="Equation.3">
+                <p:oleObj spid="_x0000_s27986" name="Формула" r:id="rId3" imgW="1168400" imgH="558800" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="1168400" imgH="558800" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 264"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -14928,51 +14948,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Объект 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2387081621"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2771800" y="5085184"/>
           <a:ext cx="4320480" cy="720080"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s27983" name="Формула" r:id="rId5" imgW="761669" imgH="203112" progId="Equation.3">
+                <p:oleObj spid="_x0000_s27987" name="Формула" r:id="rId5" imgW="761669" imgH="203112" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId5" imgW="761669" imgH="203112" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 265"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId6">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -15262,51 +15282,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="7" name="Объект 6"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1629259290"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1691680" y="3573016"/>
           <a:ext cx="5328592" cy="1656184"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s10489" name="Формула" r:id="rId3" imgW="723586" imgH="355446" progId="Equation.3">
+                <p:oleObj spid="_x0000_s10491" name="Формула" r:id="rId3" imgW="723586" imgH="355446" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="723586" imgH="355446" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 214"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -15464,51 +15484,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2073083189"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="988159" y="1772816"/>
           <a:ext cx="7400265" cy="3672408"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s31848" name="Picture" r:id="rId3" imgW="4634132" imgH="2777875" progId="Word.Picture.8">
+                <p:oleObj spid="_x0000_s31850" name="Picture" r:id="rId3" imgW="4634132" imgH="2777875" progId="Word.Picture.8">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Picture" r:id="rId3" imgW="4634132" imgH="2777875" progId="Word.Picture.8">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 69"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -15872,51 +15892,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Объект 5"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1634469135"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2887056" y="3082851"/>
           <a:ext cx="3629160" cy="1066229"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s33891" name="Формула" r:id="rId3" imgW="825500" imgH="330200" progId="Equation.3">
+                <p:oleObj spid="_x0000_s33893" name="Формула" r:id="rId3" imgW="825500" imgH="330200" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="825500" imgH="330200" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 64"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -16177,51 +16197,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2635122289"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2627784" y="2492896"/>
           <a:ext cx="3888432" cy="1152128"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s34915" name="Формула" r:id="rId3" imgW="939392" imgH="380835" progId="Equation.3">
+                <p:oleObj spid="_x0000_s34917" name="Формула" r:id="rId3" imgW="939392" imgH="380835" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="939392" imgH="380835" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 64"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -16533,51 +16553,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Объект 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="439319020"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3330761" y="2420888"/>
           <a:ext cx="3329471" cy="1008112"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s37987" name="Формула" r:id="rId3" imgW="825500" imgH="330200" progId="Equation.3">
+                <p:oleObj spid="_x0000_s37989" name="Формула" r:id="rId3" imgW="825500" imgH="330200" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="825500" imgH="330200" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 64"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -16854,51 +16874,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3487732074"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2195737" y="2132856"/>
           <a:ext cx="4248472" cy="1152128"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s39010" name="Формула" r:id="rId3" imgW="1015559" imgH="355446" progId="Equation.3">
+                <p:oleObj spid="_x0000_s39012" name="Формула" r:id="rId3" imgW="1015559" imgH="355446" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="1015559" imgH="355446" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 63"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -17214,51 +17234,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2574664056"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2483768" y="2348880"/>
           <a:ext cx="4032447" cy="1368152"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s40034" name="Формула" r:id="rId3" imgW="990170" imgH="355446" progId="Equation.3">
+                <p:oleObj spid="_x0000_s40036" name="Формула" r:id="rId3" imgW="990170" imgH="355446" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="990170" imgH="355446" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 63"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -17418,51 +17438,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4278937039"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2267744" y="2348880"/>
           <a:ext cx="4320480" cy="1152128"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s41058" name="Формула" r:id="rId3" imgW="1054100" imgH="381000" progId="Equation.3">
+                <p:oleObj spid="_x0000_s41060" name="Формула" r:id="rId3" imgW="1054100" imgH="381000" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="1054100" imgH="381000" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 63"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -17609,51 +17629,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4016700071"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2051720" y="2420888"/>
           <a:ext cx="4176464" cy="1224136"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s42082" name="Формула" r:id="rId3" imgW="990170" imgH="355446" progId="Equation.3">
+                <p:oleObj spid="_x0000_s42084" name="Формула" r:id="rId3" imgW="990170" imgH="355446" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="990170" imgH="355446" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 63"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -17902,51 +17922,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Объект 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2531225593"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2176463" y="2457450"/>
           <a:ext cx="4587875" cy="1441450"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s43106" name="Формула" r:id="rId3" imgW="990360" imgH="419040" progId="Equation.3">
+                <p:oleObj spid="_x0000_s43108" name="Формула" r:id="rId3" imgW="990360" imgH="419040" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="990360" imgH="419040" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 63"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -18131,51 +18151,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1486313939"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2549525" y="2770188"/>
           <a:ext cx="3903663" cy="1093787"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s44129" name="Формула" r:id="rId3" imgW="977760" imgH="419040" progId="Equation.3">
+                <p:oleObj spid="_x0000_s44131" name="Формула" r:id="rId3" imgW="977760" imgH="419040" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="977760" imgH="419040" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 62"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -18404,51 +18424,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="773123460"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2771800" y="2276872"/>
           <a:ext cx="4176464" cy="1152128"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s45153" name="Формула" r:id="rId3" imgW="1002865" imgH="380835" progId="Equation.3">
+                <p:oleObj spid="_x0000_s45155" name="Формула" r:id="rId3" imgW="1002865" imgH="380835" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="1002865" imgH="380835" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Picture 62"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -28014,51 +28034,51 @@
               <a:rPr lang="uk-UA" sz="2800" b="1" i="1" dirty="0" smtClean="0"/>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" sz="2800" b="1" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3131840" y="1916832"/>
           <a:ext cx="3096344" cy="1165225"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s48147" name="Формула" r:id="rId3" imgW="533160" imgH="393480" progId="Equation.3">
+                <p:oleObj spid="_x0000_s48149" name="Формула" r:id="rId3" imgW="533160" imgH="393480" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="533160" imgH="393480" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name=""/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -28646,51 +28666,51 @@
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>характеризує негайну готовність підприємства погасити поточні зобов’язання і визначається як відношення суми грошових коштів підприємства та поточних фінансових інвестицій до суми поточних зобов’язань</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2987824" y="1196752"/>
           <a:ext cx="3096344" cy="1295909"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s49171" name="Формула" r:id="rId3" imgW="787320" imgH="393480" progId="Equation.3">
+                <p:oleObj spid="_x0000_s49173" name="Формула" r:id="rId3" imgW="787320" imgH="393480" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="787320" imgH="393480" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name=""/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -29356,51 +29376,51 @@
               <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0" smtClean="0"/>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" sz="2800" b="1" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2728913" y="2076450"/>
           <a:ext cx="4117975" cy="1195388"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s50195" name="Уравнение" r:id="rId3" imgW="685800" imgH="393480" progId="Equation.3">
+                <p:oleObj spid="_x0000_s50197" name="Уравнение" r:id="rId3" imgW="685800" imgH="393480" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Уравнение" r:id="rId3" imgW="685800" imgH="393480" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name=""/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </p:blipFill>
                     <p:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="2728913" y="2076450"/>
                         <a:ext cx="4117975" cy="1195388"/>
@@ -29788,51 +29808,51 @@
               <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0" smtClean="0"/>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" sz="2800" b="1" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Объект 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2857488" y="2143116"/>
           <a:ext cx="3232154" cy="1349375"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s51219" name="Формула" r:id="rId3" imgW="838080" imgH="444240" progId="Equation.3">
+                <p:oleObj spid="_x0000_s51221" name="Формула" r:id="rId3" imgW="838080" imgH="444240" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="838080" imgH="444240" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name=""/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -30122,51 +30142,51 @@
               <a:rPr lang="en-US" sz="2800" b="1" i="1" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2746375" y="2032000"/>
           <a:ext cx="4157663" cy="1355725"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s52243" name="Уравнение" r:id="rId3" imgW="774360" imgH="419040" progId="Equation.3">
+                <p:oleObj spid="_x0000_s52245" name="Уравнение" r:id="rId3" imgW="774360" imgH="419040" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Уравнение" r:id="rId3" imgW="774360" imgH="419040" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name=""/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </p:blipFill>
                     <p:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="2746375" y="2032000"/>
                         <a:ext cx="4157663" cy="1355725"/>
@@ -30485,51 +30505,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="Объект 1"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="755650" y="765175"/>
           <a:ext cx="7704138" cy="5256213"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s53267" name="Picture" r:id="rId3" imgW="4114800" imgH="3143250" progId="Word.Picture.8">
+                <p:oleObj spid="_x0000_s53269" name="Picture" r:id="rId3" imgW="4114800" imgH="3143250" progId="Word.Picture.8">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Picture" r:id="rId3" imgW="4114800" imgH="3143250" progId="Word.Picture.8">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name=""/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -31143,51 +31163,51 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Объект 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3330761" y="2420888"/>
           <a:ext cx="3329471" cy="1008112"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s54291" name="Формула" r:id="rId3" imgW="825500" imgH="330200" progId="Equation.3">
+                <p:oleObj spid="_x0000_s54293" name="Формула" r:id="rId3" imgW="825500" imgH="330200" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="825500" imgH="330200" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name=""/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -31573,51 +31593,51 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2627784" y="2276872"/>
           <a:ext cx="3888432" cy="1152128"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s55315" name="Формула" r:id="rId3" imgW="939392" imgH="380835" progId="Equation.3">
+                <p:oleObj spid="_x0000_s55317" name="Формула" r:id="rId3" imgW="939392" imgH="380835" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="939392" imgH="380835" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name=""/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -31987,51 +32007,51 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2195737" y="2132856"/>
           <a:ext cx="4248472" cy="1152128"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s56339" name="Формула" r:id="rId3" imgW="1015559" imgH="355446" progId="Equation.3">
+                <p:oleObj spid="_x0000_s56341" name="Формула" r:id="rId3" imgW="1015559" imgH="355446" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="1015559" imgH="355446" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name=""/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -32326,51 +32346,51 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2555777" y="2204864"/>
           <a:ext cx="4032447" cy="1368152"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s57363" name="Формула" r:id="rId3" imgW="990170" imgH="355446" progId="Equation.3">
+                <p:oleObj spid="_x0000_s57365" name="Формула" r:id="rId3" imgW="990170" imgH="355446" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Формула" r:id="rId3" imgW="990170" imgH="355446" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name=""/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
                       <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
@@ -34207,51 +34227,51 @@
       <a:srgbClr val="FF6700"/>
     </a:accent3>
     <a:accent4>
       <a:srgbClr val="909465"/>
     </a:accent4>
     <a:accent5>
       <a:srgbClr val="956B43"/>
     </a:accent5>
     <a:accent6>
       <a:srgbClr val="FEA022"/>
     </a:accent6>
     <a:hlink>
       <a:srgbClr val="E68200"/>
     </a:hlink>
     <a:folHlink>
       <a:srgbClr val="FFA94A"/>
     </a:folHlink>
   </a:clrScheme>
 </a:themeOverride>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>2047</Words>
+  <Words>2049</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Екран (4:3)</PresentationFormat>
   <Paragraphs>486</Paragraphs>
   <Slides>65</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Використані шрифти</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Вбудовані сервери OLE</vt:lpstr>
       </vt:variant>