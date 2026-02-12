--- v0 (2025-12-16)
+++ v1 (2026-02-12)
@@ -1,91 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="74B554DE" w14:textId="4C292CBE" w:rsidR="008361B9" w:rsidRPr="00B00A70" w:rsidRDefault="008361B9" w:rsidP="0069718B">
+    <w:p w14:paraId="74B554DE" w14:textId="6B74EE63" w:rsidR="008361B9" w:rsidRPr="00B00A70" w:rsidRDefault="008361B9" w:rsidP="0069718B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B00A70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Рекомендації для ПРОЄКТУ ОПП МАРКЕТИНГ першого (бакалаврського) рівня вищої освіти</w:t>
       </w:r>
       <w:r w:rsidR="00AC79B3" w:rsidRPr="00B00A70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> на 2025-2026 </w:t>
+        <w:t xml:space="preserve"> на 2025-2026 н.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008C3D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00AC79B3" w:rsidRPr="00B00A70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>н.р</w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>р.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26A7A759" w14:textId="285B3BA2" w:rsidR="00AC79B3" w:rsidRPr="00495FD3" w:rsidRDefault="008361B9" w:rsidP="0069718B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Новина про Круглий стіл (27 лист.</w:t>
       </w:r>
       <w:r w:rsidR="00AC79B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -127,67 +125,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ковальчук Світлана Володимирівна,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7850E861" w14:textId="641F984E" w:rsidR="0055426F" w:rsidRPr="00B92E01" w:rsidRDefault="0055426F" w:rsidP="0069718B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t>., проф., завідувач кафедри маркетингу та менеджменту, Хмельницький кооперативний торговельно-економічний інститут. Віце-президент ГО «Українська асоціація маркетингу», Керуючий директор Хмельницького відокремленого підрозділу ГО «Українська Асоціація Маркетингу»</w:t>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>д.е.н., проф., завідувач кафедри маркетингу та менеджменту, Хмельницький кооперативний торговельно-економічний інститут. Віце-президент ГО «Українська асоціація маркетингу», Керуючий директор Хмельницького відокремленого підрозділу ГО «Українська Асоціація Маркетингу»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="52EFCE4B" w14:textId="32556169" w:rsidR="0055426F" w:rsidRPr="00962267" w:rsidRDefault="00652586" w:rsidP="0069718B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00652586">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>- переглянути мету ОПП у контексті першого (бакалаврського) рівня вищої освіти щодо використання «які володіють фундаментальними теоретичними знаннями», що корелює з третім рівнем вищої освіти, та щодо «для ефективного управління маркетинговою діяльністю на підприємствах різних форм власності», що корелює з другим рівнем вищої освіти</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -321,735 +309,592 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5DE8B4DA" w14:textId="2EA933EC" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Враховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006704A2" w:rsidRPr="00B92E01" w14:paraId="2FE70788" w14:textId="436EF8EB" w:rsidTr="00962267">
+      <w:tr w:rsidR="00A45ABB" w:rsidRPr="00B92E01" w14:paraId="2FE70788" w14:textId="436EF8EB" w:rsidTr="00A45ABB">
+        <w:trPr>
+          <w:trHeight w:val="265"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5317E78A" w14:textId="77777777" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+          <w:p w14:paraId="5317E78A" w14:textId="77777777" w:rsidR="00A45ABB" w:rsidRPr="00B92E01" w:rsidRDefault="00A45ABB" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="571A882D" w14:textId="08FE84E5" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="00652586" w:rsidP="00652586">
+          <w:p w14:paraId="571A882D" w14:textId="08FE84E5" w:rsidR="00A45ABB" w:rsidRPr="00B92E01" w:rsidRDefault="00A45ABB" w:rsidP="00652586">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00652586">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>- перейменувати ОК «Управління рекламною діяльністю» на ОК «Рекламна діяльність»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="13503487" w14:textId="2C39A6AC" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+          <w:p w14:paraId="13503487" w14:textId="2C39A6AC" w:rsidR="00A45ABB" w:rsidRPr="00B92E01" w:rsidRDefault="00A45ABB" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Враховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006704A2" w:rsidRPr="00B92E01" w14:paraId="4C9DEFBA" w14:textId="06FBDAC4" w:rsidTr="00962267">
+      <w:tr w:rsidR="006704A2" w:rsidRPr="00B92E01" w14:paraId="23F0F23B" w14:textId="48758846" w:rsidTr="00962267">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="123AC7EC" w14:textId="77777777" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+          <w:p w14:paraId="5E7D3069" w14:textId="77777777" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="74145F6E" w14:textId="671FC0AE" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="00652586" w:rsidP="00652586">
+          <w:p w14:paraId="03B7241C" w14:textId="6DD13B0C" w:rsidR="006704A2" w:rsidRPr="00962267" w:rsidRDefault="00652586" w:rsidP="00652586">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00652586">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>- переглянути релевантність викладання ОК «Стратегічний маркетинг» для першого (бакалаврського) рівня вищої освіти</w:t>
+              <w:t xml:space="preserve">- переглянути почерговість викладання ОК «Економіка підприємства», яка наразі за </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00652586">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Проєктом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00652586">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> викладається після ОК «Основи маркетингу» та ОК «Менеджмент»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="07043BC4" w14:textId="3ABBE854" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+          <w:p w14:paraId="5FF9B680" w14:textId="55CCC22B" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Враховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006704A2" w:rsidRPr="00B92E01" w14:paraId="23F0F23B" w14:textId="48758846" w:rsidTr="00962267">
+      <w:tr w:rsidR="006704A2" w:rsidRPr="00B92E01" w14:paraId="28E62EA9" w14:textId="09DB3ADF" w:rsidTr="00962267">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5E7D3069" w14:textId="77777777" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+          <w:p w14:paraId="49F31C11" w14:textId="77777777" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="03B7241C" w14:textId="6DD13B0C" w:rsidR="006704A2" w:rsidRPr="00962267" w:rsidRDefault="00652586" w:rsidP="00652586">
+          <w:p w14:paraId="0E8895C4" w14:textId="57F17D06" w:rsidR="006704A2" w:rsidRPr="00962267" w:rsidRDefault="00652586" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00652586">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">- переглянути </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> викладається після ОК «Основи маркетингу» та ОК «Менеджмент»</w:t>
+              <w:t>- переглянути почерговість викладання ОК «Маркетингові дослідження», яку рекомендовано викладати разом чи відразу після ОК «Основи маркетингу», але перед ОК «Маркетингова товарна політика»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF9B680" w14:textId="55CCC22B" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+          <w:p w14:paraId="3A6E45D8" w14:textId="2B41DBCA" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Враховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006704A2" w:rsidRPr="00B92E01" w14:paraId="28E62EA9" w14:textId="09DB3ADF" w:rsidTr="00962267">
+      <w:tr w:rsidR="0055426F" w:rsidRPr="00B92E01" w14:paraId="0AE96DC7" w14:textId="337A383A" w:rsidTr="00962267">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="49F31C11" w14:textId="77777777" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+          <w:p w14:paraId="23C6A33D" w14:textId="77777777" w:rsidR="0055426F" w:rsidRPr="00B92E01" w:rsidRDefault="0055426F" w:rsidP="0069718B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8895C4" w14:textId="57F17D06" w:rsidR="006704A2" w:rsidRPr="00962267" w:rsidRDefault="00652586" w:rsidP="006704A2">
+          <w:p w14:paraId="167112C3" w14:textId="6014C9A8" w:rsidR="00652586" w:rsidRPr="00B92E01" w:rsidRDefault="00652586" w:rsidP="0069718B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00652586">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">- переглянути </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> викладання ОК «Маркетингові дослідження», яку рекомендовано викладати разом чи відразу після ОК «Основи маркетингу», але перед ОК «Маркетингова товарна політика»</w:t>
+              <w:t>- переглянути список рекомендованих тем для кваліфікаційної роботи у контексті саме першого (бакалаврського) рівня вищої освіти</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3A6E45D8" w14:textId="2B41DBCA" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+          <w:p w14:paraId="72CBCADB" w14:textId="64042E28" w:rsidR="0055426F" w:rsidRPr="00B92E01" w:rsidRDefault="00962267" w:rsidP="0069718B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Враховано</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006704A2" w:rsidRPr="00B92E01" w14:paraId="76EACD45" w14:textId="0F321FD5" w:rsidTr="00962267">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1310" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7212F627" w14:textId="77777777" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жуков Святослав Августович,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37F771D1" w14:textId="670852CA" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>д.е.н., проф., професор кафедри бізнес-адміністрування, маркетингу та менеджменту, Ужгородський національний університет, гарант ОПП «Маркетинг» першого (бакалаврського) рівня вищої освіти, Голова Закарпатської обласної організації ГО «Українська Асоціація Маркетингу»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD63638" w14:textId="6062DD2A" w:rsidR="00962267" w:rsidRPr="00962267" w:rsidRDefault="00962267" w:rsidP="006704A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00962267">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- звернути увагу на опис особливостей програми у практичному контексті (врахувати 4 практики, передбачені програмою)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="972" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="10FBF3FE" w14:textId="33DE1E4D" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Враховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0055426F" w:rsidRPr="00B92E01" w14:paraId="0AE96DC7" w14:textId="337A383A" w:rsidTr="00962267">
+      <w:tr w:rsidR="006704A2" w:rsidRPr="00B92E01" w14:paraId="64DB7989" w14:textId="2CCC00EF" w:rsidTr="00962267">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="23C6A33D" w14:textId="77777777" w:rsidR="0055426F" w:rsidRPr="00B92E01" w:rsidRDefault="0055426F" w:rsidP="0069718B">
+          <w:p w14:paraId="4E216D4C" w14:textId="77777777" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="167112C3" w14:textId="6014C9A8" w:rsidR="00652586" w:rsidRPr="00B92E01" w:rsidRDefault="00652586" w:rsidP="0069718B">
-[...13 lines deleted...]
-              <w:t>- переглянути список рекомендованих тем для кваліфікаційної роботи у контексті саме першого (бакалаврського) рівня вищої освіти</w:t>
+          <w:p w14:paraId="736AD788" w14:textId="4BCB7CB5" w:rsidR="006704A2" w:rsidRPr="00962267" w:rsidRDefault="00962267" w:rsidP="006704A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00962267">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- розглянути пропозицію щодо перейменування ОК «Основи маркетингу» на ОК «Маркетинг» та збільшення цієї дисципліни за кредитами (у порівнянні з ОК «Менеджмент», де поточно передбачено 5 кредитів)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="72CBCADB" w14:textId="64042E28" w:rsidR="0055426F" w:rsidRPr="00B92E01" w:rsidRDefault="00962267" w:rsidP="0069718B">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="294CAA5E" w14:textId="6B3D31FB" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Враховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006704A2" w:rsidRPr="00B92E01" w14:paraId="76EACD45" w14:textId="0F321FD5" w:rsidTr="00962267">
-[...100 lines deleted...]
-      <w:tr w:rsidR="006704A2" w:rsidRPr="00B92E01" w14:paraId="64DB7989" w14:textId="2CCC00EF" w:rsidTr="00962267">
+      <w:tr w:rsidR="006704A2" w:rsidRPr="00B92E01" w14:paraId="355E5EE0" w14:textId="7D308DF2" w:rsidTr="00962267">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4E216D4C" w14:textId="77777777" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+          <w:p w14:paraId="79137CDA" w14:textId="77777777" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="736AD788" w14:textId="4BCB7CB5" w:rsidR="006704A2" w:rsidRPr="00962267" w:rsidRDefault="00962267" w:rsidP="006704A2">
+          <w:p w14:paraId="7BA99FA4" w14:textId="587C0D89" w:rsidR="006704A2" w:rsidRPr="00962267" w:rsidRDefault="00962267" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00962267">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>- розглянути пропозицію щодо перейменування ОК «Основи маркетингу» на ОК «Маркетинг» та збільшення цієї дисципліни за кредитами (у порівнянні з ОК «Менеджмент», де поточно передбачено 5 кредитів)</w:t>
-            </w:r>
+              <w:t xml:space="preserve">- переглянути почерговість викладання ОК «Основи маркетингу» (2 семестр) та ОК «Економіка підприємства» (3 семестр) у контексті </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00962267">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пререквізитів</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="294CAA5E" w14:textId="6B3D31FB" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+          <w:p w14:paraId="4AC266CA" w14:textId="25B36B5D" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Враховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006704A2" w:rsidRPr="00B92E01" w14:paraId="355E5EE0" w14:textId="7D308DF2" w:rsidTr="00962267">
+      <w:tr w:rsidR="006704A2" w:rsidRPr="00B92E01" w14:paraId="0413580C" w14:textId="1EEE2030" w:rsidTr="00962267">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="79137CDA" w14:textId="77777777" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
+          <w:p w14:paraId="2FBB4679" w14:textId="77777777" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA99FA4" w14:textId="587C0D89" w:rsidR="006704A2" w:rsidRPr="00962267" w:rsidRDefault="00962267" w:rsidP="006704A2">
+          <w:p w14:paraId="3E8B60F4" w14:textId="2A201C2F" w:rsidR="006704A2" w:rsidRPr="00962267" w:rsidRDefault="00962267" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00962267">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">- переглянути </w:t>
-[...109 lines deleted...]
-              <w:t xml:space="preserve"> викладання ОК «Економічна теорія та основи функціонування підприємства» (2 семестр) та ОК «Основи маркетингу» (2 семестр) у контексті </w:t>
+              <w:t xml:space="preserve">- переглянути почерговість викладання ОК «Економічна теорія та основи функціонування підприємства» (2 семестр) та ОК «Основи маркетингу» (2 семестр) у контексті </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00962267">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>пререквізитів</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="30558BE2" w14:textId="6F2A87F4" w:rsidR="006704A2" w:rsidRPr="00B92E01" w:rsidRDefault="006704A2" w:rsidP="006704A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
@@ -1547,238 +1392,241 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D765A" w:rsidRPr="00B92E01" w14:paraId="2630F4DB" w14:textId="4FE00A66" w:rsidTr="00962267">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="02088840" w14:textId="77777777" w:rsidR="005D765A" w:rsidRPr="00B92E01" w:rsidRDefault="005D765A" w:rsidP="005D765A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>Дідковська</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Олександра Володимирівна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63351F24" w14:textId="1C5FB8DF" w:rsidR="005D765A" w:rsidRPr="00B92E01" w:rsidRDefault="005D765A" w:rsidP="005D765A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Дідковська</w:t>
+              <w:t>директорка маркетингової агенції ТОВ «ФЛОУ КОМЬЮНІКЕЙШН»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB53871" w14:textId="49602C4A" w:rsidR="005D765A" w:rsidRPr="00B92E01" w:rsidRDefault="005D765A" w:rsidP="005D765A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">В курс бренд-менеджмент додати </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>неймінг</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-          </w:p>
-[...37 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>неймінг</w:t>
+              <w:t>айдентику</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">, архітектуру бренду та особливості використання інструменту </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>айдентику</w:t>
+              <w:t>Brand</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, архітектуру бренду та особливості використання інструменту </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Brand</w:t>
+              <w:t>Health</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Health</w:t>
+              <w:t>Tracking</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07F89F11" w14:textId="1C78AFAA" w:rsidR="005D765A" w:rsidRPr="00B92E01" w:rsidRDefault="005D765A" w:rsidP="005D765A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Окремо дуже важливо навчити студентів виявляти стадії розвитку ринку (товарів чи послуг) для виявлення загальних трендів</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="60FBDAFF" w14:textId="48AE008F" w:rsidR="005D765A" w:rsidRPr="00B92E01" w:rsidRDefault="005D765A" w:rsidP="005D765A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Враховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D765A" w:rsidRPr="00B92E01" w14:paraId="1D5A3E69" w14:textId="390D50B6" w:rsidTr="00962267">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0554A665" w14:textId="3DF660AD" w:rsidR="005D765A" w:rsidRPr="00B92E01" w:rsidRDefault="005D765A" w:rsidP="005D765A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -1820,374 +1668,238 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4EDE3B6B" w14:textId="565839ED" w:rsidR="005D765A" w:rsidRPr="00B92E01" w:rsidRDefault="005D765A" w:rsidP="005D765A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Враховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D765A" w:rsidRPr="00B92E01" w14:paraId="4BA36D4D" w14:textId="77777777" w:rsidTr="00962267">
+      <w:tr w:rsidR="00813F80" w:rsidRPr="00B92E01" w14:paraId="4BA36D4D" w14:textId="77777777" w:rsidTr="00813F80">
+        <w:trPr>
+          <w:trHeight w:val="2601"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="pct"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="22A64B1A" w14:textId="77777777" w:rsidR="005D765A" w:rsidRPr="00B92E01" w:rsidRDefault="005D765A" w:rsidP="005D765A">
+          </w:tcPr>
+          <w:p w14:paraId="22A64B1A" w14:textId="77777777" w:rsidR="00813F80" w:rsidRPr="00B92E01" w:rsidRDefault="00813F80" w:rsidP="005D765A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Гарант ОПП Маркетинг</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0832F3BE" w14:textId="609BE9AD" w:rsidR="005D765A" w:rsidRPr="00B92E01" w:rsidRDefault="005D765A" w:rsidP="005D765A">
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> Тетяна Олександрівна</w:t>
+          <w:p w14:paraId="0832F3BE" w14:textId="609BE9AD" w:rsidR="00813F80" w:rsidRPr="00B92E01" w:rsidRDefault="00813F80" w:rsidP="005D765A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Завалій Тетяна Олександрівна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC7FC0F" w14:textId="77777777" w:rsidR="005D765A" w:rsidRPr="00B92E01" w:rsidRDefault="005D765A" w:rsidP="005D765A">
+          <w:p w14:paraId="1AC7FC0F" w14:textId="77777777" w:rsidR="00813F80" w:rsidRPr="00B92E01" w:rsidRDefault="00813F80" w:rsidP="005D765A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Пропоную:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25BD626B" w14:textId="50219CB2" w:rsidR="005D765A" w:rsidRPr="00B92E01" w:rsidRDefault="005D765A" w:rsidP="005D765A">
-[...13 lines deleted...]
-              <w:t>1) В ОК «Організація підприємницької діяльності» виокремити окрему тему «Принципи етичного маркетингу для бізнес-практики»</w:t>
+          <w:p w14:paraId="5E924F3E" w14:textId="0A170E31" w:rsidR="00813F80" w:rsidRPr="00B92E01" w:rsidRDefault="00813F80" w:rsidP="00813F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) Для посилення врахування тенденцій цифровізації у маркетингу в ОК, які охоплюють концепцію</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> маркетингу 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> виокремити теми, пов’язані з особливостями їх організації у цифровому просторі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DF6E5C0" w14:textId="77777777" w:rsidR="00813F80" w:rsidRPr="00B92E01" w:rsidRDefault="00813F80" w:rsidP="00813F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- «Маркетингова товарна політика» – тема «Цифрові товари та послуги»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73D8C3A0" w14:textId="77777777" w:rsidR="00813F80" w:rsidRPr="00B92E01" w:rsidRDefault="00813F80" w:rsidP="00813F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- «Маркетингова цінова політика» – тема «Особливості маркетингової цінової політики у цифровому просторі»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DD5B8E6" w14:textId="77777777" w:rsidR="00813F80" w:rsidRPr="00B92E01" w:rsidRDefault="00813F80" w:rsidP="00813F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- «Маркетингова політика розподілу» – тема «Еволюція маркетингової політики розподілу у контексті цифрових трансформацій»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25BD626B" w14:textId="542F49CF" w:rsidR="00813F80" w:rsidRPr="00B92E01" w:rsidRDefault="00813F80" w:rsidP="005D765A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- «Маркетингові комунікації» – тема «Еволюція комунікативних практик у контексті цифрових трансформацій»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7564A8" w14:textId="11B319FC" w:rsidR="005D765A" w:rsidRPr="00B92E01" w:rsidRDefault="005D765A" w:rsidP="005D765A">
-[...218 lines deleted...]
-          <w:p w14:paraId="3B9C2595" w14:textId="3F547D09" w:rsidR="005D765A" w:rsidRPr="00B92E01" w:rsidRDefault="005D765A" w:rsidP="005D765A">
+          <w:p w14:paraId="6D7564A8" w14:textId="11B319FC" w:rsidR="00813F80" w:rsidRPr="00B92E01" w:rsidRDefault="00813F80" w:rsidP="005D765A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Враховано</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="661C2203" w14:textId="06B3A087" w:rsidR="00321513" w:rsidRDefault="00321513">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -2208,102 +1920,105 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="139"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D1AB6"/>
     <w:rsid w:val="00090486"/>
     <w:rsid w:val="000914FA"/>
     <w:rsid w:val="000A0831"/>
     <w:rsid w:val="001225BB"/>
     <w:rsid w:val="00170290"/>
     <w:rsid w:val="001E7BEA"/>
     <w:rsid w:val="00241058"/>
     <w:rsid w:val="00273502"/>
     <w:rsid w:val="00291BD1"/>
     <w:rsid w:val="002B1E72"/>
     <w:rsid w:val="002C74A7"/>
     <w:rsid w:val="002D1AB6"/>
     <w:rsid w:val="00321513"/>
     <w:rsid w:val="00321CDE"/>
     <w:rsid w:val="00343368"/>
     <w:rsid w:val="00374A31"/>
     <w:rsid w:val="0038278B"/>
     <w:rsid w:val="003B324E"/>
     <w:rsid w:val="00430175"/>
     <w:rsid w:val="00495FD3"/>
     <w:rsid w:val="004B3AAA"/>
     <w:rsid w:val="0055426F"/>
     <w:rsid w:val="00555E3A"/>
     <w:rsid w:val="005D765A"/>
     <w:rsid w:val="00652586"/>
     <w:rsid w:val="006704A2"/>
     <w:rsid w:val="006937B2"/>
     <w:rsid w:val="0069718B"/>
     <w:rsid w:val="006F071C"/>
     <w:rsid w:val="00756AEF"/>
     <w:rsid w:val="00756C9F"/>
     <w:rsid w:val="007A319E"/>
+    <w:rsid w:val="00813F80"/>
     <w:rsid w:val="00825F29"/>
     <w:rsid w:val="008361B9"/>
+    <w:rsid w:val="008C3D21"/>
     <w:rsid w:val="00962267"/>
     <w:rsid w:val="009A18AF"/>
     <w:rsid w:val="00A2020A"/>
+    <w:rsid w:val="00A45ABB"/>
     <w:rsid w:val="00AB047E"/>
     <w:rsid w:val="00AC79B3"/>
     <w:rsid w:val="00AE054A"/>
     <w:rsid w:val="00B00A70"/>
     <w:rsid w:val="00B0560D"/>
     <w:rsid w:val="00B16578"/>
     <w:rsid w:val="00B36959"/>
     <w:rsid w:val="00B525F1"/>
     <w:rsid w:val="00B5491E"/>
     <w:rsid w:val="00B62FAC"/>
     <w:rsid w:val="00B65E7F"/>
     <w:rsid w:val="00B92E01"/>
     <w:rsid w:val="00C15171"/>
     <w:rsid w:val="00C872A2"/>
     <w:rsid w:val="00C9413B"/>
     <w:rsid w:val="00C960B3"/>
     <w:rsid w:val="00CF2A7D"/>
     <w:rsid w:val="00D30398"/>
     <w:rsid w:val="00D35949"/>
     <w:rsid w:val="00D66E45"/>
     <w:rsid w:val="00EE0A6B"/>
     <w:rsid w:val="00EE112E"/>
     <w:rsid w:val="00F37267"/>
     <w:rsid w:val="00F66D54"/>
     <w:rsid w:val="00F71FC4"/>
@@ -3271,69 +2986,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>3564</Words>
-  <Characters>2032</Characters>
+  <Words>3311</Words>
+  <Characters>1888</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5585</CharactersWithSpaces>
+  <CharactersWithSpaces>5189</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>