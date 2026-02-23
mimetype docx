--- v0 (2025-10-22)
+++ v1 (2026-02-23)
@@ -1,192 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="00FC07B6" w:rsidRDefault="00FC07B6" w:rsidP="00FC07B6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1261">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ТЕМА 2. МЕХАНІЗМ ВНУТРІШНЬОГО ЕКОНОМІЧНОГО РЕГУЛЮВАННЯ ГОСПОДАРСЬКОЇ ДІЯЛЬНОСТІ ПІДПРИЄМСТВ ГОТЕЛІВ І РЕСТОРАНІВ. МЕТОДИЧНИЙ ІНСТРУМЕНТАРІЙ ЙОГО РЕАЛІЗАЦІЇ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC07B6" w:rsidRPr="00CB1261" w:rsidRDefault="00FC07B6" w:rsidP="00FC07B6">
+    <w:p w:rsidR="00FC07B6" w:rsidRPr="00ED6261" w:rsidRDefault="00FC07B6" w:rsidP="00FC07B6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC07B6" w:rsidRPr="00444935" w:rsidRDefault="00FC07B6" w:rsidP="00FC07B6">
       <w:pPr>
-        <w:pStyle w:val="2"/>
+        <w:pStyle w:val="21"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444935">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>План практичного заняття</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC07B6" w:rsidRPr="00444935" w:rsidRDefault="00FC07B6" w:rsidP="00FC07B6">
       <w:pPr>
-        <w:pStyle w:val="2"/>
+        <w:pStyle w:val="21"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444935">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.Основні елементи господарського механізму готелів і ресторанів.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC07B6" w:rsidRPr="00444935" w:rsidRDefault="00FC07B6" w:rsidP="00FC07B6">
       <w:pPr>
-        <w:pStyle w:val="2"/>
+        <w:pStyle w:val="21"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444935">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2.Внутрішній комерційний розрахунок готелів і ресторанів, його види.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC07B6" w:rsidRPr="00444935" w:rsidRDefault="00FC07B6" w:rsidP="00FC07B6">
       <w:pPr>
-        <w:pStyle w:val="2"/>
+        <w:pStyle w:val="21"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444935">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3.Характеристика основних методів аналізу та його інформаційне забезпечення.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC07B6" w:rsidRPr="00444935" w:rsidRDefault="00FC07B6" w:rsidP="00FC07B6">
       <w:pPr>
-        <w:pStyle w:val="2"/>
+        <w:pStyle w:val="21"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="1211"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444935">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4.Планування як інструмент обґрунтування економічної стратегії готелів і ресторанів. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC07B6" w:rsidRPr="00444935" w:rsidRDefault="00FC07B6" w:rsidP="00FC07B6">
       <w:pPr>
-        <w:pStyle w:val="2"/>
+        <w:pStyle w:val="21"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="1211"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444935">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5.Розвязання задач на визначення економічних меж обс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ягу діяльності підприємства - </w:t>
@@ -349,58 +349,58 @@
       <w:r w:rsidRPr="00C13B98">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>туроднів</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C13B98">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> чотирьох готельних комплексів за місяць, якщо:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="0" w:type="dxa"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2248"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1860"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1914"/>
+        <w:gridCol w:w="1914"/>
+        <w:gridCol w:w="1915"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FC07B6" w:rsidRPr="00C13B98" w:rsidTr="00EF5E7A">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00FC07B6" w:rsidRPr="00C13B98" w:rsidRDefault="00FC07B6" w:rsidP="00EF5E7A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C13B98">
@@ -1002,57 +1002,57 @@
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Вихідні дані до задачі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5520"/>
-        <w:gridCol w:w="1333"/>
+        <w:gridCol w:w="5664"/>
+        <w:gridCol w:w="1376"/>
         <w:gridCol w:w="1332"/>
-        <w:gridCol w:w="1160"/>
+        <w:gridCol w:w="1199"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FC07B6" w:rsidRPr="002630A7" w:rsidTr="00EF5E7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2970" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FC07B6" w:rsidRPr="002630A7" w:rsidRDefault="00FC07B6" w:rsidP="00EF5E7A">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
@@ -2584,111 +2584,103 @@
             <w:r w:rsidRPr="002630A7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00FC07B6" w:rsidRPr="00AF038F" w:rsidRDefault="00FC07B6" w:rsidP="00FC07B6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidRDefault="00D07B32" w:rsidP="00D07B32">
+    <w:p w:rsidR="00D07B32" w:rsidRPr="00357EDE" w:rsidRDefault="00D07B32" w:rsidP="00D07B32">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D07B32">
+      <w:r w:rsidRPr="00357EDE">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-        <w:t>. Аналіз беззбитковості.</w:t>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 4. Аналіз беззбитковості.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidRDefault="00D07B32" w:rsidP="00D07B32">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07B32">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Фірма виготовляє водонагрівачі і реалізує їх за ціною 620 грн. за шт. Постійні витрати на місяць становлять 7000 грн., а змінні витрати на одиницю продукції -270 грн. Чому дорівнює точка беззбитковості в штуках і гривнях? Який показник безпеки? Скільки водонагрівачів мусить продати фірма, щоб відшкодувати витрати і отримати прибуток у розмірі 10500 грн.</w:t>
+        <w:t>Фірма виготовляє водонагрівачі і реалізує їх за ціною 620 грн. за шт. Постійні витрати на місяць становлять 7000 грн., а змінні витрати на одиницю продукції -270 грн. Чому дорівнює точка беззбитковост</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D07B32">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і в штуках і гривнях? Який показник безпеки? Скільки водонагрівачів мусить продати фірма, щоб відшкодувати витрати і отримати прибуток у розмірі 10500 грн.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidRDefault="00D07B32" w:rsidP="00D07B32">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidRDefault="00D07B32" w:rsidP="00D07B32">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2937,58 +2929,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07B32">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3. Імовірність того, що ринок буде сприятливим така ж, як і ймовірність того, що ринок буде сприятливим. Це означає – кожен стан природи має шанс 0,5.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidRDefault="00D07B32" w:rsidP="00D07B32">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D07B32">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidRDefault="00D07B32" w:rsidP="00D07B32">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07B32">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Задача </w:t>
       </w:r>
       <w:r>
@@ -3006,69 +2990,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.  Визначення показників прибутковості.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidRDefault="00D07B32" w:rsidP="00D07B32">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07B32">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сукупний капітал підприємства 10 млн. грн., в </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. 6 млн. грн. власний та 4 млн. грн. – позиковий. Плата за користування позиковими коштами складає 20% за рік. Власники капіталу прагнуть забезпечити його доходність в розмірі 25% за рік. Середня оборотність капіталу підприємства – 4 обороти за рік. Підприємство займається лише виробництвом продукції. </w:t>
+        <w:t xml:space="preserve">Сукупний капітал підприємства 10 млн. грн., в т.ч. 6 млн. грн. власний та 4 млн. грн. – позиковий. Плата за користування позиковими коштами складає 20% за рік. Власники капіталу прагнуть забезпечити його доходність в розмірі 25% за рік. Середня оборотність капіталу підприємства – 4 обороти за рік. Підприємство займається лише виробництвом продукції. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidRDefault="00D07B32" w:rsidP="00D07B32">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07B32">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Визначити:  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidRDefault="00D07B32" w:rsidP="00D07B32">
       <w:pPr>
@@ -3120,51 +3086,51 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07B32">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Варіанти для розв’язку</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="624"/>
         <w:gridCol w:w="1737"/>
         <w:gridCol w:w="2029"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidTr="00D07B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidRDefault="00D07B32">
             <w:pPr>
               <w:contextualSpacing/>
@@ -3464,52 +3430,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidRDefault="00D07B32">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00D07B32">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidRDefault="00D07B32">
             <w:pPr>
@@ -5419,102 +5383,5557 @@
           </w:tcPr>
           <w:p w:rsidR="00D07B32" w:rsidRPr="00D07B32" w:rsidRDefault="00D07B32">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D07B32">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003C5D75" w:rsidRDefault="00D07B32"/>
-    <w:sectPr w:rsidR="003C5D75">
+    <w:p w:rsidR="003C5D75" w:rsidRDefault="00374F61"/>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261"/>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261"/>
+    <w:p w:rsidR="00B9702B" w:rsidRDefault="00B9702B"/>
+    <w:p w:rsidR="00B9702B" w:rsidRDefault="00B9702B"/>
+    <w:p w:rsidR="00B9702B" w:rsidRDefault="00B9702B" w:rsidP="00B9702B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9702B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ВИЗНАЧЕННЯ ОСНОВНИХ ПОКАЗНИКІВ ДІЯЛЬНОСТІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9702B" w:rsidRPr="00B9702B" w:rsidRDefault="00B9702B" w:rsidP="00B9702B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Коефіцієнт завантаження готелю (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Occupancy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Rate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Задача 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Готель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>має</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 80 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номерів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Протягом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>днів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>було</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> продано 1 920 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номеро-ночей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Визначити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>коефіцієнт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>завантаження</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>готелю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Задача 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>готелі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 120 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номерів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. За </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ісяць</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31 день) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>реалізовано</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 790 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номеро-ночей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Розрахувати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>івень</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>завантаження</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зробити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>висновок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>щодо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ефективності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>використання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номерного фонду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Рівень подвійного завантаження готелю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиждень</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>готелі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проживало 560 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>клієнтів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, при </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цьому</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>було</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> продано 420 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номеро-ночей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Визначити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>івень</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подвійного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>завантаження</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Готель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реалізував</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номеро-ночей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кількість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>клієнті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> становила</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 510 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Розрахувати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>показник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подвійного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>завантаження</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пояснити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>його</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>економічний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зміст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Середня кількість клієнтів на один номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>місяць</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>готель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обслужив 900 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>клієнті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> продав</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 600 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номеро-ночей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Визначити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>середню</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кількість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>клієнті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> один номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кількість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>клієнті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>період</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 1 250 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, продано 1 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номерів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обчислити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>показник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оцінити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> структуру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>попиту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Показник зайнятості ліжко-місць</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>готелі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 200 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ліжко-місць</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Протягом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>доби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>було</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зайнято</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 150 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>місць</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Розрахувати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коефіцієнт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зайнятості</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ліжко-місць</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Загальна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кількість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ліжко-місць</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 320, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зайнято</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 272.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Визначити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>івень</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>використання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>місткості</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>готелю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Середня ціна номера (ADR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Виручка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>від</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номерного фонду за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ісяць</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> становила 960 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, продано 1 200 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номеро-ночей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обчислити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>середню</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ціну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Готель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отримав</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 540 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доходу, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реалізувавши</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 750 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номерів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Розрахувати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ADR та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проаналізувати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цінову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>політику</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Доходна ставка на одного клієнта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ісяць</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>готель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отримав</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 720 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>виручки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кількість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>клієнтів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 1 200 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Визначити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дохід</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на одного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>клієнта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Виручка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>готелю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>склала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 050 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>клієнтів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 1 500.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Розрахувати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>доходну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ставку та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оцінити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>RevPAR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (дохід з одного доступного номера)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Виручка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>від</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номерного фонду — 840 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>загальна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кількість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номеро-ночей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 1 400.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Розрахувати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>RevPAR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Готель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>має</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>період</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>днів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>виручка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 900 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Визначити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>RevPAR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порівняти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ADR (за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>умови</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>відомої</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>середньої</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ціни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. GOP PAR / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Trev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PAR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Валовий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>операційний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прибуток</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>готелю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 600 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, продано 1 500 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номерів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Розрахувати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GOP PAR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ВОП становить 420 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кількість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проданих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номерів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 1 200.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Визначити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прибуток</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> одного номера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. Точка беззбитковості (ТБЗ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Постійні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>витрати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ресторану — 300 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ці</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> страви — 250 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>змінні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>витрати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 150 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Визначити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> точку </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беззбитковості</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кількості</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порцій</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С = 180 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Z = 400 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, V = 280 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Розрахувати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ТБЗ та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зробити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>висновок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>щодо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мінімального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обсягу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реалізації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10. Обсяг реалізації для отримання запланованого прибутку</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Постійні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>витрати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 200 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бажаний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прибуток</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 100 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ціна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>змінні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>витрати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — 180 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Визначити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>необхідний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обсяг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реалізації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00B82029" w:rsidRDefault="00ED6261" w:rsidP="00ED6261">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С = 150 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 50 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Z = 220 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, V = 140 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B82029">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Розрахувати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кількість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одиниць</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>продукції</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>досягнення</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цільового</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прибутку</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6261">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidRDefault="00ED6261">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00ED6261" w:rsidRPr="00ED6261" w:rsidSect="006C3282">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0000000B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3D148F08"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
@@ -5678,611 +11097,481 @@
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="29"/>
         <w:szCs w:val="29"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...5 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00504393"/>
+    <w:rsid w:val="00357EDE"/>
     <w:rsid w:val="00504393"/>
+    <w:rsid w:val="006C3282"/>
     <w:rsid w:val="006E616B"/>
+    <w:rsid w:val="00B9702B"/>
     <w:rsid w:val="00D01D55"/>
     <w:rsid w:val="00D07B32"/>
+    <w:rsid w:val="00ED6261"/>
     <w:rsid w:val="00FC07B6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{888A0008-5CD1-4DA1-82D1-25372FD3BC50}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FC07B6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6261"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6261"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00FC07B6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Абзац списку1"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00FC07B6"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="Liberation Sans" w:hAnsi="Liberation Serif" w:cs="Liberation Sans"/>
       <w:kern w:val="1"/>
       <w:lang w:val="en-US" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="21">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="20"/>
+    <w:link w:val="22"/>
     <w:rsid w:val="00FC07B6"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-    <w:name w:val="Основний текст з відступом 2 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Основной текст с отступом 2 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="2"/>
+    <w:link w:val="21"/>
     <w:rsid w:val="00FC07B6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00ED6261"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00ED6261"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED6261"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6261"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="1450852495">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -6290,86 +11579,86 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6502,65 +11791,65 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4020</Characters>
+  <Pages>6</Pages>
+  <Words>1164</Words>
+  <Characters>6635</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4716</CharactersWithSpaces>
+  <CharactersWithSpaces>7784</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>