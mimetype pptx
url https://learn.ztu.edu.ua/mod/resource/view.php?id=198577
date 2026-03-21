--- v0 (2025-11-17)
+++ v1 (2026-03-21)
@@ -57,90 +57,90 @@
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
-[...38 lines deleted...]
-    <p:sldId id="286" r:id="rId41"/>
+    <p:sldId id="302" r:id="rId2"/>
+    <p:sldId id="306" r:id="rId3"/>
+    <p:sldId id="256" r:id="rId4"/>
+    <p:sldId id="257" r:id="rId5"/>
+    <p:sldId id="258" r:id="rId6"/>
+    <p:sldId id="259" r:id="rId7"/>
+    <p:sldId id="260" r:id="rId8"/>
+    <p:sldId id="261" r:id="rId9"/>
+    <p:sldId id="262" r:id="rId10"/>
+    <p:sldId id="264" r:id="rId11"/>
+    <p:sldId id="265" r:id="rId12"/>
+    <p:sldId id="266" r:id="rId13"/>
+    <p:sldId id="267" r:id="rId14"/>
+    <p:sldId id="268" r:id="rId15"/>
+    <p:sldId id="276" r:id="rId16"/>
+    <p:sldId id="269" r:id="rId17"/>
+    <p:sldId id="270" r:id="rId18"/>
+    <p:sldId id="277" r:id="rId19"/>
+    <p:sldId id="287" r:id="rId20"/>
+    <p:sldId id="288" r:id="rId21"/>
+    <p:sldId id="289" r:id="rId22"/>
+    <p:sldId id="292" r:id="rId23"/>
+    <p:sldId id="293" r:id="rId24"/>
+    <p:sldId id="294" r:id="rId25"/>
+    <p:sldId id="295" r:id="rId26"/>
+    <p:sldId id="296" r:id="rId27"/>
+    <p:sldId id="297" r:id="rId28"/>
+    <p:sldId id="298" r:id="rId29"/>
+    <p:sldId id="299" r:id="rId30"/>
+    <p:sldId id="300" r:id="rId31"/>
+    <p:sldId id="301" r:id="rId32"/>
+    <p:sldId id="271" r:id="rId33"/>
+    <p:sldId id="272" r:id="rId34"/>
+    <p:sldId id="273" r:id="rId35"/>
+    <p:sldId id="274" r:id="rId36"/>
+    <p:sldId id="278" r:id="rId37"/>
+    <p:sldId id="303" r:id="rId38"/>
+    <p:sldId id="304" r:id="rId39"/>
+    <p:sldId id="305" r:id="rId40"/>
+    <p:sldId id="283" r:id="rId41"/>
     <p:sldId id="275" r:id="rId42"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
@@ -345,51 +345,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="1122363"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3602038"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -410,75 +410,75 @@
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B099E58-60E9-4BD5-9D41-48ABF1CEEE1F}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>15.02.2022</a:t>
+              <a:t>26.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -528,127 +528,127 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B099E58-60E9-4BD5-9D41-48ABF1CEEE1F}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>15.02.2022</a:t>
+              <a:t>26.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -703,132 +703,132 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8724900" y="365125"/>
             <a:ext cx="2628900" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="7734300" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B099E58-60E9-4BD5-9D41-48ABF1CEEE1F}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>15.02.2022</a:t>
+              <a:t>26.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -878,127 +878,127 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B099E58-60E9-4BD5-9D41-48ABF1CEEE1F}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>15.02.2022</a:t>
+              <a:t>26.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1057,51 +1057,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="1709738"/>
             <a:ext cx="10515600" cy="2852737"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="4589463"/>
             <a:ext cx="10515600" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -1177,74 +1177,74 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B099E58-60E9-4BD5-9D41-48ABF1CEEE1F}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>15.02.2022</a:t>
+              <a:t>26.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1294,189 +1294,189 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B099E58-60E9-4BD5-9D41-48ABF1CEEE1F}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>15.02.2022</a:t>
+              <a:t>26.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1531,51 +1531,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="1681163"/>
             <a:ext cx="5157787" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
@@ -1597,107 +1597,107 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2505075"/>
             <a:ext cx="5157787" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1681163"/>
             <a:ext cx="5183188" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
@@ -1719,131 +1719,131 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="2505075"/>
             <a:ext cx="5183188" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B099E58-60E9-4BD5-9D41-48ABF1CEEE1F}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>15.02.2022</a:t>
+              <a:t>26.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1893,75 +1893,75 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B099E58-60E9-4BD5-9D41-48ABF1CEEE1F}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>15.02.2022</a:t>
+              <a:t>26.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2012,51 +2012,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B099E58-60E9-4BD5-9D41-48ABF1CEEE1F}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>15.02.2022</a:t>
+              <a:t>26.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2115,51 +2115,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="457200"/>
             <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5183188" y="987425"/>
             <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -2172,79 +2172,79 @@
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2057400"/>
             <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -2266,74 +2266,74 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B099E58-60E9-4BD5-9D41-48ABF1CEEE1F}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>15.02.2022</a:t>
+              <a:t>26.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2392,51 +2392,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="457200"/>
             <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5183188" y="987425"/>
             <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -2519,74 +2519,74 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B099E58-60E9-4BD5-9D41-48ABF1CEEE1F}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>15.02.2022</a:t>
+              <a:t>26.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2655,155 +2655,155 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B099E58-60E9-4BD5-9D41-48ABF1CEEE1F}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>15.02.2022</a:t>
+              <a:t>26.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3148,302 +3148,1339 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ztu.edu.ua/page/543.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-</file>
-[...6 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mikrotik.com/product/hap_ac2#fndtn-specifications" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ctrTitle"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1596427" y="2570918"/>
-            <a:ext cx="9144000" cy="2387600"/>
+            <a:off x="783879" y="512872"/>
+            <a:ext cx="10777396" cy="5851713"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...3 lines deleted...]
-            <a:endParaRPr lang="uk-UA" b="1" dirty="0"/>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Як отримати </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+              <a:t>100 балів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t> з дисципліни?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>8 лабораторних робіт = </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+              <a:t>40 балів</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>4 КМР = </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+              <a:t>40 балів</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Курс «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>MikroTik</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> Network Associate</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>» на платформі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Udemy</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>= </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+              <a:t>20 балів</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>*Щоб отримати безкоштовний доступ до курсів на платформі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>Udemy</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>перейдіть за </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://ztu.edu.ua/page/543.html</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t> і заповність гугл-форму згідно </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0" smtClean="0"/>
+              <a:t>інструкції. Протягом дня на пошту прийде лист з посиланням для завершення реєстрації на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:t>Udemy</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0" smtClean="0"/>
+              <a:t> (перевіряйте папку «спам»!).</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1598165028"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2026499900"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Content Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="18748" y="396310"/>
+            <a:ext cx="12173252" cy="5909310"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Система найменування продуктів </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>MikroTik</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>RouterBOARD (версія RB) </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>&lt;board name&gt; &lt;board features&gt;-&lt;built-in wireless&gt; &lt;wireless card features&gt;-&lt;connector type&gt;-&lt;enclosure type&gt; </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" altLang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Board Name</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Тут може вкористовуватись</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> один з трьої варіантів найменування</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>3-symbol name</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>1st symbol stands for series (this can either be a number or a letter) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>2nd digit for indicating number of potential wired interfaces (Ethernet, SFP, SFP+) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>3rd digit for indicating number of potential wireless interfaces (built-in and mPCI and mPCIe slots)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Word</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> – використовуються</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> настіпні назви</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>OmniTIK, Groove, SXT, SEXTANT, Metal, LHG, DynaDish, cAP, wAP, LDF, DISC, mANTBox, QRT, DynaDish, cAP, hAP, hEX </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>Якщо плата має фундаментальні зміни в апаратному забезпеченні (наприклад, зовсім інший процесор), версія версії буде додана в кінці </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Exceptional naming</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>плати 600, 800, 1000, 1100, 1200, 2011, 3011, 4011 є окремими представниками серії або мають більше 9 дротових інтерфейсів, тому назву було спрощено до цілих сотень або року розробки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2387975498"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="398351" y="208230"/>
+            <a:ext cx="11579383" cy="6292158"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>Board Features</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>Функціонал борда слідує відразу після розділу назви борду (без пробілів чи тире), за винятком випадків, коли назва борду є словом, тоді елементи розділяються пробілом. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Currently used features (listed in order they are used): </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> - USB</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> - power injection with controller</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> - single port power injector without controller</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> - more memory and (or) higher license level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>H</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> - more powerful CPU</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>G</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> - Gigabit (may include "U","A","H", if not used with "L")</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>L</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> - Lite edition</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> - SFP port (legacy usage - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>SwitchOS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> devices)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>e</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>PCIe</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> interface extension card</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>x&lt;N&gt;</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> - where N is number of CPU cores ( x2, x16, x36 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>etc</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>R</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>MiniPCI</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> or </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>MINIPCIe</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> slot</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1440352666"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -3490,1691 +4527,1667 @@
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
               <a:t>Деталі вбудованого бездротового інтерфейсу</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0"/>
-              <a:t>плата має вбудований бездротовий </a:t>
-[...9 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0"/>
+              <a:t>Якщо плата має вбудований бездротовий інтерфейс, то всі її функції представлені в такому форматі: </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial Unicode MS" panose="020B0604020202020204" pitchFamily="34" charset="-128"/>
               </a:rPr>
               <a:t>&lt;band&gt;&lt;power_per_chain&gt;&lt;protocol&gt;&lt;number_of_chains&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>band</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>5</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - 5Ghz </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - 2.4Ghz </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>52</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - dual band 5Ghz and 2.4Ghz</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>power per chain</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(not used) - "Normal" - &lt;23dBm at 6Mbps 802.11a; &lt;24dBm at 6Mbps 802.11g </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>H</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - "High" - 23-24dBm at 6Mbps 802.11a; 24-27dBm at 6Mbps 802.11g </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>HP</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - "High Power" - 25-26dBm 6Mbps 802.11a; 28-29dBm at 6Mbps 802.11g </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>SHP</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - "Super High Power" - 27+dBm at 6Mbps 802.11a; 30+dBm at 6Mbps 802.11g</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>protocol</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(not used) - for cards with only 802.11a/b/g support </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>n</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - for cards with 802.11n support </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ac</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - for cards with 802.11ac support</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>number_of_chains</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(not used) - single chain </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>D</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - dual chain </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>T</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - triple chain</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>connector type</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(not used) - only one connector option on the model </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>MMCX</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - MMCX connector type </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>u.FL</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - u.FL connector type</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3489493170"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="398351" y="208230"/>
             <a:ext cx="11579383" cy="6292158"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>Enclosure type</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>(not used) - main type of enclosure for a product</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>BU</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - board unit (no enclosure) - for situation when board-only option is required, but main product already comes in the case</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>RM</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - rack-mount enclosure</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>IN</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - indoor enclosure</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>EM</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - extended memory</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>LM</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - lite memory</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>BE</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - black edition case</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>TC</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - Tower (vertical) case</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>PC</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>PassiveCooling</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> enclosure (for CCR)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>TC</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - Tower (vertical) Case enclosure (for </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>hEX</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>hAP</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> and other home routers.)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>OUT</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - outdoor enclosure</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>More Specific types OUT enclosures are:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>SA</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - sector antenna enclosure (for SXT)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>HG</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - high gain antenna enclosure (for SXT)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>BB</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Basebox</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> enclosure (for RB911)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>NB</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>NetBox</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> enclosure (for RB911)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>NM</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>NetMetal</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> enclosure (for RB911)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>QRT</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - QRT enclosure (for RB911)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>SX</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - Sextant enclosure (for RB911,RB711)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>PB</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>PowerBOX</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> enclosure (for RB750P, RB950P)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2430084454"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="144855" y="208230"/>
             <a:ext cx="6319319" cy="6292158"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0"/>
               <a:t>Приклад</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>Розглянемо найменування </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>RB912UAG-5HPnD</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>RB (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>RouterBOARD</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>912 – 9</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>-а серія з</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> 1 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>провідним</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ethernet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>) </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>інтерфейсом і двома бездротовими</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>вбудований і </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>miniPCIe</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>UAG - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>має</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> USB </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>порт</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>більше пам’яті і</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> gigabit </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ethernet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> port</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>5HPnD – </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>містить вбудованиу </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>5GHz </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>високопотужну двоканальну мережеви картуі підтримує</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> 802.11n.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6862527" y="949889"/>
             <a:ext cx="4995297" cy="5204251"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2545799569"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="371192" y="72428"/>
             <a:ext cx="10982608" cy="6104535"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
               <a:t>Ще один приклад - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
-              <a:t>. </a:t>
+              <a:t>RB912UAG-2HPnD. </a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" sz="2000" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
@@ -5188,283 +6201,275 @@
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="371192" y="679692"/>
             <a:ext cx="6096000" cy="3416320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>RB 912 UAG – 2HPnD</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>RB </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>= </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>RouterBoard</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>9  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>= 9</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>-а серія</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>1 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>= 1 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>ethernet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>-інтерфейс</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>= 2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>бездротових інтерфейса </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>(default </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>і</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>miniPCIe</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>U  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>= USB Port</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>A </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> = </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>збільшена пам’ять</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>G</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Ethernet (</a:t>
-[...6 lines deleted...]
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t> = Gigabit Ethernet (10/100/1000) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>порт</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> = 2.4 GHz</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>HP </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>= High Power</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>n  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>= </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>підтримує </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>802.11n</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>D = </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>Двоканальний (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Dual Chain</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2142430423"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
@@ -5513,1199 +6518,1192 @@
           <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>CloudCoreRouter має схожу систему найменування</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial Unicode MS" panose="020B0604020202020204" pitchFamily="34" charset="-128"/>
               </a:rPr>
               <a:t>&lt;4 digit number&gt;-&lt;list of ports&gt;-&lt;enclosure type&gt;</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>4 digit number</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1st digit stands for series</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2nd (reserved)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>3rd-4th digit indicates the number of total CPU cores on the device</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>list of ports</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>G</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 1G Ethernet ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>P </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>number of 1G Ethernet ports with PoE-out</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>C</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of combo 1G Ethernet/SFP ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>S</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 1G SFP ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>G+</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 2.5G Ethernet ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>P+</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 2.5G Ethernet ports with PoE-out</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>C+</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of combo 10G Ethernet/SFP+ ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>S+</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 10G SFP+ ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>XG</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 5G/10G Ethernet ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>XP</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 5G/10G Ethernet ports with PoE-out</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>XC</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of combo 10G/25G SFP+ ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>XS</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 25G SFP+ ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Q+</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 40G QSFP+ ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>XQ</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 100G QSFP+ ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>enclosure type</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - same as for RouterBOARD products.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3752050523"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
@@ -6754,1440 +7752,1433 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Принципи найменування CloudRouterSwitch і CloudSmartSwitch</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial Unicode MS" panose="020B0604020202020204" pitchFamily="34" charset="-128"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial Unicode MS" panose="020B0604020202020204" pitchFamily="34" charset="-128"/>
               </a:rPr>
               <a:t>&lt;3 digit number&gt;-&lt;list of ports&gt;-&lt;built-in wireless card&gt;-&lt;enclosure type&gt;</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>3 digit number</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1st digit stands for series</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2nd-3rd digit - total number of wired interfaces (Ethernet, SFP, SFP+)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>list of ports</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>F</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 100M Ethernet ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Fi</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 100M Ethernet ports with PoE-out injector</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Fp</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 100M Ethernet ports with controlled PoE-out</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Fr</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 100M Ethernet ports with Reverse PoE (PoE-in)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>G</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 1G Ethernet ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>P</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 1G Ethernet ports with PoE-out</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>C</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of combo 1G Ethernet/SFP ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>S</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 1G SFP ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>G+</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 2.5G Ethernet ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>P+</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 2.5G Ethernet ports with PoE-out</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>C+</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of combo 10G Ethernet/SFP ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>S+</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 10G SFP+ ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>XG</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 5G/10G Ethernet ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>XP</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 5G/10G Ethernet ports with PoE-out</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>XC</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of combo 10G/25G SFP+ ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>XS</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 25G SFP+ ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Q+</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 40G QSFP+ ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-&lt;n&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>XQ</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> number of 100G QSFP+ ports</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>built-in wireless card</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - same as for RouterBOARD products.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>enclosure type</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - same as for RouterBOARD products.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3810347328"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -8199,51 +9190,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1271343" y="190962"/>
             <a:ext cx="8126154" cy="6667038"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4198902029"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -8255,51 +9246,227 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="707486" y="73056"/>
             <a:ext cx="8045947" cy="5859463"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1783876158"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="102803" y="121681"/>
+            <a:ext cx="4722693" cy="3549464"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3929986" y="2716041"/>
+            <a:ext cx="8199723" cy="4010684"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5474329" y="806255"/>
+            <a:ext cx="6096000" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Потрібний курс має назву «MikroTik </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0"/>
+              <a:t>Network Associate with LABS (RouterOS 7 &amp; Winbox 4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>)»</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="229392" y="5065176"/>
+            <a:ext cx="4469513" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="→"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Проходите курс</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="→"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Присилаєте мені на пошту сертифікат</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="→"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>Отримуєте 20 балів</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4158498303"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -8311,51 +9478,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="619763" y="172015"/>
             <a:ext cx="9123541" cy="6301212"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3226150324"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -8367,228 +9534,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="175331" y="0"/>
             <a:ext cx="9592905" cy="6654297"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2709587323"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...176 lines deleted...]
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -8600,51 +9590,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="256068" y="0"/>
             <a:ext cx="9136194" cy="6672404"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="814083452"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -8656,51 +9646,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="129084" y="0"/>
             <a:ext cx="9401620" cy="6672404"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3874798943"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -8712,51 +9702,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="99528" y="0"/>
             <a:ext cx="9307022" cy="6632169"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1264936768"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -8768,51 +9758,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="163755" y="0"/>
             <a:ext cx="8989298" cy="6561206"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1391054204"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -8824,51 +9814,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="0"/>
             <a:ext cx="9426711" cy="6690511"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3198107905"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -8880,51 +9870,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="281534" y="109082"/>
             <a:ext cx="9156794" cy="6635750"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="625725705"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -8936,51 +9926,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="211256" y="0"/>
             <a:ext cx="9374434" cy="6654297"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="792903318"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -8992,51 +9982,138 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9533574" cy="6663350"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3633997265"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1596427" y="2570918"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" b="1" dirty="0"/>
+              <a:t>Лекція 1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2317686" y="506994"/>
+            <a:ext cx="7846336" cy="1912544"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1598165028"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -9048,51 +10125,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="81373" y="90975"/>
             <a:ext cx="9602997" cy="6463734"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2586731863"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -9104,261 +10181,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="66276" y="81921"/>
             <a:ext cx="9421756" cy="6579990"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2988529531"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
-[...209 lines deleted...]
-<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -9379,123 +10246,88 @@
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8912382" y="2671868"/>
             <a:ext cx="3279618" cy="4186132"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...33 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1421394" y="2805742"/>
             <a:ext cx="6237838" cy="3832818"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2330472520"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -9510,51 +10342,51 @@
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1026954" y="235123"/>
             <a:ext cx="9416896" cy="6292850"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="261767479"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -9644,51 +10476,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-163151"/>
             <a:ext cx="3775228" cy="2001004"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="751715739"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -9748,51 +10580,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6754407" y="51728"/>
             <a:ext cx="5275478" cy="6806272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="883966023"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -9856,686 +10688,583 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="62044" y="82949"/>
             <a:ext cx="4768217" cy="2562131"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3449874695"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
-[...77 lines deleted...]
-<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="22396" y="2400300"/>
-            <a:ext cx="10506783" cy="4261200"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="6654297" cy="1796797"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1"/>
+          <p:cNvPr id="6" name="Picture 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="9134475" cy="2400300"/>
+            <a:off x="5730844" y="1265084"/>
+            <a:ext cx="6461156" cy="5592916"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1909432"/>
+            <a:ext cx="5692346" cy="3613182"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3607521001"/>
-[...77 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1403281534"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1612333294"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1"/>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1"/>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="491135" y="-72428"/>
-            <a:ext cx="6782185" cy="1910281"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="6627137" cy="1784523"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Content Placeholder 3"/>
+          <p:cNvPr id="5" name="Picture 4"/>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="491135" y="1644604"/>
-            <a:ext cx="9420225" cy="5067300"/>
+            <a:off x="0" y="1782948"/>
+            <a:ext cx="5187931" cy="5011471"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5658417" y="1784523"/>
+            <a:ext cx="6089964" cy="5022651"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1638621561"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1780989867"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1"/>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1"/>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1756371" y="0"/>
-            <a:ext cx="7767875" cy="6732662"/>
+            <a:off x="1" y="1"/>
+            <a:ext cx="7215612" cy="1926944"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1" y="2272420"/>
+            <a:ext cx="5108497" cy="4585580"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5658416" y="1863742"/>
+            <a:ext cx="6071857" cy="4994258"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="465395380"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1973200216"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...4 lines deleted...]
-          </p:cNvSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Content Placeholder 5"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7559643" y="0"/>
+            <a:ext cx="4287382" cy="2756174"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="398351" y="208230"/>
-            <a:ext cx="11579383" cy="6292158"/>
+            <a:off x="159944" y="431590"/>
+            <a:ext cx="7019454" cy="5632311"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...118 lines deleted...]
-            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>Одним із основних продуктів MikroTik є </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0"/>
+              <a:t>RouterOS </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>– мережна операційна система на базі Linux. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>RouterOS призначена для встановлення на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0"/>
+              <a:t>маршрутизатори</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t> MikroTik </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0"/>
+              <a:t>RouterBoard</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>Також дана система може бути встановлена ​​на ПК, перетворюючи його на маршрутизатор із функціями брандмауера, VPN-сервера/клієнта, QoS, точки доступу та іншими. Система також може служити як Captive-портал на основі системи бездротового доступу. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>Існує спеціальна версія RouterOS, що називається </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" b="1" dirty="0"/>
+              <a:t>Cloud Hosted Router </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0"/>
+              <a:t>і призначена для хмарних віртуальних машин. </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8416329" y="3624969"/>
+            <a:ext cx="3117786" cy="3117786"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="652610560"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1547853477"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Content Placeholder 1"/>
+          <p:cNvPr id="3" name="Picture 2"/>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="260590" y="796706"/>
-[...13 lines deleted...]
-            <a:ext cx="5106398" cy="523220"/>
+            <a:off x="1461596" y="0"/>
+            <a:ext cx="8472101" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...24 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2577910311"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="465395380"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -10544,54 +11273,53 @@
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="398351" y="3123446"/>
             <a:ext cx="11579383" cy="1004934"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="6000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="6000" b="1" dirty="0"/>
               <a:t>Дякую за увагу!</a:t>
             </a:r>
-            <a:endParaRPr lang="uk-UA" sz="6000" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3486666507"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -10607,360 +11335,673 @@
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="398351" y="208230"/>
             <a:ext cx="11579383" cy="6292158"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0" smtClean="0"/>
-[...96 lines deleted...]
-            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>Операційна система має кілька </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0"/>
+              <a:t>рівнів ліцензій </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>із зростаючим числом функцій. Крім того, є програмне забезпечення під назвою Winbox, яке надає графічний інтерфейс для налаштування RouterOS. Доступ до пристроїв під керуванням RouterOS можливий також через Інтернет інтерфейс, FTP, Telnet, і SSH. Існує також API, що дозволяє створювати спеціалізовані програми для керування та моніторингу.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8752293" y="1556918"/>
+            <a:ext cx="3457149" cy="2554545"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" i="1" dirty="0"/>
+              <a:t>Після встановлення RouterOS працює в пробному режимі. У вас є 24 години, щоб зареєструватися для рівня 1 або придбати рівень 3, 4, 5 або 6 і ввести дійсний ключ. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" i="1" dirty="0"/>
+              <a:t>Рівень 3 – це ліцензія лише на бездротову станцію (клієнтську або CPE). Для ПК x86 Level3 недоступний для окремої покупки. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="uk-UA" sz="1600" i="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="334975" y="1556918"/>
+            <a:ext cx="8315325" cy="4819650"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8713676" y="4549676"/>
+            <a:ext cx="3495766" cy="2308324"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0"/>
+              <a:t>Усі ліцензії: </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0"/>
+              <a:t>ніколи не закінчу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="1600" i="1" dirty="0"/>
+              <a:t>ю</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0"/>
+              <a:t>ться </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0"/>
+              <a:t>можуть використовувати необмежену кількість інтерфейсів </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0"/>
+              <a:t>розраховані на одну установку </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0"/>
+              <a:t>пропонують необмежену кількість оновлень програмного забезпечення </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="1600" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2760688296"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="886960293"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
+            <a:off x="398351" y="208230"/>
+            <a:ext cx="11579383" cy="6292158"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>RouterOS підтримує </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" u="sng" dirty="0"/>
+              <a:t>безліч сервісів та протоколів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>, які можуть бути використані середніми або великими провайдерами, таких як OSPF, BGP, VPLS/MPLS. RouterOS – досить гнучка система, і дуже добре підтримується Mikrotik, як у рамках форуму та надання різних Wiki-матеріалів, так і спеціалізованих прикладів конфігурацій.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>RouterOS надає системному адміністратору </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" u="sng" dirty="0"/>
+              <a:t>графічний інтерфейс (WinBox)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t> для наочного та швидкого налаштування фаєрволу, маршрутизації та управління QoS. У тому числі, в інтерфейсі WinBox практично повністю реалізована функціональність Linux-утиліт iptables, iproute2, управління трафіком та QoS на основі алгоритму HTB.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="652610560"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="398351" y="208230"/>
+            <a:ext cx="11579383" cy="6292158"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" b="1" dirty="0"/>
+              <a:t>Історія версій </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>RouterOS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> v7: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>грудень 2021 - н.в. (заснована на ядрі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Linux 5.6.3) </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>RouterOS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> v6: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>травень 2013 - н.в. (заснована на ядрі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Linux 3.3.5) </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>RouterOS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> v5: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>березень 2011 – вересень 2013 (заснована на ядрі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Linux 2.6.35) </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>RouterOS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> v4: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>жовтень 2009 - березень 2011 (заснована на ядрі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Linux 2.6.26) </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>RouterOS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> v3: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>січень 2008 – жовтень 2009 (заснована на ядрі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Linux 2.4.31) </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2760688296"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
             <a:off x="443618" y="226337"/>
             <a:ext cx="11579383" cy="6292158"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1"/>
               <a:t>RouterBOARD</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="uk-UA" sz="2000" b="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="uk-UA" sz="2000" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1"/>
               <a:t>RouterBOARD</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>апаратна платформа від </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>MikroTik</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>що є лінійкою маршрутизаторів під управлінням операційної системи </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>RouterOS</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>Різні варіанти </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>RouterBOARD</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>дозволяють вирішувати на їх основі різні варіанти мережевих завдань: від простої бездротової точки доступу та керованого комутатора до потужного маршрутизатора з брандмауером та </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>QoS</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
-            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>Майже всі моделі </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>RouterBOARD</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>пристроїв можуть живитися за допомогою </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>PoE</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>і мають роз'єм для підключення зовнішнього джерела живлення. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>Моделі, призначені для роботи з бездротовими технологіями, мають слот (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>miniPCI</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>/</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>miniPCIe</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>) </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>для підключення радіомодулів. Більшість моделей також мають роз'єм для підключення до </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>COM-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
               <a:t>порту ПК. У бюджетних моделях чи залежно від конкретного призначення моделі ті чи інші елементи можуть бути відсутніми. </a:t>
             </a:r>
-            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="443618" y="4495800"/>
             <a:ext cx="3190875" cy="2362200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -11005,1153 +12046,185 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8184333" y="4489843"/>
             <a:ext cx="3501946" cy="2368157"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="686772753"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
-[...838 lines deleted...]
-
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="398351" y="208230"/>
             <a:ext cx="11579383" cy="6292158"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>Маршрутизатори </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1"/>
+              <a:t>CloudCore</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2000" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
-[...202 lines deleted...]
-            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>У листопаді 2012 року </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>MikroTik</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>випустила маршрутизатори нового сімейства </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1"/>
+              <a:t>CloudCore</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t> Router (CCR)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>які базуються на процесорі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Tilera</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0"/>
+              <a:t>що містить від 9 до 72 процесорних ядер. Станом на січень 2022 року у сімействі 13 моделей із заявленою продуктивністю на коротких пакетах від 17 до 120 млн пакетів на секунду. Ці пристрої призначені для середніх мережевих провайдерів, а також є гарною ціновою альтернативою іншим відомим брендам. </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="63375" y="2498418"/>
+            <a:ext cx="12020406" cy="3219269"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1440352666"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1905142907"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -12381,91 +12454,91 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1639</Words>
+  <Words>1694</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>173</Paragraphs>
+  <Paragraphs>183</Paragraphs>
   <Slides>41</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>41</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="46" baseType="lpstr">
       <vt:lpstr>Arial Unicode MS</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>Лекція 1</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Лекція 1</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>