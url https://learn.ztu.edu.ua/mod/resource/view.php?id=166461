--- v0 (2025-10-15)
+++ v1 (2026-01-20)
@@ -1,51 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="6CD01687" w14:textId="77777777" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>МІНІСТЕРСТВО ОСВІТИ ТА НАУКИ УКРАЇНИ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05FD1A3B" w14:textId="77777777" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -97,77 +98,75 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37E6DC6F" w14:textId="2EA3525C" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A9B6A90" w14:textId="4753F9AB" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B9DE96A" w14:textId="62FE9223" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
+    <w:p w14:paraId="7B9DE96A" w14:textId="67CD99D2" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C48FF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Кафедра </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>АіТТ</w:t>
+      <w:r w:rsidR="00624EFF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>МІ та АТ</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5B392F71" w14:textId="3BDDDD04" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6ECC13A4" w14:textId="261A7F94" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="619D1420" w14:textId="77777777" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
@@ -175,214 +174,201 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7279689B" w14:textId="36AEF03B" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7042CCE4" w14:textId="4DBB2F47" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="211198BA" w14:textId="3E25CEE1" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
+    <w:p w14:paraId="211198BA" w14:textId="0A348A9B" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Курсов</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00973FBE">
+      <w:r w:rsidR="00624EFF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-        </w:rPr>
-        <w:t>а</w:t>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ий</w:t>
       </w:r>
       <w:r w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00973FBE">
+      <w:r w:rsidR="00624EFF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>робота</w:t>
+        <w:t>проєкт</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07FED24E" w14:textId="6DA03EFC" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>з ди</w:t>
+        <w:t>з дисципліни</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008C48FF">
+    </w:p>
+    <w:p w14:paraId="379D287B" w14:textId="1B5F7F57" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="00814185" w:rsidP="009A7725">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>сципліни</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008C48FF">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="008C48FF" w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t>Технологічне проектування АТП і СТО та сервіс автомобілів</w:t>
       </w:r>
-      <w:r w:rsidR="008C48FF" w:rsidRPr="008C48FF">
+      <w:r w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Технологічне проектування АТП і СТО та сервіс автомобілів</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FFF332" w14:textId="515BDBD6" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="008C48FF" w:rsidP="009A7725">
+    <w:p w14:paraId="50FFF332" w14:textId="2321FF76" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="008C48FF" w:rsidP="009A7725">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Проектування моторного </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008C48FF">
+      <w:r w:rsidR="00624EFF" w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>віділення</w:t>
+        <w:t>відділення</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="5267E056" w14:textId="76162C24" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13719011" w14:textId="06B0A216" w:rsidR="009A7725" w:rsidRPr="008C48FF" w:rsidRDefault="009A7725" w:rsidP="009A7725">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
@@ -887,77 +873,75 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62FE544E" w14:textId="77777777" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="00814185" w:rsidP="00814185">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51F511C5" w14:textId="77777777" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="00814185" w:rsidP="00814185">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41B79FD0" w14:textId="77777777" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="00814185" w:rsidP="00814185">
+    <w:p w14:paraId="41B79FD0" w14:textId="73ADD549" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="00814185" w:rsidP="00814185">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C48FF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Кафедра </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>АіТТ</w:t>
+      <w:r w:rsidR="00624EFF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>МІ та АТ</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3C7AC1F5" w14:textId="77777777" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="00814185" w:rsidP="00814185">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="787AF3F6" w14:textId="77777777" w:rsidR="008C48FF" w:rsidRPr="008C48FF" w:rsidRDefault="008C48FF" w:rsidP="00814185">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10E06627" w14:textId="77777777" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="00814185" w:rsidP="00814185">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
@@ -965,229 +949,187 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BBB90CE" w14:textId="77777777" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="00814185" w:rsidP="00814185">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13353154" w14:textId="77777777" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="00814185" w:rsidP="00814185">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="204ADBDE" w14:textId="46A5F219" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="008C48FF" w:rsidP="00814185">
+    <w:p w14:paraId="204ADBDE" w14:textId="62ACD7D5" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="008C48FF" w:rsidP="00814185">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidR="00814185" w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">ояснювальна записка до </w:t>
       </w:r>
-      <w:r w:rsidR="00973FBE">
+      <w:r w:rsidR="00624EFF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>к</w:t>
+        <w:t>курсового проєкту</w:t>
       </w:r>
       <w:r w:rsidR="00973FBE" w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>урсов</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00973FBE">
+      <w:r w:rsidR="00814185" w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>ої</w:t>
+        <w:t>з дисципліни</w:t>
       </w:r>
-      <w:r w:rsidR="00973FBE" w:rsidRPr="008C48FF">
+    </w:p>
+    <w:p w14:paraId="72E187DF" w14:textId="45F4E118" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="00814185" w:rsidP="00814185">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00973FBE">
+      </w:pPr>
+      <w:r w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>роботи</w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00973FBE" w:rsidRPr="008C48FF">
+      <w:r w:rsidR="008C48FF" w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Технологічне проектування АТП і СТО та сервіс автомобілів</w:t>
       </w:r>
-      <w:r w:rsidR="00814185" w:rsidRPr="008C48FF">
+      <w:r w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>з дисципліни</w:t>
-[...40 lines deleted...]
-        </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51266701" w14:textId="351818C4" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="008C48FF" w:rsidP="00814185">
+    <w:p w14:paraId="51266701" w14:textId="51795982" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="008C48FF" w:rsidP="00814185">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Проектування моторного </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008C48FF">
+      <w:r w:rsidR="00624EFF" w:rsidRPr="008C48FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>віділення</w:t>
+        <w:t>відділення</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="494A67E8" w14:textId="77777777" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="00814185" w:rsidP="00814185">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46810141" w14:textId="77777777" w:rsidR="00814185" w:rsidRPr="008C48FF" w:rsidRDefault="00814185" w:rsidP="00814185">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
@@ -1865,183 +1807,184 @@
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0932A7FB" w14:textId="7762EFAB" w:rsidR="008C48FF" w:rsidRPr="008C48FF" w:rsidRDefault="008C48FF" w:rsidP="008C48FF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="299168C3" w14:textId="77777777" w:rsidR="00B8407C" w:rsidRPr="008C48FF" w:rsidRDefault="00B8407C" w:rsidP="008C48FF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B8407C" w:rsidRPr="008C48FF">
-          <w:headerReference w:type="default" r:id="rId6"/>
+          <w:headerReference w:type="default" r:id="rId7"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C2DE987" w14:textId="58E2313F" w:rsidR="00B8407C" w:rsidRPr="008C48FF" w:rsidRDefault="009A124C" w:rsidP="009A7725">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C48FF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Основний текст</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B8407C" w:rsidRPr="008C48FF">
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2677A28F" w14:textId="77777777" w:rsidR="002C7CF5" w:rsidRDefault="002C7CF5" w:rsidP="00B8407C">
+    <w:p w14:paraId="07B78D2A" w14:textId="77777777" w:rsidR="001810EB" w:rsidRDefault="001810EB" w:rsidP="00B8407C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D3347C8" w14:textId="77777777" w:rsidR="002C7CF5" w:rsidRDefault="002C7CF5" w:rsidP="00B8407C">
+    <w:p w14:paraId="05B2733A" w14:textId="77777777" w:rsidR="001810EB" w:rsidRDefault="001810EB" w:rsidP="00B8407C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ISOCPEUR">
     <w:altName w:val="Arial"/>
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="GOST type A">
     <w:altName w:val="Sitka Small"/>
+    <w:panose1 w:val="020B0500000000000000"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Journal">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11F2C485" w14:textId="77777777" w:rsidR="002C7CF5" w:rsidRDefault="002C7CF5" w:rsidP="00B8407C">
+    <w:p w14:paraId="411B2CBB" w14:textId="77777777" w:rsidR="001810EB" w:rsidRDefault="001810EB" w:rsidP="00B8407C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A92318F" w14:textId="77777777" w:rsidR="002C7CF5" w:rsidRDefault="002C7CF5" w:rsidP="00B8407C">
+    <w:p w14:paraId="0C4DE856" w14:textId="77777777" w:rsidR="001810EB" w:rsidRDefault="001810EB" w:rsidP="00B8407C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="06E0C164" w14:textId="33D090F9" w:rsidR="00B8407C" w:rsidRDefault="00B8407C">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
     <w:r w:rsidRPr="00765599">
       <w:rPr>
         <w:noProof/>
+        <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="63567BB8" wp14:editId="3E7B0BC3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-343156</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-169801</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6588760" cy="10144125"/>
               <wp:effectExtent l="0" t="0" r="21590" b="28575"/>
               <wp:wrapNone/>
               <wp:docPr id="376" name="Группа 376"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr>
                       <a:grpSpLocks/>
                     </wpg:cNvGrpSpPr>
@@ -2564,63 +2507,55 @@
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:effectLst/>
                             </a14:hiddenEffects>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="392A644A" w14:textId="77777777" w:rsidR="00B8407C" w:rsidRDefault="00B8407C" w:rsidP="00B8407C">
                             <w:pPr>
                               <w:pStyle w:val="a8"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>Арк</w:t>
-[...6 lines deleted...]
-                              <w:t>.</w:t>
+                              <w:t>Арк.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="12700" tIns="12700" rIns="12700" bIns="12700" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                     <wps:wsp>
                       <wps:cNvPr id="389" name="Rectangle 65"/>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="2311" y="14766"/>
                           <a:ext cx="1335" cy="248"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
@@ -2850,63 +2785,55 @@
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:effectLst/>
                             </a14:hiddenEffects>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="2A55116C" w14:textId="77777777" w:rsidR="00B8407C" w:rsidRDefault="00B8407C" w:rsidP="00B8407C">
                             <w:pPr>
                               <w:pStyle w:val="a8"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>Арк</w:t>
-[...6 lines deleted...]
-                              <w:t>.</w:t>
+                              <w:t>Арк.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="12700" tIns="12700" rIns="12700" bIns="12700" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                     <wps:wsp>
                       <wps:cNvPr id="393" name="Rectangle 69"/>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="9399" y="15336"/>
                           <a:ext cx="765" cy="249"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
@@ -3420,65 +3347,51 @@
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:effectLst/>
                               </a14:hiddenEffects>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="12D66F53" w14:textId="77777777" w:rsidR="00B8407C" w:rsidRDefault="00B8407C" w:rsidP="00B8407C">
                               <w:pPr>
                                 <w:pStyle w:val="a8"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-                                <w:t>.</w:t>
+                                <w:t xml:space="preserve"> Перев.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="12700" tIns="12700" rIns="12700" bIns="12700" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="405" name="Rectangle 81"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="9281" y="0"/>
                             <a:ext cx="10718" cy="20000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
@@ -4614,51 +4527,51 @@
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="ru-RU"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="12700" tIns="12700" rIns="12700" bIns="12700" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
           <w:pict>
             <v:group w14:anchorId="63567BB8" id="Группа 376" o:spid="_x0000_s1026" style="position:absolute;margin-left:-27pt;margin-top:-13.35pt;width:518.8pt;height:798.75pt;z-index:251659264" coordorigin="1134,397" coordsize="10376,16046" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZng0RAwkAAN1hAAAOAAAAZHJzL2Uyb0RvYy54bWzsXeuum0YQ/l+p74D435gFlosVJ4pOLqqU&#10;tlHTPgDHxjYqBhc48Ul/Veoj9EX6Bn2F5I06O7seL740x3a8OZyQSEfGYAwz33w78+0sfvz0dpFb&#10;79KqzspiZLNHjm2lxbicZMVsZP/6y8vvItuqm6SYJHlZpCP7fVrbT598+83j1XKYuuW8zCdpZcFJ&#10;inq4Wo7sedMsh4NBPZ6ni6R+VC7TAnZOy2qRNLBZzQaTKlnB2Rf5wHWcYLAqq8myKsdpXcO7z+VO&#10;+wmefzpNx81P02mdNlY+suHaGvxb4d9r8Xfw5HEynFXJcp6N1WUkJ1zFIskK+FI61fOkSaybKts5&#10;1SIbV2VdTptH43IxKKfTbJziPcDdMGfrbl5V5c0S72U2XM2WZCYw7ZadTj7t+Md3byorm4xsLwxs&#10;q0gW4KQPf3/88+NfH/6F//9Y4n2w0mo5G8LBr6rl2+WbSt4qvHxdjn+rYfdge7/YnsmDrevVD+UE&#10;zpvcNCVa6XZaLcQp4P6tW3TGe3JGettYY3gz4FEUBuCzMexjDvN95nLpr/EcnCo+yJjn2xbs9+Jw&#10;veuF+jxz8I7w04Hj400MkqH8arxcdXni3gB89ca+9Xn2fTtPlim6rRYmI/uGa/v+DLBMilmeWtyT&#10;tsUD14atpVWtoryaw2Hps6oqV/M0mcB1MXE8XL32AbFRg08+aeZda61t/b+2SobLqm5epeXCEi9G&#10;dgWXj25M3r2uG3E9m0OEV4vyZZbn8H4yzAtrNbJd7jsOfqIu82wi9oqddTW7vsor610ighP/4d3B&#10;Hv2wRdYAReTZYmRHdFAyFAZ5UUzwa5oky+VruJS8ECdPMfjV9a1NJF19XU7eg7mqUrIBsBe8mJfV&#10;H7a1AiYY2fXvN0mV2lb+fQEmjwF6gjpww+ehCxuVvuda35MUYzjVyG5sS768aiTd3CyrbDaHb2Jo&#10;iaJ8BtEwzdB+4vrkVSnnAhqNwRIYWob966wARPoaIq+KNxUYeG2+TyMs4GAcEa8+ixCq4Ih1PMpI&#10;jjyEPEXiBjoKXTlchUF0AcUqEJ0LKBEIwlImfRe3fYf8KK4BaOdo3zGBcum7EH2k+c7xOHwVcqkK&#10;0TWFb3FD77094/iBASECe+uRp8bZk7znugE4SEVeJHykeU96znV9jO0+9I7Klg45j7Wdh/nHiaHn&#10;BRHkBr3zjI15kdt2HgbMic7zudc7z+SgF3lt58VnJCycObKAOJywAG32GQsW45+FNsHc2pgH9Z3K&#10;L0/IWGKPq8jjjrs15kGAi2yF83bd12ebd9EdDg15vO07TPBPZE1G2SaPQkxLNvmKF0MRcpFkk7nh&#10;GYVop0uFiNQdLPMC94zA2zgvYBCCrWSzd9450tyhyNsjHQVmpSP4OpmhhgFS6iZcfQ4KgiBb10cS&#10;PlxfHCUciQqGlKS7yDrN7fWtGkyOVHgkLSiFR21IhUdtSIVHbXRO4YlI4dkIj4Eu81xceAxEqYv1&#10;zQ56eAiF1D1BD+rgNKr1INLV64ikJg1Eut50aRC5HgOk7AcR8zzITe4Timh47VGkoygmyUtDka57&#10;XRpFHsr3+1EUxpAj3ScQ0Qjfg6gFIpLeNBDp+tulQeTz4CAVcaaE8nuQDeF4RgN9D6IWiEgC1ECk&#10;64CXBlHsxUqx545UmDYpdRjcs+GMBvoeRC0QkRSpgUjXIw2CyPO26jINRHhJX7IuQyaicb4HUQtE&#10;JIluQBTquuilQcRZCHSDOZEPzQ0tOSfwHFXdc1DOYNcXRxEN9D2KWihqi7NQVSst5ARhHfQ9ld+A&#10;sN63AhjoDROVhzYtElL5eJr3IGRliQN+bIXz5dTZ83q8Oi2tQ+9hy3lUtp3mvLVUBlWGKedJZRN7&#10;8vTOuzs26HXbeSSO4ryInIs6f1KLg15mKPK+ZueRKCmdR2XKWZHHPWgK+Lqdp3q3Resntn2rHmbR&#10;xquoDnvTrcv3hjPGVXLKHb41mrl+DHmKptglQ2oNlyyqstnxnLrCY/inPiOaiYWfKaX9Al3hvrNH&#10;zAopxwUcXzr7bxlq3awbRTD4SMvuWGmnh6I6ph/8pGk9LB9JnOkTfy3x9509QlZItjIAoNiFVm+R&#10;b26VjswJmaodYaXOVqh9KRCRONMVEG04SZIxLlrZ5WUSohQvq/u83JodjZc9dyvXeRC8vEeVgVls&#10;GC5Uctjz8vWtnDAnq3QlpoQHYZUGrae7yHov3yFFZqPryUUxhhDUKWKGyX0VW11B0R2ZmZQdyczQ&#10;eo73aYSZA7ZVyDwIZia5RYsrXXPpmXnNzCQjdiWmDDEzaT4agmievE+ZMcUR7ZRyfKfY6gqK7sjM&#10;JB4pZlbqkRFmjkC5gHFgM+X/EJiZkTqkxRXN+hqIq85oGXJcFmzXlZgyw8yixVPOg2kIMqmGdStn&#10;Jr27Kyi6GzMzkrQUMys5ywQzByzAb3tgzEz6kBZXpIX1zDzcZDs0XnUlpgwx8x49DLq5zelh3WJm&#10;GrO6gqI2M5vQxxjpYzh5KxNiAWago2MfXhJxB3QW0fOyuxRYTREyD5psAK4027czBZH3T57ZfQbZ&#10;/hWJPiNZazOgxCQ3GBhQNk2L3IEFbq1aynNheRvOXjJXwuqw0yszk5cwE6aosiuEYGhYITFPkgBp&#10;DSeRAFOLVKGDAwlYS+LiGPaJVgGsuw/joSeBOz/ACJ7xta7WpPN0Ce14BhdZPzI4l3lF7zz1VMzL&#10;TE+JdUpay2lMteQJkcccFwLuwPgLbhVx1z+KQz3T9DM8RkW06e/oJDK9UQnUpedAIg7NWMrh9371&#10;EkC9H3x3n0jqu3vUNvkgVUMoAt4Qj3qRefs2jBhyitbdd3jQNpTEycUxwjZ9Eqe3oLmk12nFACW8&#10;BooBwNF6RS73vO0+NA1Hn6gATeGoc70OZooBWGvUSkmItk9ISaJQPGsAmcWDsqBVHypFwJWLpA7T&#10;ytG1wNfbiu+7pA9iLcBkv6caR44tBmIHnkC7dt5WC0vvvPYj8j9LOklS3IbA4ZHr66zJAINDPgn1&#10;CIareEJHK1xBw4FQFolAAAfBrsMRa4rASenqSiKA8i78hgAaT/3egfiRAn0bXuu/yvDkPwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJUBjXfjAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8Fqg0AQhu+F&#10;vsMyhd6S1aQaa11DCG1PIdCkUHrb6EQl7qy4GzVv3+mpvc0wH/98f7aeTCsG7F1jSUE4D0AgFbZs&#10;qFLweXybJSCc11Tq1hIquKGDdX5/l+m0tCN94HDwleAQcqlWUHvfpVK6okaj3dx2SHw7295oz2tf&#10;ybLXI4ebVi6CIJZGN8Qfat3htsbicrgaBe+jHjfL8HXYXc7b2/cx2n/tQlTq8WHavIDwOPk/GH71&#10;WR1ydjrZK5VOtApm0RN38Tws4hUIJp6TZQzixGi0ChKQeSb/l8h/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhANmeDREDCQAA3WEAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAJUBjXfjAAAADAEAAA8AAAAAAAAAAAAAAAAAXQsAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABtDAAAAAA=&#10;" o:allowincell="f">
               <v:rect id="Rectangle 53" o:spid="_x0000_s1027" style="position:absolute;left:1134;top:397;width:10376;height:16046;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCzYkz9xQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EBujdwUmsSNEpyCoafSOnmAxdpYJtbKseSf9OmrQqHHYWa+YXaHyTZioM7XjhU8LRMQ&#10;xKXTNVcKzqf8cQPCB2SNjWNScCcPh/3sYYepdiN/0VCESkQI+xQVmBDaVEpfGrLol64ljt7FdRZD&#10;lF0ldYdjhNtGrpLkRVqsOS4YbOnNUHkteqvgGqbhI6uK73x7Pm7Lz2M29rdMqcV8yl5BBJrCf/iv&#10;/a4VPK/X8HsmHgG5/wEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCzYkz9xQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" strokeweight="2pt"/>
               <v:line id="Line 54" o:spid="_x0000_s1028" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1650,14181" to="1651,15014" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBvxzVOvQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+7CsIw&#10;FN0F/yFcwU1TFR9Uo4hQcROri9u1ubbF5qY0Uevfm0FwPJz3atOaSryocaVlBaNhBII4s7rkXMHl&#10;nAwWIJxH1lhZJgUfcrBZdzsrjLV984leqc9FCGEXo4LC+zqW0mUFGXRDWxMH7m4bgz7AJpe6wXcI&#10;N5UcR9FMGiw5NBRY066g7JE+jYLH9TJN9sedPlfpVt/yxF9vd61Uv9dulyA8tf4v/rkPWsFkHtaG&#10;M+EIyPUXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAb8c1Tr0AAADcAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" strokeweight="2pt"/>
               <v:line id="Line 55" o:spid="_x0000_s1029" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1140,14173" to="11499,14174" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAAi5DVwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbpiquWo0iQsXbstWLt9fm9Q82L6WJ2v32m4WFPQ4z8xtmd+hNI17Uudqygtk0AkGc&#10;W11zqeB2TSZrEM4ja2wsk4JvcnDYDwc7jLV98xe9Ul+KAGEXo4LK+zaW0uUVGXRT2xIHr7CdQR9k&#10;V0rd4TvATSPnUfQhDdYcFips6VRR/kifRsHjflsm58+TvjbpUWdl4u9ZoZUaj/rjFoSn3v+H/9oX&#10;rWCx2sDvmXAE5P4HAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAIuQ1cMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight="2pt"/>
               <v:line id="Line 56" o:spid="_x0000_s1030" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2269,14188" to="2270,16432" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkZElvvQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+9CsIw&#10;EN4F3yGc4KapiiLVKCJU3MTaxe1szrbYXEoTtb69GQTHj+9/ve1MLV7Uusqygsk4AkGcW11xoSC7&#10;JKMlCOeRNdaWScGHHGw3/d4aY23ffKZX6gsRQtjFqKD0vomldHlJBt3YNsSBu9vWoA+wLaRu8R3C&#10;TS2nUbSQBisODSU2tC8pf6RPo+BxzebJ4bTXlzrd6VuR+OvtrpUaDrrdCoSnzv/FP/dRK5gtw/xw&#10;JhwBufkCAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApGRJb70AAADcAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" strokeweight="2pt"/>
               <v:line id="Line 57" o:spid="_x0000_s1031" style="position:absolute;visibility:visible;mso-wrap-style:square" from="3687,14188" to="3688,16432" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDLKOz0wAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BCsIw&#10;EETvgv8QVvCmqYoi1SgiVLyJ1Yu3tVnbYrMpTdT690YQPA4z84ZZrltTiSc1rrSsYDSMQBBnVpec&#10;KzifksEchPPIGivLpOBNDtarbmeJsbYvPtIz9bkIEHYxKii8r2MpXVaQQTe0NXHwbrYx6INscqkb&#10;fAW4qeQ4imbSYMlhocCatgVl9/RhFNwv52myO2z1qUo3+pon/nK9aaX6vXazAOGp9f/wr73XCibz&#10;EXzPhCMgVx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAyyjs9MAAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" strokeweight="2pt"/>
               <v:line id="Line 58" o:spid="_x0000_s1032" style="position:absolute;visibility:visible;mso-wrap-style:square" from="4537,14188" to="4538,16432" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA7+nKDwAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BCsIw&#10;EETvgv8QVvCmqYoi1SgiVLyJ1Yu3tVnbYrMpTdT690YQPA4z84ZZrltTiSc1rrSsYDSMQBBnVpec&#10;KzifksEchPPIGivLpOBNDtarbmeJsbYvPtIz9bkIEHYxKii8r2MpXVaQQTe0NXHwbrYx6INscqkb&#10;fAW4qeQ4imbSYMlhocCatgVl9/RhFNwv52myO2z1qUo3+pon/nK9aaX6vXazAOGp9f/wr73XCibz&#10;MXzPhCMgVx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAO/pyg8AAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" strokeweight="2pt"/>
               <v:line id="Line 59" o:spid="_x0000_s1033" style="position:absolute;visibility:visible;mso-wrap-style:square" from="5104,14181" to="5105,16424" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBUttcYwAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BCsIw&#10;EETvgv8QVvCmqYoi1SgiVLyJ1Yu3tVnbYrMpTdT690YQPA4z84ZZrltTiSc1rrSsYDSMQBBnVpec&#10;KzifksEchPPIGivLpOBNDtarbmeJsbYvPtIz9bkIEHYxKii8r2MpXVaQQTe0NXHwbrYx6INscqkb&#10;fAW4qeQ4imbSYMlhocCatgVl9/RhFNwv52myO2z1qUo3+pon/nK9aaX6vXazAOGp9f/wr73XCibz&#10;CXzPhCMgVx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVLbXGMAAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" strokeweight="2pt"/>
               <v:line id="Line 60" o:spid="_x0000_s1034" style="position:absolute;visibility:visible;mso-wrap-style:square" from="9357,15028" to="9359,15584" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDbX09swwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Li8JA&#10;EITvgv9haMGbTnwi0VFEyLK3xejFWyfTeWCmJ2RmNfvvdwTBY1FVX1G7Q28a8aDO1ZYVzKYRCOLc&#10;6ppLBddLMtmAcB5ZY2OZFPyRg8N+ONhhrO2Tz/RIfSkChF2MCirv21hKl1dk0E1tSxy8wnYGfZBd&#10;KXWHzwA3jZxH0VoarDksVNjSqaL8nv4aBffbdZV8/Zz0pUmPOisTf8sKrdR41B+3IDz1/hN+t7+1&#10;gsVmCa8z4QjI/T8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA219PbMMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight="2pt"/>
               <v:line id="Line 61" o:spid="_x0000_s1035" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1140,15874" to="5094,15875" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAwoGhExQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RagIx&#10;FETfC/5DuELfataWFl2NIraFig/S1Q+4bq6b1c3NkqS69euNUOjjMDNnmOm8s404kw+1YwXDQQaC&#10;uHS65krBbvv5NAIRIrLGxjEp+KUA81nvYYq5dhf+pnMRK5EgHHJUYGJscylDachiGLiWOHkH5y3G&#10;JH0ltcdLgttGPmfZm7RYc1ow2NLSUHkqfqyCld+vT8NrZeSeV/6j2byPgz0q9djvFhMQkbr4H/5r&#10;f2kFL6NXuJ9JR0DObgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAwoGhExQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokeweight="1pt"/>
               <v:line id="Line 62" o:spid="_x0000_s1036" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1140,16157" to="5094,16158" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAcvYzxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RagIx&#10;FETfhf5DuIW+aVYLYlejlNpCxQfR+gHXzXWzurlZklRXv94Igo/DzJxhJrPW1uJEPlSOFfR7GQji&#10;wumKSwXbv5/uCESIyBprx6TgQgFm05fOBHPtzrym0yaWIkE45KjAxNjkUobCkMXQcw1x8vbOW4xJ&#10;+lJqj+cEt7UcZNlQWqw4LRhs6MtQcdz8WwULv1se+9fSyB0v/He9mn8Ee1Dq7bX9HIOI1MZn+NH+&#10;1QreR0O4n0lHQE5vAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMBy9jPEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight="1pt"/>
               <v:rect id="Rectangle 63" o:spid="_x0000_s1037" style="position:absolute;left:1163;top:14766;width:458;height:248;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBrutwkwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5Qnemo2t2BhdJRQEr0YLHh/ZZxLNvk13t5r++64geBxm5htmuR5MJ67kfGtZwSRJQRBX&#10;VrdcKzjsN28ZCB+QNXaWScEfeVivXl+WmGt74x1dy1CLCGGfo4ImhD6X0lcNGfSJ7Ymjd7LOYIjS&#10;1VI7vEW46eR7ms6kwZbjQoM9fTVUXcpfo6AozsP3TznHjZdZ6mZ6quviqNR4NBQLEIGG8Aw/2lut&#10;4CP7hPuZeATk6h8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBrutwkwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f" strokeweight=".25pt">
                 <v:textbox inset="1pt,1pt,1pt,1pt">
                   <w:txbxContent>
                     <w:p w14:paraId="61FB2598" w14:textId="77777777" w:rsidR="00B8407C" w:rsidRDefault="00B8407C" w:rsidP="00B8407C">
                       <w:pPr>
                         <w:pStyle w:val="a8"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:proofErr w:type="spellStart"/>
                       <w:r>
@@ -5278,60 +5191,61 @@
                         <w:t>2</w:t>
                       </w:r>
                       <w:r w:rsidR="00973FBE">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="ru-RU"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="38D2E430" w14:textId="7F2A8E65" w:rsidR="00B8407C" w:rsidRDefault="00B8407C">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
     <w:r w:rsidRPr="00B71B58">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
+        <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="1EA5A81D" wp14:editId="2972A2A3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>746879</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>269040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6588760" cy="10134619"/>
               <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="1871" name="Группа 1871"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr>
                       <a:grpSpLocks/>
                     </wpg:cNvGrpSpPr>
@@ -6332,51 +6246,51 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Journal" w:hAnsi="Journal"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="12700" tIns="12700" rIns="12700" bIns="12700" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
           <w:pict>
             <v:group w14:anchorId="1EA5A81D" id="Группа 1871" o:spid="_x0000_s1076" style="position:absolute;margin-left:58.8pt;margin-top:21.2pt;width:518.8pt;height:798pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="20000,20000" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCru1iOMAUAADQpAAAOAAAAZHJzL2Uyb0RvYy54bWzsWltu20YU/S/QPRD8ryVSfMN0EDiJUcBt&#10;jaRdwIgPkSjJYYeUKfcrQJfQjXQH3UKyo9x5cDSU5aaSLMUCaAMCRzMcztxz7p17j3j5alUW2n1C&#10;mhxXoW5cTHUtqSIc59Ui1H/79d0Pnq41LapiVOAqCfWHpNFfXX3/3WVXB4mJM1zECdFgkqoJujrU&#10;s7atg8mkibKkRM0FrpMKOlNMStRCkywmMUEdzF4WE3M6dSYdJnFNcJQ0DXz7hnfqV2z+NE2i9pc0&#10;bZJWK0Id1tayT8I+5/RzcnWJggVBdZZHYhloj1WUKK/goXKqN6hF2pLkj6Yq84jgBqftRYTLCU7T&#10;PErYHmA3xnRjNzcEL2u2l0XQLWppJjDthp32njb6+f6OaHkM2HmuoWsVKgGlT39//vj5r0//wv8/&#10;GusAO3X1IoDhN6T+UN8Rvlm4vMXR7w10Tzb7aXvBB2vz7iccw8Ro2WJmp1VKSjoFWEBbMTgeJBzJ&#10;qtUi+NKxPc91ALUI+oypMbMcw+eIRRnA+ujGKHsrbgVqTMWN/JIuEAX8qWylYmV0W8C8Zm3c5jDj&#10;fshQnTDMGmqttXHN3rjvgZSoWhSJZs/obugCYGRv1IZbVKvwdQbDkteE4C5LUAwLM+h4WL5yA200&#10;gMd+Jv5PO6GgJk17k+BSoxehTmDlDD10f9u03KT9EApmhd/lRQHfo6CotC7UTdsCGGi7wUUe017W&#10;IIv5dUG0e0S9kv2xjW0MK/MWYkORl6HuyUEooLZ4W8XsMS3KC34N6BYVnTxhXi/W11uHW3mO4wew&#10;FME8DEDYgosMkz91rYMQEOrNH0tEEl0rfqzA2r5hWTRmsIZluyY0iNozV3tQFcFUod7qGr+8bnmc&#10;WdYkX2TwJINZosKvwQnSnNmPro+vSuAKTDwdJWc9JW/zCthoKWy8ru4IWLi331fZZUx9mI36qedb&#10;wkl7Pwbmcw8Ga3LS9N7fk0fwq4BlnJBfEF0FjQ6lFN0VNdVJ0bOG6NkHoSexYyEGvEgEUsP3HVfg&#10;N4JHU5KdjtonTwN7CJ5zAHim4TkSvtH1TnGWg715osQDp3sAepYPOc0YOE957EE8U9HzDkDPsW2Y&#10;jR979lO+NxuPPVbMPU/khIJSRY8ZnZ69kELvmrS4jg0p3VeSlhE9Xoo/D3oQ6xT0oLgTSeYe6EGm&#10;OYVjdDt8kByNOaeqpDwLfB64iwofSxb3dD5DuJ5vQuUALFjnnK5jghJB4TNph6zbH9WjO9cLhuke&#10;UI+ed73gSXWHJS0Os+2h2DkWy1y3Yce1il5zORy7w7SEM8dOikccO1U32vXQg7DZZ5zgehvwGVMq&#10;ArLIObres1V7nhRa1tqfo6otx9b+QNph56Tv8BN37a+G1ElnU5ZKPR1td1L/aDyXcuD/0eba1XzF&#10;dGhTkntHuY4HdyHXiQaX60SDy3WicX5ynScFH4VFqupzbBYZxkyUqlt5JALHi+GRdLCRR4NfIjyp&#10;PSk8UgWoY/PINKmkSPP2xzwybReCJT2AXgyPpIuNPBrySKpgCo9UKezYPLJ8erBu55Fhz0QJ+GJ4&#10;JF1s5NGQR1KPU3ikinLH5hEkReeUH0kXG3k05JFUBhUeqfLgsXnEf/oUgpTLYBok2i8tQZI+NhJp&#10;SCQpUq6J5KpK5QmJ5Fszln9sI5LFS6VvX7FJJxuJNCCSL+VShUiqZnpsIrmuJRRy3wRNdaCyGqD1&#10;QCdNtS0erL45kfhPLVSTPBcisVfJ4NU8plKL1wjpu39qm70bsn7Z8eoLAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAjjxBX+IAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMAyG74O9g9Fgt9VxmmQl&#10;i1NK2XYqg7WDsZsaq0lobIfYTdK3n3vabvrRx69PxXrWHRtpcK01EsQiAkamsqo1tYSvw9vTCpjz&#10;aBR21pCEKzlYl/d3BebKTuaTxr2vWSgxLkcJjfd9zrmrGtLoFrYnE3YnO2j0IQ41VwNOoVx3PI6i&#10;jGtsTbjQYE/bhqrz/qIlvE84bZbiddydT9vrzyH9+N4JkvLxYd68APM0+z8YbvpBHcrgdLQXoxzr&#10;QhbPWUAlJHEC7AaINI2BHcOULVcJ8LLg/58ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCru1iOMAUAADQpAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCOPEFf4gAAAAwBAAAPAAAAAAAAAAAAAAAAAIoHAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAmQgAAAAA&#10;" o:allowincell="f">
               <v:rect id="Rectangle 53" o:spid="_x0000_s1077" style="position:absolute;width:20000;height:20000;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAfrYfCwgAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4L+w5hhL1pqoddW41SBcGT7FYfYGjGtthMuk1sq09vBGFv8/H9zmozmFp01LrKsoLZNAJBnFtd&#10;caHgfNpPFiCcR9ZYWyYFd3KwWX+MVpho2/MvdZkvRAhhl6CC0vsmkdLlJRl0U9sQB+5iW4M+wLaQ&#10;usU+hJtazqPoSxqsODSU2NCupPya3YyCqx+6Y1pkj3183sb5zzbtb3+pUp/jIV2C8DT4f/HbfdBh&#10;/uJ7Dq9vwgly/QQAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAfrYfCwgAAAN0AAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" strokeweight="2pt"/>
               <v:line id="Line 54" o:spid="_x0000_s1078" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1093,18949" to="1095,19989" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAf04TxwQAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwgjdNVXxQjSJCl70tVi/eps30gc2kNFnt/vuNIHibj+85u0NvGvGgztWWFcymEQji3Oqa&#10;SwXXSzLZgHAeWWNjmRT8kYPDfjjYYaztk8/0SH0pQgi7GBVU3rexlC6vyKCb2pY4cIXtDPoAu1Lq&#10;Dp8h3DRyHkUrabDm0FBhS6eK8nv6axTcb9dl8vVz0pcmPeqsTPwtK7RS41F/3ILw1PuP+O3+1mH+&#10;Zr2A1zfhBLn/BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB/ThPHBAAAA3QAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokeweight="2pt"/>
               <v:line id="Line 55" o:spid="_x0000_s1079" style="position:absolute;visibility:visible;mso-wrap-style:square" from="10,18941" to="19977,18942" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCQOhyFwQAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwgjdNFV9Uo4jQZW+L1Yu3aTN9YDMpTVa7/34jCN7m43vO7tCbRjyoc7VlBbNpBII4t7rm&#10;UsH1kkw2IJxH1thYJgV/5OCwHw52GGv75DM9Ul+KEMIuRgWV920spcsrMuimtiUOXGE7gz7ArpS6&#10;w2cIN42cR9FKGqw5NFTY0qmi/J7+GgX323WZfP2c9KVJjzorE3/LCq3UeNQftyA89f4jfru/dZi/&#10;WS/g9U04Qe7/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJA6HIXBAAAA3QAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokeweight="2pt"/>
               <v:line id="Line 56" o:spid="_x0000_s1080" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2186,18949" to="2188,19989" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD/drkevwAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LCsIw&#10;EN0L3iGM4E5TBT9Uo4hQcSdWN+7GZmyLzaQ0UevtjSC4m8f7znLdmko8qXGlZQWjYQSCOLO65FzB&#10;+ZQM5iCcR9ZYWSYFb3KwXnU7S4y1ffGRnqnPRQhhF6OCwvs6ltJlBRl0Q1sTB+5mG4M+wCaXusFX&#10;CDeVHEfRVBosOTQUWNO2oOyePoyC++U8SXaHrT5V6UZf88RfrjetVL/XbhYgPLX+L/659zrMn88m&#10;8P0mnCBXHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD/drkevwAAAN0AAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" strokeweight="2pt"/>
               <v:line id="Line 57" o:spid="_x0000_s1081" style="position:absolute;visibility:visible;mso-wrap-style:square" from="4919,18949" to="4921,19989" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAPpCdpvwAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LCsIw&#10;EN0L3iGM4E5TBT9Uo4hQcSdWN+7GZmyLzaQ0UevtjSC4m8f7znLdmko8qXGlZQWjYQSCOLO65FzB&#10;+ZQM5iCcR9ZYWSYFb3KwXnU7S4y1ffGRnqnPRQhhF6OCwvs6ltJlBRl0Q1sTB+5mG4M+wCaXusFX&#10;CDeVHEfRVBosOTQUWNO2oOyePoyC++U8SXaHrT5V6UZf88RfrjetVL/XbhYgPLX+L/659zrMn8+m&#10;8P0mnCBXHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPpCdpvwAAAN0AAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" strokeweight="2pt"/>
               <v:line id="Line 58" o:spid="_x0000_s1082" style="position:absolute;visibility:visible;mso-wrap-style:square" from="6557,18959" to="6559,19989" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBg6ILyvwAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LCsIw&#10;EN0L3iGM4E5TBT9Uo4hQcSdWN+7GZmyLzaQ0UevtjSC4m8f7znLdmko8qXGlZQWjYQSCOLO65FzB&#10;+ZQM5iCcR9ZYWSYFb3KwXnU7S4y1ffGRnqnPRQhhF6OCwvs6ltJlBRl0Q1sTB+5mG4M+wCaXusFX&#10;CDeVHEfRVBosOTQUWNO2oOyePoyC++U8SXaHrT5V6UZf88RfrjetVL/XbhYgPLX+L/659zrMn89m&#10;8P0mnCBXHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBg6ILyvwAAAN0AAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" strokeweight="2pt"/>
               <v:line id="Line 59" o:spid="_x0000_s1083" style="position:absolute;visibility:visible;mso-wrap-style:square" from="7650,18949" to="7652,19979" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARdxaAwwAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8JA&#10;DIXvC/6HIYK3daqgK9VRRKh4W6xevMVObIudTOmMWv+9OSzsLeG9vPdlteldo57Uhdqzgck4AUVc&#10;eFtzaeB8yr4XoEJEtth4JgNvCrBZD75WmFr/4iM981gqCeGQooEqxjbVOhQVOQxj3xKLdvOdwyhr&#10;V2rb4UvCXaOnSTLXDmuWhgpb2lVU3POHM3C/nGfZ/ndnT02+tdcyi5frzRozGvbbJahIffw3/10f&#10;rOAvfgRXvpER9PoDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEXcWgMMAAADdAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight="2pt"/>
               <v:line id="Line 60" o:spid="_x0000_s1084" style="position:absolute;visibility:visible;mso-wrap-style:square" from="18905,18949" to="18909,19989" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+O7MbwQAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwgjdNFXxVo4jQZW+L1Yu3aTN9YDMpTVa7/34jCN7m43vO7tCbRjyoc7VlBbNpBII4t7rm&#10;UsH1kkzWIJxH1thYJgV/5OCwHw52GGv75DM9Ul+KEMIuRgWV920spcsrMuimtiUOXGE7gz7ArpS6&#10;w2cIN42cR9FSGqw5NFTY0qmi/J7+GgX323WRfP2c9KVJjzorE3/LCq3UeNQftyA89f4jfru/dZi/&#10;Xm3g9U04Qe7/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH47sxvBAAAA3QAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokeweight="2pt"/>
               <v:line id="Line 61" o:spid="_x0000_s1085" style="position:absolute;visibility:visible;mso-wrap-style:square" from="10,19293" to="7631,19295" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBQEQxLxgAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvSPsPkSftBikcptIRENqYNLTDBNsPMI3XFBqnSjLo9uvnAxI3W+/5vc+L1eA7daaY2sAGppMC&#10;FHEdbMuNga/P13EJKmVki11gMvBLCVbLu9ECKxsuvKPzPjdKQjhVaMDl3Fdap9qRxzQJPbFo3yF6&#10;zLLGRtuIFwn3nZ4VxaP22LI0OOzp2VF92v94A9t4eD9N/xqnD7yNm+7jZZ780ZiH+2H9BCrTkG/m&#10;6/WbFfyyFH75RkbQy38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUBEMS8YAAADdAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokeweight="1pt"/>
               <v:line id="Line 62" o:spid="_x0000_s1086" style="position:absolute;visibility:visible;mso-wrap-style:square" from="10,19646" to="7631,19647" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC1mM86vgAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+9CsIw&#10;EN4F3yGc4KapglKqUUSouInVxe1szrbYXEoTtb69EQS3+/h+b7nuTC2e1LrKsoLJOAJBnFtdcaHg&#10;fEpHMQjnkTXWlknBmxysV/3eEhNtX3ykZ+YLEULYJaig9L5JpHR5SQbd2DbEgbvZ1qAPsC2kbvEV&#10;wk0tp1E0lwYrDg0lNrQtKb9nD6PgfjnP0t1hq091ttHXIvWX600rNRx0mwUIT53/i3/uvQ7z43gC&#10;32/CCXL1AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALWYzzq+AAAA3QAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" strokeweight="2pt"/>
               <v:line id="Line 63" o:spid="_x0000_s1087" style="position:absolute;visibility:visible;mso-wrap-style:square" from="18919,19296" to="19990,19297" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPjzenwgAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/bisIw&#10;EH0X/Icwwr5pqg9Sq1GWvYCyD4uXDxibsak2k5JktbtfvxEE3+ZwrrNYdbYRV/KhdqxgPMpAEJdO&#10;11wpOOw/hzmIEJE1No5JwS8FWC37vQUW2t14S9ddrEQK4VCgAhNjW0gZSkMWw8i1xIk7OW8xJugr&#10;qT3eUrht5CTLptJizanBYEtvhsrL7scq2Pjj12X8Vxl55I3/aL7fZ8GelXoZdK9zEJG6+BQ/3Gud&#10;5uf5BO7fpBPk8h8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDPjzenwgAAAN0AAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokeweight="1pt"/>
               <v:rect id="Rectangle 64" o:spid="_x0000_s1088" style="position:absolute;left:54;top:19660;width:1000;height:309;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCNShegwgAAAN0AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8Mw&#10;DL0P9h+MBr0tztZRsixuCYVAr81a6FHEWpItllPbS9N/Xw8GvenxPlVsZjOIiZzvLSt4SVIQxI3V&#10;PbcKDp/VcwbCB2SNg2VScCUPm/XjQ4G5thfe01SHVsQQ9jkq6EIYcyl905FBn9iROHJf1hkMEbpW&#10;aoeXGG4G+ZqmK2mw59jQ4Ujbjpqf+tcoKMvv+Xiu37HyMkvdSr/ptjwptXiayw8QgeZwF/+7dzrO&#10;z7Il/H0TT5DrGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCNShegwgAAAN0AAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f" strokeweight=".25pt">
                 <v:textbox inset="1pt,1pt,1pt,1pt">
                   <w:txbxContent>
                     <w:p w14:paraId="62369118" w14:textId="77777777" w:rsidR="00B8407C" w:rsidRDefault="00B8407C" w:rsidP="00B8407C">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Journal" w:hAnsi="Journal"/>
                         </w:rPr>
                       </w:pPr>
                       <w:proofErr w:type="spellStart"/>
                       <w:r>
@@ -6550,519 +6464,281 @@
                   <w:txbxContent>
                     <w:p w14:paraId="38250481" w14:textId="77777777" w:rsidR="00B8407C" w:rsidRPr="00D97C12" w:rsidRDefault="00B8407C" w:rsidP="00B8407C">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Journal" w:hAnsi="Journal"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D6698F"/>
     <w:rsid w:val="00015C83"/>
     <w:rsid w:val="000E2C84"/>
     <w:rsid w:val="00147C3E"/>
+    <w:rsid w:val="001810EB"/>
     <w:rsid w:val="002C7CF5"/>
+    <w:rsid w:val="00624EFF"/>
     <w:rsid w:val="00763817"/>
     <w:rsid w:val="00814185"/>
     <w:rsid w:val="0081547D"/>
     <w:rsid w:val="0083055F"/>
     <w:rsid w:val="00877102"/>
     <w:rsid w:val="008C48FF"/>
     <w:rsid w:val="00973FBE"/>
     <w:rsid w:val="009A124C"/>
     <w:rsid w:val="009A7725"/>
     <w:rsid w:val="00A44673"/>
     <w:rsid w:val="00B61A85"/>
     <w:rsid w:val="00B8407C"/>
     <w:rsid w:val="00C2086D"/>
     <w:rsid w:val="00D31A1F"/>
     <w:rsid w:val="00D41223"/>
     <w:rsid w:val="00D6698F"/>
     <w:rsid w:val="00E83281"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="59E3ED2C"/>
-  <w15:docId w15:val="{6685D2AB-D6C5-4204-8D6D-0BCF3FEDF002}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009A7725"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -7070,169 +6746,471 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="009A7725"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B8407C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:name w:val="Верхній колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B8407C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B8407C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
-    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:name w:val="Нижній колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B8407C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Чертежный"/>
+    <w:rsid w:val="00B8407C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="ISOCPEUR" w:eastAsia="Times New Roman" w:hAnsi="ISOCPEUR" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A7725"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009A7725"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B8407C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхній колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B8407C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B8407C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Нижній колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B8407C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Чертежный"/>
     <w:rsid w:val="00B8407C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="ISOCPEUR" w:eastAsia="Times New Roman" w:hAnsi="ISOCPEUR" w:cs="Times New Roman"/>
       <w:i/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="625233170">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1845196512">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7480,80 +7458,80 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>153</Words>
-  <Characters>878</Characters>
+  <Words>664</Words>
+  <Characters>380</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1029</CharactersWithSpaces>
+  <CharactersWithSpaces>1042</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BOB</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>