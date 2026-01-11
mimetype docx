--- v0 (2025-11-07)
+++ v1 (2026-01-11)
@@ -1,13087 +1,17891 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00C47D1B" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="000F4CB7" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="000F4CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>РОЗДІЛ 3. АРХІТЕКТУРА. ДИЗАЙН. (20-23 сторінки)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4CB7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Відповідно до вимог бакалаврської кваліфікаційної роботи (в розділі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Архітектура. Дизайн» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>здобувач</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повинен виконати такі завдання:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>провести перед проектні роботи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- дослідити місце розташування готелю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- обстежити наявну інженерну інфраструктуру в районі забудови чи реконструкції (системи водо-, електро-, газо-, теплопостачання, водовідведення, телекомунікацій, ін.), виявити можливість підключення будівлі закладу готельно-ресторанного господарства до наявних мереж або обґрунтувати необхідність влаштування автономних систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- визначити наявність та оцінити стан: під’їзних шляхів, благоустрою території, будівель і споруд на ділянці будівництва закладу готельно-ресторанного господарства, рекреаційних ресурсів, природних та антропогенних ландшафтів, озеленення, малих архітектурних форм тощо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>розробити інженерні рішення готелю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- розробити пропозиції щодо дизайну прилеглої території (інтер’єрів);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- визначити суму капітальних витрат на проект;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>визначити порядок здачі об’єкта в експлуатацію</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Розділ «Архітектура. Дизайн» містить пояснювальну записку та графічні матеріали. Обсяг пояснювальної записки – до 25 сторінок, графічні матеріали – відповідно до завдання проекту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Розділ слід виконувати на основі нормативних документів, матеріалів, зібраних протягом переддипломної практики (матеріалів дослідження містобудівної ситуації у районі будівництва, наявності інженерних мереж на ділянці будівництва та прилеглій території для проектів реконструкції – матеріалів інженерного стану будівель, що входитимуть до складу готелю, детального плану цих будівель до реконструкції), концептуальних рішень, спрямування готелю тощо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Виконання перед проектних роб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>іт. Під час проведення передпроє</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ктних робіт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>здобувач</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повинен визначити принципові архітектурно-будівельні та інженерні рішення за проектом, а саме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- розробити попередні концептуальні архітектурні пропозиції;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- обґрунтувати місце розташування готелю на земельній ділянці та умови будівництва;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- визначити інженерні характеристики готелю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
           <w:b/>
-          <w:noProof/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3.1. Об’ємно-планувальні рішення готелю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...24 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Архітектурно-планувальна організація споруд готелів – важливий фактор їхнього функціонування. Виразна архітектура готелів, що виокремлює їх на фоні містобудівного оточення – потужній чинник самореклами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:i/>
-[...23 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Отримані в результаті технологічних розрахунків кількісні показники окремих приміщень закладу, що проєктується, є вихідними даними для компонування – раціонального розміщення їх в будівлі із розташуванням в них устаткування з урахуванням характеру та вимог технологічного процесу на підприємстві.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мета розроблення об’ємно-планувального рішення – організація внутрішнього простору закладу, визначення просторових функціональних взаємозв’язків між окремими приміщеннями підприємства, відображення рішень щодо організації технологічного процесу в цілому, технологічних ліній і робочих місць у закладі, з урахуванням чинних державних норм та правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...44 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Основні принципи що беруться до уваги під час будівництва готельної споруди, такі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...26 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>1. споруда повинна органічно вписуватися в навколишнє середовище, зберігаючи особливості навколишнього ландшафту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...25 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2. слід враховувати природо-кліматичні чинники;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3. архітектурне, конструктивне і планувальне рішення готелю не повинно бути надмірно дорогим;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>4. під час проектування готелю велику роль відіграють рекламні міркування: оформлення фасаду, розташування вітрин торгових та розважальних центрів готелю, та ін.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...25 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>5. планувальне рішення готелю повинно забезпечувати раціональну організацію обслуговування та належний комфорт гостям, відповідати функціональним вимогам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>6. будинки повинні відповідати естетичним, технічним, санітарно-гігієнічним та екологічним нормам і рекомендаціям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. слід дотримуватися умови економічного процесу будівництва. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...26 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Розроблене об’ємно-планувальне рішення надається в описовій формі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3.2. Архітектурні рішення. Характеристика (організація) території</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Попередні архітектурні пропозиції створюються на основі прийнятих замовником рішень щодо концепції готелю. Рішення щодо архітектурної композиції, поверховості, розмірів будівель, площі забудови повинні максимально розкривати особливості типу готелю, його стимулювання та специфіку, а також розміщення у містобудівному середовищі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>У вирішенні архітектурного стилю будівлі можна використовувати архітектурні стилі різних епох – від стародавніх до сучасних залежно від спрямування готелю та взятої за основу концепції.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:b/>
-[...44 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>При описі земельної ділянки необхідно вказати:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- тип закладу готельно-ресторанного господарства, кількість місць, його місце розташування (адреса) та розміщення (окремо стояча будівля, вбудована чи прибудована);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...40 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- архітектурний стиль забудови мікрорайону;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...31 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- район забудовано переважно 5-ти поверховими будівлями (9-ти та 16-ти поверховими);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- рельєф ділянки забудови – спокійний, ухил 5% в бік вул……, інше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- типи ґрунтів (тільки для об’єктів нового будівництва) – намивні (підзолисті, суглинкові, тощо);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- глибину промерзання ґрунту (тільки для об’єктів нового будівництва), м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...423 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
         <w:t>- площу ділянки під будівництво,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:vertAlign w:val="subscript"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>м²</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
-[...9 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> яка розраховується за </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>формулою:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2880" w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>д</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+        <w:t xml:space="preserve">д </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:vertAlign w:val="subscript"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>= n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>n</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+        <w:t>∙ N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(3.1.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">де </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:vertAlign w:val="subscript"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив площі земельної ділянки, м²/місце;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>∙ N</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...57 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+        <w:t xml:space="preserve"> – кількість місць у закладі, місць.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...119 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>При реконструкції, що призводить до збільшення потужності (місць) закладу готельно-ресторанного господарства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1253"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>На ділянці під будівництво виокремлюють такі зони:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1253"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. зона під будівництво, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+        <w:t>1. зона під будівництво, S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>пов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:vertAlign w:val="subscript"/>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1253"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+        <w:t>2. упорядковий майданчик перед входами в приміщення господарського і житлового призначення S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ум</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> майданчик перед входами в приміщення господарського і житлового призначення </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+        <w:t xml:space="preserve"> = … м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (не менше </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="0,2 м2"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>0,2 м</w:t>
         </w:r>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:vertAlign w:val="superscript"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> на одного мешканця;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
-[...58 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> майданчик для стоянки легкових автомобілів, відвідувачів на … місць площею S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ac</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>= … м</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="24 м2"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>24 м</w:t>
         </w:r>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:vertAlign w:val="superscript"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="00C003F4">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> (за нормативом 10-15 місць на 100 місць у залах закладу). Відстань від автостоянки до будівлі закладу не повинна перевищувати </w:t>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на одне машино-місце (за нормативом 10-15 місць на 100 місць у залах закладу). Відстань від автостоянки до будівлі закладу не повинна перевищувати </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="150 м"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>150 м</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> і бути меншою </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="10 м"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>10 м</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (при місткості 10-50 автомобілів), або </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="25 м"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>25 м</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="00C003F4">
-[...29 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – понад 100 автомобілів) та (або) існуюча автостоянка за адресою … ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>4. зона озеленення загальною площею S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>оз</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> = … м</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>оз</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> * </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="0,55 м2"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>0,55 м</w:t>
         </w:r>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:vertAlign w:val="superscript"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>5. внутрішні проїзди (до головного та іншого входів в готель, пожежні, наскрізні, та ін.) площею S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>н.п</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+        <w:t>н.п.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> = L * </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="3,5 м2"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>3,5 м</w:t>
         </w:r>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:vertAlign w:val="superscript"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>(L – сумарна довжина проїздів);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>господарські та технічні споруди (окремо розташовані бойлери, трансформаторні підстанції, склади тари, майданчик для сміттєзбірників тощо), загальною площею S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>гтс</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>= … м</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (визначається індивідуально за прийнятим оснащенням);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>7. розворотний майданчик площею S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>рм</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>= … м</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (рекомендовані розміри 6м</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B4"/>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>6м…12м</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B4"/>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>12м);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>8. пішохідні комунікації (основний підхід до готельного комплексу шириною …. м, пішохідні доріжки шириною … м), загальною площею S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>тк</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> = … м</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>9. малі архітектурні форми (альтанки, літні майданчики закладів ресторанного господарства, павільйонів тощо), S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>маф</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> = … м</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>10. будівлі наявної забудови … м</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (протипожежні відстані між будівлями 10 – </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="15 м"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>15 м</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">При  розміщенні  елементів  озеленення  необхідно враховувати  нормативи </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>мінімальної відстані відповідно до таблиці 19.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Таблиця </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+        <w:t>Таблиця 19</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Мінімальні відстані від будівлі до елементів озеленення</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4917" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5369"/>
         <w:gridCol w:w="2128"/>
         <w:gridCol w:w="1693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2921" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Елементи будівель і споруд</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2079" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Мінімальна відстань, м</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2921" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1158" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>до стовбура дерева</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>до куща</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2921" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Від зовнішніх стін будівлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1158" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2921" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Від краю проїжджої частини вулиці</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1158" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2921" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Від краю тротуару чи садової доріжки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1158" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>0,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...19 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>У випадку проведення реконструкції житлової забудови, яка склалася, необхідно передбачати планомірне упорядкування території з урахуванням існуючої містобудівної ситуації.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>3.2. Характеристика будівлі</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+        <w:t>3.3. Характеристика будівлі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Готель, що проектується (під час виконання проектів реконструкції необхідно надати характеристику будівлі до і після реконструкції), є будівлею, яка відповідає таким вимогам:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>- за призначенням – громадська;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...26 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- за містобудівними вимогами – (Unic, міського, районного значення);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>- за довговічністю – (1 … 4 ступінь);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>- за вогнестійкістю – (1 … 4 ступінь);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>- за поверховістю – (малоповерховий, багатоповерховий, та ін.);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>- за конструктивною схемою – (повний каркас або не повний).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У разі проведення реконструкції </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>здобувач</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> надає копію паспорта технічного стану будівлі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Проектована будівля повинна відповідати усім вимогам, які висувають до громадських споруд за ДБН 360-92 «Містобудування. Планування та забудова міських та сільських поселень».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>У вирішенні внутрішнього простору, повинні бути враховані такі вимоги:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...26 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- відповідна заб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>локованість приміщень, група житлових приміщень ізольована від інших груп;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>- приміщення фізкультурно-оздоровчого призначення зблоковані з житловим корпусом;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>- у будівлі забезпечені умови доступу інвалідів, що пересуваються на візках;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>- система відчинення, фіксації і зачинення дверей централізованого входу забезпечувати безперешкодний вхід до будівлі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>- відповідно до місткості та поверховості закладу встановлена кількість пасажирських ліфтів, один з яких повинен бути вантажний;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>- розмір приміщень вестибюльної групи повинен бути прийнятий з урахуванням максимальної пропускної спроможності, коефіцієнта змінності, необхідності забезпечення вхідного контролю та охорони, інших особливостей експлуатації будівлі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>- під час проектування зовнішніх огороджувальних конструкцій слід передбачити запровадження рішень із мінімізації витрат енергії в будівлі готелю.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>3.4. Інженерні системи</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...1857 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>На основі ви</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>значеного місця будівництва проє</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ктуємого закладу встановлюється можливість підключення інженерних комунікацій підприємства (каналiзацiї, водопостачання, енергопостачання, теплопостачання, сигналізації та телекомунікації) до існуючих систем і робиться висновок про можливість нормального функціонування закладу відповідно до всіх санітарно-гігієнічних, архітектурних та протипожежних вимог.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Система опалення</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Характеристика зовнішніх інженерних мереж (для нового будівниц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ва):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:b/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- Мережа енергозабезпечення в районі – трансформаторна підстанція ТП № … по вул. …, (ЛЕП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Мережа водопостачання – міський водогін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (діаметр) 200…1000 мм проходить між вул. … та будинком № … по вул. … на відстані … м від межі території забудови;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Мережа каналізації – районний колектор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (діаметр) 500…1500 мм проходить між вул. … та будинком № … по вул. … на відстані … м від межі території з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>будови. Дощова каналізація – приймач дощових вод на вул. … на відстані … м від ділянки будівництва;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...55 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Мережа теплофікації – міський теплопровід від ТЕЦ-№ … (котельні, тощо) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (діаметр) 200…1000 мм проходить між вул. … та будинком № … по вул. … на відстані … м від межі території забудови;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- Мережа газопостачання – ГРП-№ … по вул. ....</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Інформацію про характеристики і розміщення інженерних систем на території, прилеглій до ділянки будівництва, отримують з копіювання топогеодезичної зйомки в службі районного архітектора, у місцевому ЖЕО чи ЖЕК, шляхом безпосереднього обстеження ділянки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>У випадку відсутності будь якої з інженерних мереж в розділі характеристика інженерних систем будівлі слід передбачити автономні си</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>теми забезпечення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Інженерні характеристики закладу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для отримання технічних умов на приєднання обєкта будівництва до інженерних мереж необхідно визначити експлуатаційні показники проекту закладу ресторанного господарства за </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>укрупненими питомими пок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>зниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Витрати електроенергії</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Загальні витрати електроенергії підприємством, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>кВт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, визначаються за укрупненим показником Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>жN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. (ДБН В.2.5-23-2010)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>P = (Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ж </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>× N + Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зрг </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>× N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>+ Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>× S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>рт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>× N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>+ Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>× S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>× S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>× N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>) × Т                                        (3.2.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – питоме навантаження електроенергії житлової частини готелю, кВт/місце;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>N – кількість місць у готелі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>зрг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – питоме навантаження функціональних закладів ресторанного господарства, кВт/місце;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – кількість місць у закладах ресторанного господарства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>рт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - питоме навантаження функціональних підприємств роздрібної торгівлі, кВт/м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - площа підприємства роздрібної торгівлі, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - питоме навантаження функціональних приміщень видовищного призначення, кВт/м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>– кількість місць у приміщеннях видовищного призначення;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - питоме навантаження функціональних приміщень фізкультурно-оздоровчого призначення, кВт/м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>– площа приміщень фізкультурно-оздоровчого призначення, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - питоме навантаження від функціонування аптек, кВт/м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – площа аптек, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - питоме навантаження функціонування приміщень гаража (відкритої автостоянки), кВт/місце;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – кількість місць у гаражі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Т – кількість робочих днів готелю на рік, діб.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Витрати тепла на опалення</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Розрахунок витрат тепла на опалення, Q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, Гкал, проводиться за фо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>мулою:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="561"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:position w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:object w:dxaOrig="2420" w:dyaOrig="360">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:120.75pt;height:17.7pt" o:ole="" fillcolor="window">
+            <v:imagedata r:id="rId5" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1824107281" r:id="rId6"/>
+        </w:object>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>,                                  (3.3.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>де q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – питомі витрати тепла на нагрівання одиниці об’єму будівлі на 1°С, Гкал/(м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B4"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>°С) (q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>=3,5254</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B4"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>-7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B8"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3,2674</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B4"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>при збільшенні об’єму будівлі q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> min);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="561"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – будівельний об’єм будівлі, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, який розраховується за формулою:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="561"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:position w:val="-28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:object w:dxaOrig="2760" w:dyaOrig="680">
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:138.45pt;height:34.35pt" o:ole="">
+            <v:imagedata r:id="rId7" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1824107282" r:id="rId8"/>
+        </w:object>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>,                                         (3.4.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">де </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:position w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:object w:dxaOrig="300" w:dyaOrig="400">
+          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:15.5pt;height:19.95pt" o:ole="">
+            <v:imagedata r:id="rId9" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1824107283" r:id="rId10"/>
+        </w:object>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – площа і-го поверху будівлі закладу ресторанного госп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дарства, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – висота поверху будівлі, м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – висота перекриття, м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – висота покрівлі, м (h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дорівнює сумарній товщині паро-, тепло-, гідроізоляції, захисного шару при суміщеній покрівлі. При наявності технічного поверху h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>=1/2 висоти технічного поверху, при наявності горищного поверху – 1/3 висоти поверху в коньку);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – площа покрівлі (для суміщеної покрівлі), технічного пов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>рху або горища, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – поправочний коефіцієнт на мінімум температури зовнішнього середовища;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – тривалість опалювального періоду за рік, год.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F044"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>t - середня різниця температур внутрішнього та зовнішнього сер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>довища, °С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Витрати тепла на вентиляцію</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Витрати тепла на вентиляцію, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Гкал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, обчислюються за фо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>мулою:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="561"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:position w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:object w:dxaOrig="2720" w:dyaOrig="460">
+          <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:136.25pt;height:23.25pt" o:ole="" fillcolor="window">
+            <v:imagedata r:id="rId11" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1824107284" r:id="rId12"/>
+        </w:object>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                (3.5.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>де q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – питомі теплові витрати на нагрівання 1 м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повітря для вентиляції на 1°С, Гкал/(м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B4"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>°С) (q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>=6,9819</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B4"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>-7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>–6,4832</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0B4"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>-7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при збільшенні об’єму будівлі q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AE"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> max);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – будівельний об’єм будівлі, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>(формула 2.4.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – тривалість опалювального періоду за рік, год.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F044"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>t – середня різниця температур зовнішнього та внутрішнього сер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>довища, °С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Забезпечення приміщень готелю припливною та витяжною вентиляційними системами необхідно представити в таблиці 20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Таблиця 20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Вихідні дані для розрахунку вентиляційних систем</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1766"/>
+        <w:gridCol w:w="1504"/>
+        <w:gridCol w:w="1508"/>
+        <w:gridCol w:w="1493"/>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="1519"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Приміщення</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Площа, м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Висота, м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Об’єм, м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Витрати повітря на вентиляцію, м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>припливна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>витяжна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Житлова група</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FE493F" w:rsidRDefault="00FE493F" w:rsidP="00FE493F"/>
+    <w:p w:rsidR="00FE493F" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="000F4CB7" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Продовження табл. 20</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1795"/>
+        <w:gridCol w:w="1506"/>
+        <w:gridCol w:w="1506"/>
+        <w:gridCol w:w="1506"/>
+        <w:gridCol w:w="1516"/>
+        <w:gridCol w:w="1516"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Приймально-вестибюльна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>разом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Ʃ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006373D4">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Ʃ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Витрати води</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Загальні витрати води, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>заг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, м³,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> розраховуються за укр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>пненим показником за формулою:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:position w:val="-24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:object w:dxaOrig="2400" w:dyaOrig="660">
+          <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:119.65pt;height:33.25pt" o:ole="">
+            <v:imagedata r:id="rId13" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1824107285" r:id="rId14"/>
+        </w:object>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> (3.6.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у тому числі гарячої води: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:position w:val="-24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:object w:dxaOrig="1900" w:dyaOrig="660">
+          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:95.25pt;height:33.25pt" o:ole="">
+            <v:imagedata r:id="rId15" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1824107286" r:id="rId16"/>
+        </w:object>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(3.7.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    Витрати води на полив території:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:position w:val="-24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:object w:dxaOrig="2180" w:dyaOrig="620">
+          <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:108.55pt;height:31pt" o:ole="">
+            <v:imagedata r:id="rId17" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1824107287" r:id="rId18"/>
+        </w:object>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(3.8.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>де Вз - загальні витрати води комплексом, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>tot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - норма витрат води у середню добу, л/добу-місце (згідно з нормативами для готелів з санвузлами в кожному номері загальні витрати холодної води складають 250 л, в т.ч гарячої води 150 л);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>U – кількість місць в готелі, місць;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Т - кількість робочих днів на рік, діб (365 днів);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">п </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- витрати води на полив території;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- норма витрат води одним краном, за годину, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Вк=1,08 м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>/год);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- площа ділянки під будівництвом, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:position w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:object w:dxaOrig="200" w:dyaOrig="220">
+          <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:9.95pt;height:11.1pt" o:ole="">
+            <v:imagedata r:id="rId19" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1824107288" r:id="rId20"/>
+        </w:object>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - час роботи поливного крану на добу (2 год.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Tn - період поливу території протягом року (≈ 187 діб);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">710 – площа, яка обслуговується одним краном, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Об’єм стічних вод В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>стіч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> розраховується:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:position w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:object w:dxaOrig="1780" w:dyaOrig="320">
+          <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:107.45pt;height:19.95pt" o:ole="">
+            <v:imagedata r:id="rId21" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1824107289" r:id="rId22"/>
+        </w:object>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(3.9.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>де р – коефіцієнт перерахунку на стік = 0,85 - 0,9.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Інженерні системи проектованого готелю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Для підтримання температурного режиму на підприємстві потрібно передбачити влаштування системи опалення згідно СНиП 2.04.05-91.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Теплопостачання передбачається від зовнішнього (внутрішнього (авт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>номного) джерела – ТЕЦ …. (опалювального котла, інше). Температура теплоносія на вході становитиме 115-120°С. В закладі, якщо необхідно, проектується теплопункт для розділення мереж теплофікації і підігрівання гарячої води, обладнаний водонагрівачами теплообмінного типу і опалювальним вводом (опалювальним котлом, інше), які будуть забезпечені пусковою апаратурою, приладами управління і автоматичного регулювання кількості і температури теплоносія для опалювання, гарячого водопостачання.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Для внутрішньої системи опалення треба передбачити використання води (пари, інше) з температурою 60-70°С (інше).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>В приміщеннях: …….. слід передбачити використання центрального опалення з установкою алюмінієвих (інших) радіаторів низького тиску марки … з верхньою (нижньою) розводкою трубопроводів, в приміщеннях: ………. спланувати використання місцеве опалення за рахунок променевих панелей (каміну, інше). У приміщеннях: ……… потрібно влаштувати повітряну систему опалення із автоматичною системою управління для підтримки в робочий час розрахункової температури і відносної вологості повітря в межах 30-60%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Система вентиляції та кондиціонування</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Систему вентиляції закладу необхідно розробляти згі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">но СНиП 2.04.05-91. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>В закладі у … приміщеннях варто організувати природну вентиляцію повітря.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Крім цього, на підприємстві потрібно облаштувати механічну припливну вент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ляційну систему, яка надаватиме повітря у такі приміщення закладу: … та витяжну вентиляцію, яка видалятиме повітря забруднене газоподібними домішками, димом, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>парою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з … приміщень. В приміщеннях (…, …), де планується встановлювати теплове устаткування, що має значне вид</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лення тепла та присутні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>газоподібні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> забруднювачі повітря, слід передбачити місцеві вентиляційні відсоси. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>При встановленні в закладі газового устаткування варто організувати аварійну вентиляцію і системи контролю вмісту газу у п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>вітрі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Для забезпечення комфортних умов перебування відвідувачів у залах закладу необхідно встановити місцеві (інше), рециркуляційні (інше) цілорічної дії (інше) системи кондиціювання повітря. Прилади призначені для підтримання темпер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>турного, вологісного режиму і фільтрації повітря.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Додатково системи кондиціювання рекомендується встановити у адміністративних приміщеннях … та приміщеннях … .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Система водопостачання</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Призначення системи – забезпечення закл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ду водою для технологічних, го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подарсько-побутових та протипожежних технічних потреб. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Водозабезпечення систем підприємства здійснюватиметься від міського водогону. На вводі системи у заклад слід встановити водомірний вузол з лічильником марки … . На підприємстві потрібно організувати об’єднану </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>тупикову (інше) просту (інше) систему водопостачання з верхньою (інше) розводкою, що відповідатимиме вимогам СНиП 2.04.01-85.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Система поділятиметься на: протипожежну (СНиП 2.01.02-85) – з оци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кованих (інше) труб </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> … мм з встановленням пожежних кранів; господарсько-побутову – з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>полівінілхоридних</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (інше) труб </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> … мм з підключенням до змішувачів та кранів; виробничу – з </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>поліпропіленових</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (інше) труб </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> … мм з підключенням до технологічного устаткування.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Для ремонту дільниць водопровідної мережі варто передбачити встановлення запірної арматури у колодязі за … м від місця вводу системи в будівлю, перед місцями приєднання технологічного і сантехнічного устаткування.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Система гарячого водозабезпечення приймається централізована (інше) від перегрівача в теплопункті (інше) з оцинкованих (інше) труб </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> … мм.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Система каналізації</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Каналізація призначена для збору і відведення виробничих та госп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дарсько-побутових стоків, дощових вод, попереднього очищення виробничих стоків, збирання та видалення сміття. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В закладі необхідно організувати зовнішню і внутрішню системи каналізації. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Внутрішня відповідно вимог СНиП 2.04.01-85 включатиме дві самостійні с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стеми - побутову та виробничу. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внутрішня каналізація будівлі складатиметься з: приймальних пристроїв; відвідних ліній з чавунних (інших) труб </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> … мм; стояків з чавунних (інших) труб </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> … мм (необхідні діаметри відвідних труб і стояків (50 або 100 мм) визначаються в залежності від кількості приймальних пристроїв). На підприємстві слід влаштувати трапи:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в заготівельних цехах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> … мм (розмірами …х … мм), у доготівельних цехах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> … мм (розмірами …х … мм), в мийних </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> … мм (розмірами …х … мм).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Для недопущення забруднення стічних вод перед спуском у міську к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>налізацію рекомендується піддавати їх попередньому очищенню вже на стадії в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>робничого процесу попередньої обробки сировини: в овочевому цеху шляхом встановлення піскоуловлювача, в м'ясо-рибному та мийних – жироуловлювача.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Стояки потрібно проектувати відкрито – біля стін, або приховано – у борознах і спеціальних шахтах. Верхню частину стояку у вигляді витяжної труби треба виводити на висоту … м над дахом будівлі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Стоки від побутової та виробничої каналізації слід збирати та відв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дити до вуличної мережі окремо. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>На випусках каналізації необхідно передбачити оглядові каналізаційні колодязі, розташовані від стояка на відстані … м.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Зовнішня каналізація включатиме сміттєвидалення (каналізацію твердих відходів) і дощову каналізацію, яку треба виводити у дворову (внутрішнь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>квартальну) вуличну (інше) мережу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Очищення вод рекомендується проводити у місцевих локальних спорудах, які, зазвичай, встановлюються на забруднених стоках за межами будівлі. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="p152974"/>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Місцеві очисні установки в закладі обслуговуються штатом сам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>го підприємства за регламентом, специфічним для кожної установки в залежності від прийнятої технології очищення і конструкції очисних споруд.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Система енергопостачання</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Енергозабезпечення підприємства ресторанного господарства рекомендується здійснювати від об’єктної (інше) трансформаторної підстанції потужністю … кВт, підключеної через підземну (інше) кабельну мережу до головного районного розподільного пункту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Від трансформаторної підстанції до головного розподільного щита, розміщеного в електрощитовій закладу, необхідно прокласти чотирипровідну кабельну лінію напругою 380/220 В. В електрощитовій на головному розпод</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>льному щиті треба розмістити загальний вимикач, лічильники для обліку витрат електроенергії, вимірювальні прилади, запобіжники, вимикачі живильних гр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>пових щитів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Електричні мережі варто поділити на силові з напругою 380 В і освітлювальні з напругою 220 В. Групові щити силової та освітлювальної мережі потрібно виконувати окремо. Групові щити силової мережі слід розташовувати поблизу споживачів із забезпеченням вільного доступу до них. Освітлювальну мережу підключають за магістральною (інше) схемою, силову – за радіал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ною (інше).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Холодильне устаткування бажано підключати до відокремлених групових щитів за радіал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ною (інше) схемою.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Блискавкозахист споруди необхідно виконувати відповідно до РД 34.21.122-87 шляхом заземлення блискавкоприймача, функцію якого виконує мет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>лева покрівля будинку (інше). Слід передбачити спуски, що заземлені по периметру будинку, й приєднані до зовнішнього контуру заземлення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Система газопостачання</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>(лише для закладів, в яких передбачене встановлення газового устаткування)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Система газопостачання підприємства встановлюється у відповідності до ДБН В.2.5-20-2001 та підключається до районного ГРП через трубопровід з сталевої (інше) труби </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> … мм високого тиску. На вводі газопроводу у заклад потрібно встановити газовий лічильник. Внутрішню розводку до … цехів та теплопункту рекомендується виконувати з сталевих газопровідних труб </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0C6"/>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> … мм пофарбованих жовтою емалевою фарбою. В місцях підключення газових приладів слід встановлювати зап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>рні газові крани.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Система сигналізації, зв’язку та телекомунікацій</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В закладі, що проектується необхідно встановити комбіновану (роздільну) систему сигналізації ВБН В.2.5-78.11.01-2003 (пожежну і охоронну). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Датчики автоматичної ох</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ронної сигналізації варто розташовувати на вікнах, дверях, інших елементах будівлі. Сигнал при спрацюванні сигналізації виводитиметься на центральний пост служби охорони. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Датчики пожежної сигналізації слід розміщати в залах, коморах сухих продуктів, інше. В разі спр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">цювання сигналізації оповіщення виводитиметься </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>на центральний пост р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>йонної пожежної частини.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Також на підприємстві треба передбачити влаштування наступних систем: міської радіотрансляційної мережі, міського телефонного зв’язку, (можливо внутрішнього зв’язку), суп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тникового, ретрансляційного телебачення, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Інтернету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Системою міської радіотрансляційної мережі планується забезпечити такі приміщення закладу: … .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>До ліній міського телефонного зв’язку будуть підключені наступні приміщення в закладі: … .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>При реконструкції закладу ресторанного господарства слід надати характеристику інженерним системам підприємства та додатково вказати на можливість їх перенесення в межах об’єму будівлі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Автоматизація інженерного обладнання</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>У готелі передбачено систему автоматичного регулювання роботи інженерних систем (система диспетчеризації). Із засобів локальної автоматика – датчики, за допомогою вбудованих інтерфейсів дані передаватимуться на єдиний сервер диспетчеризації, розташований у приміщенні … , з обсягом довготермінового резервування, розрахованим на … подій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Система диспетчеризації готелю дасть змогу в реальному часі спостерігати процеси, що відбуваються на всіх об’єктах і територіях, контролювати роботу всіх мереж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Виокремити функції диспетчеризації, які будуть реалізовані у проектованому готелі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3.5. Дизайн</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Основним стильовим напрямом у дизайнерських рішеннях проектованого готелю … за прийнятою концепцією …. . Комплекс рішень щодо зовнішньої композиції, інтер’єру, одягу персоналу, меблів, технічного оснащення підпорядкований цьому стильовому напряму.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При будівництві закладу у сільській місцевості із невираженим архітектурним стилем, або в інфраструктурі автомагістралей архітектурний стиль підприємства визначається без обмежень відповідно до обраної концепції. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>У випадку реконструкції (добудови, в будови приміщень закладу) необхідно дотримуватись архітектурного стилю існуючої будівлі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Зовнішня архітектурна композиція</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Архітектурну композицію закладу утворюватиме безпосередньо будівля проектованого підприємства, організована садово-паркова зона відпочинку відвідувачів, оформлена малими архітектурними формами, та зовнішня візуальна реклама.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Характеристика зовнішнього виду будівлі закладу готельно-ресторанного господарства наводиться в описовій формі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Заходи благоустрою реалізовані в таких елементах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- огородження території;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- вимощення підходів, під’їздів, доріжок, тротуарів;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">ресторанного господарства наводиться в описовій формі. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+        <w:t>- озеленення передбачено шляхом … ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- штучне освітлення території, яке буде забезпечене … .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...103 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Дальній рекламний засіб – … (точне місцезнаходження рекламного засобу (рекомендована відстань до об‘єкту – 1-</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="1,5 км"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>1,5 км</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="00C003F4">
-[...49 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>), його форма – вид (біг-борд, рекламний щит на будівлі, дорожній конструкції (міст, естакада), рекламне зображення на транспортних засобах, інше), його інформаційний зміст (місцезнаходження ЗРГ, режим роботи, особливість чи специфічність діяльності, тощо), кольорові та технічні рішення (підсвітка, змінний формат, бігуча строка, тощо).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...26 lines deleted...]
-        <w:t>-транспортних вузлів, на площах, перехрестях, вздовж магістралей та вулиць (рекомендована відстань до об‘єкту – 0,5-</w:t>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Ближній рекламний засіб – … (точне місцезнаходження (в зоні міських чи районних комунікаційно-транспортних вузлів, на площах, перехрестях, вздовж магістралей та вулиць (рекомендована відстань до об‘єкту – 0,5-</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="0,3 км"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="00C003F4">
+        <w:r w:rsidRPr="006373D4">
           <w:rPr>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>0,3 км</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>), вид (біг-борд, інше), форма, кольорове та технічне виконання, інформаційний зміст (як правило, більш повний у порівнянні із дальнім рекламним засобом).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Інтер‘єр приміщень для обслуговування відвідувачів</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Інтер‘єр необхідно створювати єдиною композицією в громадських приміщення, так і в житлових. В цьому напрямі і надається його опис.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Вхідна зона представлена вестибюлем, який виконаний …. . Загальне освітлення вхідної зони забезпечується через вітринні вікна. Зона приймання та реєстрації відокремлена від вестибюля …. , оздоблена втому самому стилі. Увага на рецепції спрямована використанням спрямованого світла …, застосуванням  природних …, штучних …, оздоблювальних матеріалів.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Ліфтові холи вирішено у теплих пастельних тонах …, із влаштуванням …, освітлення загальне розсіяне.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Описати інтер’єр житлових кімнат готелю, із використанням матеріалів та гамми кольорів. Також представити чим оздоблені громадські приміщення, та в якому стилі вони виконані.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Представити, чим виконана підлога в проектованому закладі, та які меблі будуть присутні. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Також описуються місця додаткового обслуговування, якщо такі передбачені проектом (дансинг, ігрові зали, тощо).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Паспорт проекту</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...18 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Основні показники проекту зведено в таблиці 21.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Таблиця </w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+        <w:t>Таблиця 21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Паспорт проекту</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="4280"/>
         <w:gridCol w:w="2302"/>
         <w:gridCol w:w="2206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№ з/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Найменування показника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Одиниця виміру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Значення показника</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:adjustRightInd/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Площа ділянки під будівництво, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>д</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:adjustRightInd/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Площа будівлі закладу, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>заг</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:adjustRightInd/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Коефіцієнт забудови, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>з</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:adjustRightInd/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Площа озеленення, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>оз</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:adjustRightInd/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Коефіцієнт озеленення, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>оз</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:adjustRightInd/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Робоча площа закладу, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>роб</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:adjustRightInd/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Корисна площа закладу, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>кор</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:adjustRightInd/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Будівельний об’єм будівлі, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:adjustRightInd/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Капітальні витрати на проекту, В</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>А+Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>тис. грн.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...32 lines deleted...]
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Питомі капітальні витрати</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:adjustRightInd/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Вартість 1 місця</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>тис. грн.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:adjustRightInd/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Вартість </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
               <w:smartTagPr>
                 <w:attr w:name="ProductID" w:val="1 м2"/>
               </w:smartTagPr>
-              <w:r w:rsidRPr="00C003F4">
+              <w:r w:rsidRPr="006373D4">
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="28"/>
                   <w:lang w:val="uk-UA"/>
                 </w:rPr>
                 <w:t>1 м</w:t>
               </w:r>
-              <w:r w:rsidRPr="00C003F4">
+              <w:r w:rsidRPr="006373D4">
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="28"/>
                   <w:vertAlign w:val="superscript"/>
                   <w:lang w:val="uk-UA"/>
                 </w:rPr>
                 <w:t>2</w:t>
               </w:r>
             </w:smartTag>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> загальної площі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>тис. грн.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="003730AB">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:adjustRightInd/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Вартість </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
               <w:smartTagPr>
                 <w:attr w:name="ProductID" w:val="1 м3"/>
               </w:smartTagPr>
-              <w:r w:rsidRPr="00C003F4">
+              <w:r w:rsidRPr="006373D4">
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="28"/>
                   <w:lang w:val="uk-UA"/>
                 </w:rPr>
                 <w:t>1 м</w:t>
               </w:r>
-              <w:r w:rsidRPr="00C003F4">
+              <w:r w:rsidRPr="006373D4">
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="28"/>
                   <w:vertAlign w:val="superscript"/>
                   <w:lang w:val="uk-UA"/>
                 </w:rPr>
                 <w:t>3</w:t>
               </w:r>
             </w:smartTag>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> об’єму будівлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>тис. грн.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>3.6. Кошторис</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Витрати на виконання загально будівельних робіт для створення закладу готельно-ресторанного господарства розраховуються за укрупненим показником вартості загальнобудівельних робіт, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ЗБР</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">тис. грн., </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+        <w:t xml:space="preserve">тис.грн., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>які визначаються за формулою 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2880"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:position w:val="-12"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:object w:dxaOrig="2700" w:dyaOrig="360">
-          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
-[...19 lines deleted...]
-            <v:imagedata r:id="rId5" o:title=""/>
+          <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:135.15pt;height:18.85pt" o:ole="" fillcolor="window">
+            <v:imagedata r:id="rId23" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1733470170" r:id="rId6"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1824107290" r:id="rId24"/>
         </w:object>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> (3.2.)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+        <w:t xml:space="preserve"> (3.10.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">де </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> – потужність проектованого закладу, місць;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
-[...49 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив питомої вартості загальнобудівельних робіт на одиницю потужності, у.о.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>К</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Т</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
-[...29 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – територіальний поплавковий коефіцієнт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>І</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>К</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> офіційний валютний курс гривні (до USD), грн./$;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>І</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> – індекс цін нормативний, встановлений для визначення кошторисної вартості будівництва Держкомітетом України у справах містобудування і архітектури (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>І</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>=0,77</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вартість загальнобудівельних робіт, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:position w:val="-12"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:object w:dxaOrig="480" w:dyaOrig="375">
-          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:24pt;height:19.2pt" o:ole="" fillcolor="window">
-            <v:imagedata r:id="rId7" o:title=""/>
+          <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:24.35pt;height:18.85pt" o:ole="" fillcolor="window">
+            <v:imagedata r:id="rId25" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1733470171" r:id="rId8"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1824107291" r:id="rId26"/>
         </w:object>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>, тис. грн</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>., є витратами за статтею 2.1. зведеного кошторисного розрахунку.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Таблиця 16</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Таблиця 22</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Зведений кошторис</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9147" w:type="dxa"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="703"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1883"/>
+        <w:gridCol w:w="741"/>
+        <w:gridCol w:w="4189"/>
+        <w:gridCol w:w="2725"/>
+        <w:gridCol w:w="1984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="703" w:type="dxa"/>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№ глав</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3975" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Стаття витрат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2586" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Рекомендовані співвідношення вартості, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Розмір витрат,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>тис. грн.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="247"/>
+          <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9147" w:type="dxa"/>
+            <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Розділ А. Базисна вартість будівництва</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="703" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3975" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Підготовка території будівництва</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2586" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1-2 від вартості будівництва за главою 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="703" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3975" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Основні об’єкти будівництва, у </w:t>
+              <w:t>Основні об’єкти будівництва, у т.ч.:</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-            <w:tcW w:w="2586" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
         <w:trPr>
-          <w:trHeight w:val="75"/>
+          <w:trHeight w:val="74"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="703" w:type="dxa"/>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3975" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Загальнобудівельні</w:t>
+              <w:t>Загальнобудівельні роботи</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2586" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>56-60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:object w:dxaOrig="480" w:dyaOrig="375">
-                <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:24pt;height:19.2pt" o:ole="" fillcolor="window">
-                  <v:imagedata r:id="rId7" o:title=""/>
+                <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:24.35pt;height:18.85pt" o:ole="" fillcolor="window">
+                  <v:imagedata r:id="rId25" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1733470172" r:id="rId9"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1824107292" r:id="rId27"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="703" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3975" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Електротехнічні роботи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2586" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="703" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3975" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Сантехнічні роботи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2586" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="703" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3975" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Зв’язок та сигналізація</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2586" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="703" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3975" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Устаткування, меблі та інвентар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2586" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>27-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="4678" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4930" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Разом за главою 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2586" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="703" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3975" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Об’єкти підсобного та обслуговуючого призначення</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2586" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>до 5 від глави 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="703" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3975" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Об’єкти енергетичного господарства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2586" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>до 1 від глави 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="703" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3975" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Об’єкти транспортного господарства та зв’язку</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2586" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>0,2-0,5 від глави 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...38 lines deleted...]
-            <w:tcW w:w="706" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3996" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Зовнішні мережі та споруди водопостачання, каналізації, </w:t>
+              <w:t>Зовнішні мережі та споруди водопостачання, каналізації, теплопостачання та газопостачання</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-            <w:tcW w:w="2599" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2-12 від глави 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="706" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3996" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Благоустрій і озеленення території</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2599" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1-5 від глави 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="7302" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Разом за главами 1-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="706" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3996" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Тимчасові будівлі та споруди</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2599" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>0,5-1,5 від глав 1-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="706" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3996" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Інші роботи та витрати</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2599" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3,7-9 від глав 1-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="7302" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Разом за главами 1-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="706" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3996" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Утримання дирекції (технічний нагляд) об’єкта, що будується, та авторський нагляд</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2599" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2 від глав 1-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="706" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3996" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Підготовка експлуатаційних кадрів</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2599" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>0,2-0,7 від глав 1-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="706" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3996" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Проектні та вишукувальні роботи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2599" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2,5-8 від глав 1-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="7302" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ВСЬОГО за розділом А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="9195" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Розділ Б. Кошти на компенсацію витрат, пов’язаних із ринковими умовами проведення будівництва</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="706" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3996" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Обов’язкові платежі (податки та збори)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2599" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>38-60 від глав 1-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="706" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3996" w:type="dxa"/>
+            <w:tcW w:w="4189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Резервний компенсаційний фонд замовника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2599" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2-8 від суми базисної вартості (розділ А)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="7302" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ВСЬОГО за розділом Б</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidTr="00C47D1B">
-[...5 lines deleted...]
-            <w:tcW w:w="7302" w:type="dxa"/>
+      <w:tr w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidTr="00123ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ЗАГАЛОМ СУМА ВИТРАТ НА БУДІВНИЦТВО</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>(КАПІТАЛЬНІ ВКЛАДЕННЯ), В</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C003F4">
+            <w:r w:rsidRPr="006373D4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>А+Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="003730AB">
+          <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00123ED5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>У разі розміщення закладу в складі іншого підприємства чи будівлі або при реконструкції існуючого закладу значення В</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>А+Б</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> зменшується на 60</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B8"/>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>75%.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00FE493F" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>3.7. Порядок здачі в експлуатацію об’єкта</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
-[...24 lines deleted...]
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>У бакалаврській кваліфікаційній роботі потрібно визначити порядок здачі закінченого будівництвом об'єкта залежно від обраної форми власності, його призначення та способів проведення будівельних робіт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Якщо згідно з будівельним паспортом передбачено будівництво кількох об’єктів, кожен з них можна прийняти в експлуатацію окремо. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00C003F4" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>На об’єкті повинні бути виконані всі передбачені проектною документацією згідно із державними будівельними нормами, стандартами і правилами роботи, а також змонтовано і випробуване обладнання.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C003F4">
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Експлуатація об’єктів не прийнятих в експлуатацію, забороняється.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47D1B" w:rsidRPr="00973CAF" w:rsidRDefault="00C47D1B" w:rsidP="00C47D1B">
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00973CAF">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Висновки до розділу 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE493F" w:rsidRPr="006373D4" w:rsidRDefault="00FE493F" w:rsidP="00FE493F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006373D4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Розділ завершується висновками (1-2 сторінки), що узагальнюють основні положення, викладені у розділі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B27954" w:rsidRPr="00C47D1B" w:rsidRDefault="00B27954">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00B27954" w:rsidRPr="00C47D1B">
+    <w:p w:rsidR="00B27954" w:rsidRPr="00FE493F" w:rsidRDefault="00B27954" w:rsidP="00FE493F">
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:sectPr w:rsidR="00B27954" w:rsidRPr="00FE493F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DAE2E2E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FD206AC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -13185,82 +17989,83 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="54"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D142F5"/>
     <w:rsid w:val="00B27954"/>
     <w:rsid w:val="00C47D1B"/>
     <w:rsid w:val="00D142F5"/>
+    <w:rsid w:val="00FE493F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D021BC5D-4AD5-4C4C-9EB5-034743EFFE13}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -13699,51 +18504,51 @@
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
       <w:jc w:val="left"/>
       <w:textAlignment w:val="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject7.bin"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject11.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.wmf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject6.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject8.bin"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject10.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.wmf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject5.bin"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject9.bin"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject12.bin"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13967,55 +18772,63 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>22136</Characters>
+  <Pages>14</Pages>
+  <Words>3887</Words>
+  <Characters>27911</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>184</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Lines>930</Lines>
+  <Paragraphs>429</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25968</CharactersWithSpaces>
+  <CharactersWithSpaces>31369</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>3cfb5b62-d5b4-4cd7-a163-db7bbff8ac8c</vt:lpwstr>
+  </property>
+</Properties>
+</file>