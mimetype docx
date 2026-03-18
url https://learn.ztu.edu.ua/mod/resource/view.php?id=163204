--- v0 (2025-10-15)
+++ v1 (2026-03-18)
@@ -1,5219 +1,4317 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="2524141F" w14:textId="0BCF5A52" w:rsidR="0015549B" w:rsidRPr="00666B36" w:rsidRDefault="00D62F38" w:rsidP="009B611C">
+    <w:p w14:paraId="2524141F" w14:textId="0BCF5A52" w:rsidR="0015549B" w:rsidRPr="00275434" w:rsidRDefault="00D62F38" w:rsidP="009B611C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666B36">
+      <w:r w:rsidRPr="00275434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Варіант закріплюється для виконання всі</w:t>
       </w:r>
-      <w:r w:rsidR="00770EAB" w:rsidRPr="00666B36">
+      <w:r w:rsidR="00770EAB" w:rsidRPr="00275434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>х</w:t>
       </w:r>
-      <w:r w:rsidRPr="00666B36">
+      <w:r w:rsidRPr="00275434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007C02D5">
+      <w:r w:rsidR="007C02D5" w:rsidRPr="00275434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">передбачених </w:t>
       </w:r>
-      <w:r w:rsidRPr="00666B36">
+      <w:r w:rsidRPr="00275434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>лабораторних робіт</w:t>
       </w:r>
-      <w:r w:rsidR="00255832" w:rsidRPr="00666B36">
+      <w:r w:rsidR="00255832" w:rsidRPr="00275434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38051862" w14:textId="2A2A31C6" w:rsidR="00D62F38" w:rsidRPr="00070E5F" w:rsidRDefault="00D62F38" w:rsidP="009B611C">
+    <w:p w14:paraId="759F6AB8" w14:textId="30D6D9D3" w:rsidR="00D03A74" w:rsidRPr="00275434" w:rsidRDefault="00D03A74" w:rsidP="00275434">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...10 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="45"/>
           <w:szCs w:val="45"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D03A74">
+      <w:r w:rsidRPr="00275434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="45"/>
           <w:szCs w:val="45"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Група</w:t>
+        <w:t>Група А</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-      <w:r w:rsidR="009B611C">
+      <w:r w:rsidR="009B611C" w:rsidRPr="00275434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="45"/>
           <w:szCs w:val="45"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>АГ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D03A74">
-[...8 lines deleted...]
-      <w:r w:rsidR="00A6792E">
+      <w:r w:rsidRPr="00275434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="45"/>
           <w:szCs w:val="45"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00275434" w:rsidRPr="00275434">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="45"/>
+          <w:szCs w:val="45"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="772"/>
-        <w:gridCol w:w="5042"/>
+        <w:gridCol w:w="5354"/>
         <w:gridCol w:w="1090"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D03A74" w:rsidRPr="00D03A74" w14:paraId="63B794FA" w14:textId="77777777" w:rsidTr="00704996">
+      <w:tr w:rsidR="00D03A74" w:rsidRPr="00275434" w14:paraId="63B794FA" w14:textId="77777777" w:rsidTr="00275434">
+        <w:trPr>
+          <w:trHeight w:val="196"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FCE0D53" w14:textId="071164EC" w:rsidR="00D03A74" w:rsidRPr="00275434" w:rsidRDefault="00D03A74" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE22C5B" w14:textId="1F4A263F" w:rsidR="00D03A74" w:rsidRPr="00275434" w:rsidRDefault="00D03A74" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Прізвище, ім’я та по батькові студента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65CC54A1" w14:textId="66B4F515" w:rsidR="00D03A74" w:rsidRPr="00275434" w:rsidRDefault="00D03A74" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Варіант</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="16FDBC6F" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...140 lines deleted...]
-          <w:p w14:paraId="14DB260C" w14:textId="300BF824" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          </w:tcPr>
+          <w:p w14:paraId="14DB260C" w14:textId="300BF824" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="364F4B10" w14:textId="69F61351" w:rsidR="00A6792E" w:rsidRPr="00A6792E" w:rsidRDefault="00A6792E" w:rsidP="00A6792E">
-[...16 lines deleted...]
-              <w:t>Андрощук Леонід Дмитрович</w:t>
+          <w:p w14:paraId="364F4B10" w14:textId="4A93AA44" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бондарчук Дмитро Анатолійович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AFF8134" w14:textId="2C4BAFAF" w:rsidR="00A6792E" w:rsidRPr="00D03A74" w:rsidRDefault="00A6792E" w:rsidP="00A6792E">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="1AFF8134" w14:textId="2C4BAFAF" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00255832">
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="47D33DD6" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="47D33DD6" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F329BCF" w14:textId="563B3C3E" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="1F329BCF" w14:textId="563B3C3E" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7390117D" w14:textId="357EA4A9" w:rsidR="00A6792E" w:rsidRPr="00A6792E" w:rsidRDefault="00A6792E" w:rsidP="00A6792E">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7390117D" w14:textId="495A208B" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A6792E">
-[...6 lines deleted...]
-              <w:t>Радіон</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бояров</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A6792E">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Сергійович</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Артем Вадимович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78FBD893" w14:textId="7D640651" w:rsidR="00A6792E" w:rsidRPr="00D03A74" w:rsidRDefault="00A6792E" w:rsidP="00A6792E">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="78FBD893" w14:textId="7D640651" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00255832">
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="7644E157" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="7644E157" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF81901" w14:textId="39830096" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="0DF81901" w14:textId="39830096" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01E4022D" w14:textId="79F4BCB4" w:rsidR="00A6792E" w:rsidRPr="00A6792E" w:rsidRDefault="00A6792E" w:rsidP="00A6792E">
-[...16 lines deleted...]
-              <w:t>Боровик Денис Володимирович</w:t>
+          <w:p w14:paraId="01E4022D" w14:textId="77E34708" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гайдамака </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Артьом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Павлович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23341E6A" w14:textId="712804FF" w:rsidR="00A6792E" w:rsidRPr="00D03A74" w:rsidRDefault="00A6792E" w:rsidP="00A6792E">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="23341E6A" w14:textId="712804FF" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00255832">
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="08235863" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="08235863" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B85B5FC" w14:textId="71BA456B" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="4B85B5FC" w14:textId="71BA456B" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63A37204" w14:textId="1BE60625" w:rsidR="00A6792E" w:rsidRPr="00A6792E" w:rsidRDefault="00A6792E" w:rsidP="00A6792E">
-[...16 lines deleted...]
-              <w:t>Герасимчук Максим Олександрович</w:t>
+          <w:p w14:paraId="63A37204" w14:textId="6F50596F" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Головень Євгеній Романович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1059EBC2" w14:textId="738195F7" w:rsidR="00A6792E" w:rsidRPr="00D03A74" w:rsidRDefault="00A6792E" w:rsidP="00A6792E">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="1059EBC2" w14:textId="738195F7" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00255832">
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="485D51DF" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="485D51DF" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F027274" w14:textId="12060C4A" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="4F027274" w14:textId="12060C4A" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BEDB797" w14:textId="59526D73" w:rsidR="00A6792E" w:rsidRPr="00A6792E" w:rsidRDefault="00A6792E" w:rsidP="00A6792E">
-[...16 lines deleted...]
-              <w:t>Гончарук Василь Максимович</w:t>
+          <w:p w14:paraId="2BEDB797" w14:textId="7A14E3DA" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Грабовець</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Олексій Миколайович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59A8E176" w14:textId="6C36FD0E" w:rsidR="00A6792E" w:rsidRPr="00D03A74" w:rsidRDefault="00A6792E" w:rsidP="00A6792E">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="59A8E176" w14:textId="6C36FD0E" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00255832">
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="0AE655E9" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="0AE655E9" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B9D4279" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="1B9D4279" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...74 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0BDEA4" w14:textId="6534F33F" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Грищук Аркадій Геннадійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11692CBF" w14:textId="79EE37A7" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="346C574F" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="346C574F" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2144B0D0" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="2144B0D0" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="633FD4CE" w14:textId="2147C3EB" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A6792E">
-[...6 lines deleted...]
-              <w:t>Демянюк</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дідківський</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A6792E">
-[...30 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сергій Олександрович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D3DA59" w14:textId="42D9FF2C" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="373EDD2B" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="373EDD2B" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42B62C1E" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="42B62C1E" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C7424E" w14:textId="34BCAFAE" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A6792E">
-[...6 lines deleted...]
-              <w:t>Зіневич</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Євпак</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A6792E">
-[...30 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Данило Данилович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34478826" w14:textId="401F1E6A" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="103BEE77" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="103BEE77" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09644FCA" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="09644FCA" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...63 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6855A0FE" w14:textId="070F5502" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Зубрицький </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Данііл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сергійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="380E1B59" w14:textId="04DEA3C6" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="71F30E4F" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="71F30E4F" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A5EBA55" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="5A5EBA55" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1F3899" w14:textId="25C62BFC" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A6792E">
-[...6 lines deleted...]
-              <w:t>Каленський</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Каспрук</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A6792E">
-[...30 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Владислав Володимирович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BCB5119" w14:textId="6C3D9F8B" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="14A2C8B2" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="14A2C8B2" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8F0BF1" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="1A8F0BF1" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...74 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC9ED52" w14:textId="097A06C8" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кравченко Ярослав Олександрович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A25BA5" w14:textId="131E95AE" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="0B1D6B21" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="0B1D6B21" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F835CD6" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="7F835CD6" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8D868F" w14:textId="4FB06386" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A6792E">
-[...6 lines deleted...]
-              <w:t>Каленський</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Левківський</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A6792E">
-[...30 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ярослав Олексійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69700FDC" w14:textId="1760E332" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="7BEFE526" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="7BEFE526" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D72BAD3" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="7D72BAD3" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...63 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="357619ED" w14:textId="0241E282" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Левченко</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нікіта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сергійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ECD7AE2" w14:textId="7AF8A45E" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="6F670148" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="6F670148" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69B5BB50" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="69B5BB50" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...31 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BDFE212" w14:textId="4401B5E9" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Любич </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A6792E">
-[...6 lines deleted...]
-              <w:t>Кротов</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Данііл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A6792E">
-[...30 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сергійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F0CFF6" w14:textId="2FC6949F" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="36D050E2" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="36D050E2" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AC4C867" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="2AC4C867" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...74 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A48D3A9" w14:textId="4541DAF4" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Опанасенко Денис Андрійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36ECD5BC" w14:textId="704075F2" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="43792251" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="43792251" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="473DBAC1" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="473DBAC1" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...74 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26326511" w14:textId="7494E1F3" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Поліщук Андрій Сергійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="765C06AD" w14:textId="73F9AB1D" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="403BA81B" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="403BA81B" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13273A2F" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="13273A2F" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62EFC5E9" w14:textId="2366104B" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A6792E">
-[...6 lines deleted...]
-              <w:t>Кунашенко</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пшеничний-Мохно</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A6792E">
-[...30 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Олександр Євгенійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23885543" w14:textId="4C266E72" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="3034DFE8" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="3034DFE8" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6F6016" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="1E6F6016" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...74 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31C5E0F8" w14:textId="174D5549" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тарасюк Владислав Русланович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F544DAF" w14:textId="7967EF71" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="38608326" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="38608326" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24B13DED" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="24B13DED" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...63 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA1769A" w14:textId="43BBD913" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ткач Віталій Сергійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="534FD30D" w14:textId="2359AEB3" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="0086021E" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="0086021E" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12409404" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="12409404" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...63 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="527B0DEE" w14:textId="0AB8E1A7" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Хмелюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Антон Романович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D2514E" w14:textId="428FCB30" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="4255BFA5" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="4255BFA5" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="771378B9" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="771378B9" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="410B512F" w14:textId="5B99E1BD" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A6792E">
-[...6 lines deleted...]
-              <w:t>Овдіюк</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Червінський</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A6792E">
-[...30 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Максим Анатолійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A365B34" w14:textId="4849FF56" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="2FF757B9" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="2FF757B9" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E620B1D" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="3E620B1D" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52511B1F" w14:textId="7DE18A45" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A6792E">
-[...6 lines deleted...]
-              <w:t>Отвага</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шкабара</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A6792E">
-[...30 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ігор Віталійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8A47F6" w14:textId="59D56E17" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6792E" w:rsidRPr="00D03A74" w14:paraId="5E5E447C" w14:textId="77777777" w:rsidTr="00A6792E">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="5E5E447C" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33AEA36D" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRPr="009B611C" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+          <w:p w14:paraId="33AEA36D" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC04F5C" w14:textId="3667F55A" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A6792E">
-[...6 lines deleted...]
-              <w:t>Пашковський</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шумлянський</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A6792E">
-[...30 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Віталій Віталійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B15031" w14:textId="0F830679" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23</w:t>
-            </w:r>
-[...1537 lines deleted...]
-              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3F1AB094" w14:textId="77777777" w:rsidR="00D03A74" w:rsidRPr="00D03A74" w:rsidRDefault="00D03A74" w:rsidP="009B611C">
+    <w:p w14:paraId="3F1AB094" w14:textId="77777777" w:rsidR="00D03A74" w:rsidRPr="00275434" w:rsidRDefault="00D03A74" w:rsidP="00275434">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DF4EC10" w14:textId="039875D5" w:rsidR="00D03A74" w:rsidRPr="009B611C" w:rsidRDefault="00D03A74" w:rsidP="009B611C">
+    <w:p w14:paraId="7DF4EC10" w14:textId="7275342F" w:rsidR="00D03A74" w:rsidRPr="00275434" w:rsidRDefault="00D03A74" w:rsidP="00275434">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="45"/>
           <w:szCs w:val="45"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-      <w:r w:rsidR="00A6792E" w:rsidRPr="00A6792E">
+      <w:r w:rsidRPr="00275434">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="45"/>
           <w:szCs w:val="45"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ААГ-24к</w:t>
+        <w:t xml:space="preserve">Група </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6792E" w:rsidRPr="00275434">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="45"/>
+          <w:szCs w:val="45"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АГ</w:t>
+      </w:r>
+      <w:r w:rsidR="00275434" w:rsidRPr="00275434">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="45"/>
+          <w:szCs w:val="45"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6792E" w:rsidRPr="00275434">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="45"/>
+          <w:szCs w:val="45"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00275434" w:rsidRPr="00275434">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="45"/>
+          <w:szCs w:val="45"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>32</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="772"/>
-        <w:gridCol w:w="5042"/>
-        <w:gridCol w:w="1090"/>
+        <w:gridCol w:w="5369"/>
+        <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B611C" w:rsidRPr="00D03A74" w14:paraId="23337EBC" w14:textId="77777777" w:rsidTr="00704996">
+      <w:tr w:rsidR="009B611C" w:rsidRPr="00275434" w14:paraId="23337EBC" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="772" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A491BD8" w14:textId="77777777" w:rsidR="009B611C" w:rsidRPr="00D03A74" w:rsidRDefault="009B611C" w:rsidP="009B611C">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0A491BD8" w14:textId="77777777" w:rsidR="009B611C" w:rsidRPr="00275434" w:rsidRDefault="009B611C" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D03A74">
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="5369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31BDED62" w14:textId="77777777" w:rsidR="009B611C" w:rsidRPr="00D03A74" w:rsidRDefault="009B611C" w:rsidP="009B611C">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="31BDED62" w14:textId="77777777" w:rsidR="009B611C" w:rsidRPr="00275434" w:rsidRDefault="009B611C" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D03A74">
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Прізвище, ім’я та по батькові студента</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E48A01E" w14:textId="77777777" w:rsidR="009B611C" w:rsidRPr="00D03A74" w:rsidRDefault="009B611C" w:rsidP="009B611C">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5E48A01E" w14:textId="77777777" w:rsidR="009B611C" w:rsidRPr="00275434" w:rsidRDefault="009B611C" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D03A74">
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Варіант</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00704996" w:rsidRPr="00D03A74" w14:paraId="2D4EE614" w14:textId="77777777" w:rsidTr="00704996">
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="2D4EE614" w14:textId="77777777" w:rsidTr="00275434">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3381DEB7" w14:textId="77777777" w:rsidR="00704996" w:rsidRPr="009B611C" w:rsidRDefault="00704996" w:rsidP="009B611C">
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3381DEB7" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...28 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1849DCE4" w14:textId="23A3A91D" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гаврилюк Дмитро Михайлович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64ABC91A" w14:textId="1630105E" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="6A80A2C7" w14:textId="77777777" w:rsidTr="00275434">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="012DDD77" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5795D17B" w14:textId="589B8684" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00417DA3">
-[...5 lines deleted...]
-              <w:t>Леус</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Герговський</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00417DA3">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денис Юрійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29923ED1" w14:textId="4CF09FB1" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="6F1B25DD" w14:textId="77777777" w:rsidTr="00275434">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C309EB" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0060322C" w14:textId="61844CA5" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00417DA3">
-[...5 lines deleted...]
-              <w:t>Юрій</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кур`ята</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00417DA3">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сергій Анатолійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05718580" w14:textId="462B3652" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="41FBFA82" w14:textId="77777777" w:rsidTr="00275434">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C37CF50" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04192D46" w14:textId="2B7D35DA" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Плакса Мирослав Миколайович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54EA779F" w14:textId="02CFCCA6" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="67910C71" w14:textId="77777777" w:rsidTr="00275434">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59FC3B9D" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C87DA5D" w14:textId="7D87B2D9" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00417DA3">
-[...5 lines deleted...]
-              <w:t>Володимирович</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Свірський</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...36 lines deleted...]
-              <w:t>36</w:t>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Владислав Олегович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D103F1" w14:textId="78EA9C25" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275434" w:rsidRPr="00275434" w14:paraId="32AFA79C" w14:textId="77777777" w:rsidTr="00275434">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB56ABF" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16CCEC05" w14:textId="59E53A0C" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Стороженко</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Дмитро Юрійович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E872BFF" w14:textId="5B753F36" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="00275434">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275434">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1102F80A" w14:textId="77777777" w:rsidR="00A6792E" w:rsidRDefault="00A6792E" w:rsidP="009B611C">
+    <w:p w14:paraId="6976F724" w14:textId="77777777" w:rsidR="00275434" w:rsidRPr="00275434" w:rsidRDefault="00275434" w:rsidP="009B611C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00A6792E">
+    <w:sectPr w:rsidR="00275434" w:rsidRPr="00275434">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -5597,50 +4695,51 @@
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00233CDC"/>
     <w:rsid w:val="00070E5F"/>
     <w:rsid w:val="0015549B"/>
     <w:rsid w:val="00233CDC"/>
     <w:rsid w:val="00255832"/>
+    <w:rsid w:val="00275434"/>
     <w:rsid w:val="00417DA3"/>
     <w:rsid w:val="00495C97"/>
     <w:rsid w:val="005756A9"/>
     <w:rsid w:val="00595B54"/>
     <w:rsid w:val="00666B36"/>
     <w:rsid w:val="00704996"/>
     <w:rsid w:val="00770EAB"/>
     <w:rsid w:val="007C02D5"/>
     <w:rsid w:val="009B611C"/>
     <w:rsid w:val="00A6792E"/>
     <w:rsid w:val="00D03A74"/>
     <w:rsid w:val="00D62F38"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -6262,90 +5361,116 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1100832530">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1419058026">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1545605399">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1620142659">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1812477108">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2042317523">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2105566684">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2142844371">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -6626,65 +5751,65 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>506</Characters>
+  <Pages>1</Pages>
+  <Words>740</Words>
+  <Characters>423</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1389</CharactersWithSpaces>
+  <CharactersWithSpaces>1161</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BOB</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>