--- v0 (2025-10-24)
+++ v1 (2026-02-27)
@@ -407,20993 +407,20184 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Задачі 9</w:t>
       </w:r>
       <w:r w:rsidR="00645B69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="00485600" w:rsidRPr="00111668">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (приклад виконання завдання СР 9.1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21FDFCE8" w14:textId="77777777" w:rsidR="008155DA" w:rsidRPr="00814238" w:rsidRDefault="008155DA" w:rsidP="008155DA">
+    <w:p w14:paraId="21FDFCE8" w14:textId="77777777" w:rsidR="008155DA" w:rsidRDefault="008155DA" w:rsidP="008155DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27DC082E" w14:textId="77777777" w:rsidR="00814238" w:rsidRPr="00814238" w:rsidRDefault="00814238" w:rsidP="008155DA">
+    <w:p w14:paraId="056462AC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00814238" w:rsidRDefault="00102243" w:rsidP="008155DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F329385" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="00814238" w:rsidRDefault="00814238" w:rsidP="003308A4">
+    <w:p w14:paraId="625B49A0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00814238" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00814238">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Варіанти завдань</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125221BF" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="00814238" w:rsidRDefault="008560C7" w:rsidP="00D85C98">
+    <w:p w14:paraId="27DC082E" w14:textId="77777777" w:rsidR="00814238" w:rsidRDefault="00814238" w:rsidP="008155DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73E55A59" w14:textId="7CE128EE" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="00814238" w:rsidP="008560C7">
+    <w:p w14:paraId="0B1FB166" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Варіант </w:t>
+        <w:t>Варіант 1.</w:t>
       </w:r>
-      <w:r w:rsidR="008560C7" w:rsidRPr="001C62BB">
-[...9 lines deleted...]
-      <w:r w:rsidR="00C91B03" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Залежність урожайності пшениці Y (ц/га – центнери з гектару) від кількості внесених добрив X (ум. од.).</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Залежність урожайності пшениці Y (ц/га – центнери з гектару) від кількості внесених добрив X (ум. од.). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008560C7" w:rsidRPr="001C62BB" w14:paraId="4C385E61" w14:textId="77777777" w:rsidTr="008560C7">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="2EEB2087" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40C810DA" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="59E55152" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="563B533C" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="4D6DAAA1" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CF50F0C" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="0337B54A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="204F0891" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="0B328059" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="130867EA" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="2B728D1C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44872931" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="649C2D2C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10440496" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="567DE2E9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C70A26C" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="3676F8C9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2813B7FE" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="0D32FF54" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17864BF0" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="7879F7DA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="161C06AA" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="7A266B31" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C62BB" w:rsidRPr="001C62BB" w14:paraId="719F0AB9" w14:textId="77777777" w:rsidTr="00727211">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="081A43E0" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2989990A" w14:textId="77777777" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+          <w:p w14:paraId="0D4B99E9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1EC0DA65" w14:textId="295C5705" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="285C4255" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="67870C49" w14:textId="024B856C" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766983AD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="42EF442E" w14:textId="0915EEA1" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48ED8B05" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7017759F" w14:textId="54BE0FCC" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFB0C5E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4F083797" w14:textId="782E560C" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49164BEA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="09498C2D" w14:textId="5E454113" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="776B1AB5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="65935889" w14:textId="6AC54540" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62EC95A0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="60B876D4" w14:textId="3EC270C9" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29350F57" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1FB394E9" w14:textId="3BEB8901" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="739A4BE0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="476465B7" w14:textId="009CB333" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="015DD753" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>110</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C62BB" w:rsidRPr="001C62BB" w14:paraId="5FB95876" w14:textId="77777777" w:rsidTr="00727211">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="78221BB4" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D6B54F6" w14:textId="77777777" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+          <w:p w14:paraId="72AAAF1B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="19A76804" w14:textId="301D8A9D" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="190C9622" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="464E24AA" w14:textId="67AEE484" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12E86734" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3EE164FA" w14:textId="763F3CFA" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78CBE8FD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="67EB8EC7" w14:textId="42E2A73D" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B62D78" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="52D15ED4" w14:textId="2A1A9E5C" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04FB1C4E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="452FD27E" w14:textId="7E516EB7" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3079894B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="56AAFFB1" w14:textId="592B8C7D" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4194DB7C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="792013EC" w14:textId="465C71D7" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06B50AB4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5EA930C8" w14:textId="7834BA4A" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A684905" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1BC13FCD" w14:textId="1A74086F" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC63668" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008560C7" w:rsidRPr="001C62BB" w14:paraId="7E38773B" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="07D98FDE" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6483A186" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="4F8DC61F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28D878C8" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="0CF66550" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="139E681A" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="63995D91" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F0C5FF3" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="0DA763AA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58C9B116" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="69A71805" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C9B8197" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="4A51588C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04C76D94" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="2DBEDFCE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71C37392" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="0E9CBFB9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="723599B4" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="2E73E68A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D567D5D" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="2F5FF6CE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A140CB6" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="0F8BF8EF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035F5B" w:rsidRPr="001C62BB" w14:paraId="4C41AEE7" w14:textId="77777777" w:rsidTr="00CC0C27">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="198307AA" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57431FD2" w14:textId="77777777" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+          <w:p w14:paraId="4070DD1D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4528B233" w14:textId="44846651" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44DF747B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4549327B" w14:textId="4E28FF4E" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B846F72" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="24227E5D" w14:textId="7C79972B" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B43D4F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A567BEB" w14:textId="77777777" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
-[...101 lines deleted...]
-          <w:p w14:paraId="7EC7A63F" w14:textId="77777777" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+          <w:p w14:paraId="47A0D1D2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9E421F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="755BA17C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="574F068F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBB872D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3D7A0C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4780211C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00035F5B" w:rsidRPr="001C62BB" w14:paraId="678F2C3C" w14:textId="77777777" w:rsidTr="00CC0C27">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="2233158B" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EDFC30A" w14:textId="77777777" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+          <w:p w14:paraId="52C9CC17" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="394A186C" w14:textId="7DE68188" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A76533" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6A97AD24" w14:textId="31BA4ECC" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE21D03" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="57DA29F9" w14:textId="30A8A7A3" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7FBA82" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="678924E0" w14:textId="77777777" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
-[...101 lines deleted...]
-          <w:p w14:paraId="1E77734E" w14:textId="77777777" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00035F5B">
+          <w:p w14:paraId="0222CC78" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0AD6C3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DDAF0B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5190E5F1" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED23EE8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C41F1A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E9F399" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7AA0F3C7" w14:textId="77777777" w:rsidR="003308A4" w:rsidRPr="001C62BB" w:rsidRDefault="003308A4" w:rsidP="00FA71C2">
+    <w:p w14:paraId="1CCE2A9F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BB50E69" w14:textId="77777777" w:rsidR="00814238" w:rsidRPr="001C62BB" w:rsidRDefault="00814238" w:rsidP="00FA71C2">
+    <w:p w14:paraId="2C45E749" w14:textId="77777777" w:rsidR="00102243" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32692D57" w14:textId="77777777" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00FA71C2">
+    <w:p w14:paraId="24B6F142" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="199A2C5D" w14:textId="77777777" w:rsidR="00035F5B" w:rsidRPr="001C62BB" w:rsidRDefault="00035F5B" w:rsidP="00FA71C2">
-[...11 lines deleted...]
-    <w:p w14:paraId="3BF68206" w14:textId="29B6997B" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="00814238" w:rsidP="006C1D86">
+    <w:p w14:paraId="10C6A6FA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Варіант </w:t>
+        <w:t>Варіант 2.</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C5F" w:rsidRPr="001C62BB">
-[...9 lines deleted...]
-      <w:r w:rsidR="007D2C5F" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>Залежність обсягу випуску продукції підприємством Y (</w:t>
+        <w:t xml:space="preserve"> Залежність обсягу випуску продукції підприємством Y (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00533E7F" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>тис.грн</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00533E7F" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.) від інвестицій на обладнання X (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00533E7F" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>тис.грн</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00533E7F" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008560C7" w:rsidRPr="001C62BB" w14:paraId="552D1C9B" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="0ADA8F10" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE6FCA3" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="300074ED" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A76FEF7" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="1C92731A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1220060D" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="39567F77" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7194DCAA" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="4664DBF6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76E24B95" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="26573D24" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="627A8DA3" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="7BD16092" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12987F75" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="2A72C0B8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F5E6BCA" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="0F581A1B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="645A1EBD" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="41EE2752" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="705A2A53" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="68674064" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E16A10C" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="5C1E20BB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D0655" w:rsidRPr="001C62BB" w14:paraId="37914CCB" w14:textId="77777777" w:rsidTr="00E27991">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="002149D4" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EAF3895" w14:textId="77777777" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+          <w:p w14:paraId="7DAF0637" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="631A7089" w14:textId="31A84389" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8E6F08" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>744</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="085C31C2" w14:textId="1C949D7D" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="794653E7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>409</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="53ED87DD" w14:textId="6ADF58A3" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0DC87F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>501</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5A81FF74" w14:textId="76B9BF58" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD1621E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>547</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4831DAA2" w14:textId="325CE7A0" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04ADD24C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>687</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3B9D5C5B" w14:textId="67CB8DA3" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B696655" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>568</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1EECF14B" w14:textId="79D4C1D5" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3587919D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>571</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="02F182BF" w14:textId="5C6F4A03" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE9F97F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>667</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="06318B38" w14:textId="5F218629" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27153F3A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>586</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="35B68ECE" w14:textId="30AF9B31" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75274F7C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>751</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D0655" w:rsidRPr="001C62BB" w14:paraId="72EDCF14" w14:textId="77777777" w:rsidTr="00E27991">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="3EB181A0" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C3BDBBD" w14:textId="77777777" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+          <w:p w14:paraId="1819EE35" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7F69D33F" w14:textId="71BE0B87" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35D436D5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="19DA262E" w14:textId="350422DC" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2948477A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="60F763CA" w14:textId="53198A6B" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54EAE4EB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0DBC1540" w14:textId="4CA61CDC" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="525CDDCB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0387FC10" w14:textId="7DE42863" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB58717" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="12DDB40D" w14:textId="362F79EC" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="020C6F1A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5E512013" w14:textId="01F5FA61" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="320EE195" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6948726F" w14:textId="2AEA1A29" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF0E040" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1B5AFDFE" w14:textId="2FBDEE3B" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D80743" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0CCEC1CF" w14:textId="6C7FAEDD" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="389B73AD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008560C7" w:rsidRPr="001C62BB" w14:paraId="315050BE" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="5A691142" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="282E2AE7" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="3AC69F6E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E30A47B" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="70DF23A9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B22BDE0" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="3B680F65" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDB273E" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="2223590E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="387D72E1" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="411C2CE0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FACF73B" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="70F26F74" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="699575F0" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="1FAAAC6E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25DA5A6C" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="71A5B207" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44CB99BB" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="7CABADFA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51D57320" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="613E3E56" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04AE6473" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="2BEA6673" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D0655" w:rsidRPr="001C62BB" w14:paraId="3E1B8B99" w14:textId="77777777" w:rsidTr="000C4347">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="0B30273D" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71364F01" w14:textId="77777777" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+          <w:p w14:paraId="0BC7F5C2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4B81CC3A" w14:textId="56267711" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="112BD2B8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>664</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4D84B871" w14:textId="0AEF299B" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="593F9C02" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>709</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="77A4AC0D" w14:textId="0D0D1CB1" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7850D748" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>673</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0369693C" w14:textId="1C391092" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="505FEE33" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>680</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7DF6D5AB" w14:textId="54345761" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B41FCE9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>684</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="01700E24" w14:textId="31F9350E" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D903D13" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>566</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="42DB28DC" w14:textId="6A6FE71D" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2183F837" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>574</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6CBB5916" w14:textId="09865703" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED628A0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>395</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6A558C23" w14:textId="74202AE6" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E16960" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>606</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6EEE1153" w14:textId="452DA001" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A946D40" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>787</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D0655" w:rsidRPr="001C62BB" w14:paraId="73FA16D2" w14:textId="77777777" w:rsidTr="000C4347">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="58C48A3F" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41C73C88" w14:textId="77777777" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+          <w:p w14:paraId="515E13B8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1369FFFB" w14:textId="39DD7DCD" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21275B67" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="648DFA1A" w14:textId="26760F82" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEA44EC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="35C0A0F2" w14:textId="4F1FD220" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F630F04" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="39EB342A" w14:textId="5B2108F8" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3643DAE7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0F3CF758" w14:textId="52376F64" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6431B093" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="30E99468" w14:textId="61226BA7" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="614FDD61" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0BEF1E6B" w14:textId="1DA57C2C" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FECB43E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6F6EB108" w14:textId="45D9E5BF" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CB9ED7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="048A68A9" w14:textId="33F73116" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9982AA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4CDDCC79" w14:textId="2ED67D8E" w:rsidR="000D0655" w:rsidRPr="001C62BB" w:rsidRDefault="000D0655" w:rsidP="000D0655">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78365E17" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C4A6076" w14:textId="77777777" w:rsidR="003308A4" w:rsidRPr="001C62BB" w:rsidRDefault="003308A4" w:rsidP="008560C7">
+    <w:p w14:paraId="06F87053" w14:textId="77777777" w:rsidR="00102243" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C63778B" w14:textId="77777777" w:rsidR="00814238" w:rsidRPr="001C62BB" w:rsidRDefault="00814238">
+    <w:p w14:paraId="7F6446C6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C62BB">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7EEDDFD1" w14:textId="3CC89D4A" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="00814238" w:rsidP="00691707">
+    <w:p w14:paraId="03F9E70A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Варіант </w:t>
+        <w:t>Варіант 3.</w:t>
       </w:r>
-      <w:r w:rsidR="00691707" w:rsidRPr="001C62BB">
-[...9 lines deleted...]
-      <w:r w:rsidR="00691707" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Залежність річного товарообігу філій підприємства </w:t>
       </w:r>
-      <w:r w:rsidR="007D2C5F" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C5F" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">( </w:t>
+        <w:t xml:space="preserve"> ( </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00691707" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>млн.грн</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00691707" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">.) від торгової площі </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (тис. </w:t>
+        <w:t xml:space="preserve">.) від торгової площі X (тис. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00691707" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>кв.м</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00691707" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008560C7" w:rsidRPr="001C62BB" w14:paraId="497A1F97" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="4095CC90" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06B04A58" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="252117AB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3420B75C" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="0195B4F8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66271066" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="674C4A42" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03ACF9F1" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="74C9C0B5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DFD40B6" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="7AF2D949" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17A83566" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="5186B756" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B155522" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="383434C9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6FD357" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="45D9D4FE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="190B9037" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="50CCE32C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BA85F20" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="5F33F316" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="355643F7" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="6701869B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A4602E" w:rsidRPr="001C62BB" w14:paraId="1E2B1FE4" w14:textId="77777777" w:rsidTr="00066808">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="60A877B2" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1ABAEB" w14:textId="77777777" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+          <w:p w14:paraId="4DD58B80" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3581CC1F" w14:textId="3EE24D8D" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14558984" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4F8099C0" w14:textId="651753AB" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30894287" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="13974873" w14:textId="3328E9FF" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CCA0A04" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2DC31442" w14:textId="4607C850" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DEEEE2F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2FECEF76" w14:textId="160AD21A" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2234336E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2FAB4049" w14:textId="60D1A396" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47A5B8D6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="57CDEFC2" w14:textId="1D3A2356" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB0B439" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1273CB02" w14:textId="3E171C47" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04FEB751" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7F3FC3EB" w14:textId="253D044F" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ACB5247" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4C4C176A" w14:textId="5C92334D" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25203BF2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A4602E" w:rsidRPr="001C62BB" w14:paraId="4D630077" w14:textId="77777777" w:rsidTr="00066808">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="63068F15" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77733442" w14:textId="77777777" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+          <w:p w14:paraId="3A04DE20" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="19A8BE4A" w14:textId="4160EEBD" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67CA5221" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7998EF87" w14:textId="0ABEAD93" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57BDBA64" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5,27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7B29F54A" w14:textId="676C69AF" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A47894" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="13B423C7" w14:textId="5C14318A" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B28EF8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="00CD4191" w14:textId="32A2AF71" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6123ABB0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5D591AF6" w14:textId="4D06DDDD" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="307E78D9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3E6C2D8E" w14:textId="3D85AA43" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EEEE49C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="571C6BE3" w14:textId="28C85A5F" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DC53553" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5,77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7863D25B" w14:textId="0AA62808" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="019B865A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7,68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2889E6AB" w14:textId="60A8277E" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="467DCBF7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008560C7" w:rsidRPr="001C62BB" w14:paraId="34466B29" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="3BC971B1" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A15C6F8" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="0DAC0175" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="607F0DF4" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="1AC09D67" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05473F22" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="6A633F39" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="194DA7A3" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="7C7D607E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5324D91A" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="70EBCC77" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47A99FD3" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="210FD377" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51653246" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="773034CC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3246925B" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="0F667BA3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58696840" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="69A1C3B3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED14C1F" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="7DDD9FA9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E62182E" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="3A431D57" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A4602E" w:rsidRPr="001C62BB" w14:paraId="047BBB66" w14:textId="77777777" w:rsidTr="000B7174">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="35B8E199" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C89E48E" w14:textId="77777777" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+          <w:p w14:paraId="3A1B5A09" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2111DB34" w14:textId="7DCFC702" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4659D0BA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="45131589" w14:textId="0CAF35FE" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA95804" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="082DF2BA" w14:textId="5EB9FCE1" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A29999" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="65C587C2" w14:textId="1A7807FB" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15EB5E13" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65F61489" w14:textId="77777777" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
-[...84 lines deleted...]
-          <w:p w14:paraId="59895481" w14:textId="77777777" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+          <w:p w14:paraId="0184AA11" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="597CF344" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="298D4E2C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CFCC474" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78096124" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE09B77" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A4602E" w:rsidRPr="001C62BB" w14:paraId="26D105D9" w14:textId="77777777" w:rsidTr="000B7174">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="3A5899F3" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19D0E610" w14:textId="77777777" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+          <w:p w14:paraId="10B37B5C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7E16BB84" w14:textId="12DB1263" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5090248E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4924B0A3" w14:textId="0626A08A" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D734E7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1F993675" w14:textId="25A7B21E" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F15492E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="53CAE6CB" w14:textId="2EF17179" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA51339" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7,28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A04CDBE" w14:textId="77777777" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
-[...84 lines deleted...]
-          <w:p w14:paraId="26019C2C" w14:textId="77777777" w:rsidR="00A4602E" w:rsidRPr="001C62BB" w:rsidRDefault="00A4602E" w:rsidP="00A4602E">
+          <w:p w14:paraId="5DDF3D4F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="583FE41A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="261EA292" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="004F8ED0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="072677E4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69D20D64" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BDA22B6" w14:textId="77777777" w:rsidR="003308A4" w:rsidRPr="001C62BB" w:rsidRDefault="003308A4" w:rsidP="008560C7">
+    <w:p w14:paraId="7416C7A8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A726188" w14:textId="77777777" w:rsidR="00814238" w:rsidRPr="001C62BB" w:rsidRDefault="00814238" w:rsidP="008560C7">
+    <w:p w14:paraId="28F663B4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="511467D6" w14:textId="092070BF" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="00814238" w:rsidP="00573F4C">
+    <w:p w14:paraId="0F5BCAFB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Варіант </w:t>
+        <w:t>Варіант 4.</w:t>
       </w:r>
-      <w:r w:rsidR="00573F4C" w:rsidRPr="001C62BB">
-[...9 lines deleted...]
-      <w:r w:rsidR="00573F4C" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Залежність урожайності пшениці </w:t>
       </w:r>
-      <w:r w:rsidR="006C1D86" w:rsidRPr="001C62BB">
-[...17 lines deleted...]
-      <w:r w:rsidR="007D2C5F" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C5F" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...62 lines deleted...]
-        <w:t xml:space="preserve"> (ум. од)</w:t>
+        <w:t xml:space="preserve"> (ц/га – центнери з гектару) від глибини зволоження ґрунту X (ум. од)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008560C7" w:rsidRPr="001C62BB" w14:paraId="6F101B75" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="19C124C9" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16E056E2" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="4F86C9D0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3771E349" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="00F9071C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2729306D" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="6C9268C7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72339552" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="47CA8F8F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF44ED2" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="40F22A4E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8094A6" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="254DC582" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51D36D49" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="339ED788" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37146036" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="6FBF44EF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23BBD787" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="17C47E70" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78481CB2" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="68333AAB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0181E3E3" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="105EA3DE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082281B" w:rsidRPr="001C62BB" w14:paraId="35B17212" w14:textId="77777777" w:rsidTr="00430D21">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="1DD816C8" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57FA46D9" w14:textId="77777777" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+          <w:p w14:paraId="21AD0225" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="377CD510" w14:textId="6B51C97D" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05381817" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4B06A5AC" w14:textId="42D04969" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5400EB3E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="590E8FAC" w14:textId="629A4451" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="424D8EE7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1EAAB1AC" w14:textId="34F524E7" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3470048B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="156ED473" w14:textId="6F06325A" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="486B0D0E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="57D905C2" w14:textId="6A602C61" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE0B3A4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3BBED658" w14:textId="5F7F6AC1" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40588773" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2331B2E8" w14:textId="50FBF563" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F511DB2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="44A925F4" w14:textId="759238E0" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05ED041E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2821D9E8" w14:textId="6DB9FB88" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70C3AD31" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082281B" w:rsidRPr="001C62BB" w14:paraId="57177C48" w14:textId="77777777" w:rsidTr="00430D21">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="57358D3C" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7371FFBE" w14:textId="77777777" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+          <w:p w14:paraId="05EEB261" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="776D08BE" w14:textId="20EC114B" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="313DDDCC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2CF55071" w14:textId="5147350B" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D72BB8B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>19,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5A1BDCC9" w14:textId="04128664" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25919492" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>38,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="79F1EDC6" w14:textId="6C50FB1D" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CFD6D0B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="513BAE34" w14:textId="1BF1A047" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="014D2E32" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>21,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7996E2AB" w14:textId="1DAE5F9A" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F1D68F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2C82BBE6" w14:textId="34DC7E70" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C0EDBD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>19,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2E6F311C" w14:textId="255568E4" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="446D3D12" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>24,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7ABBCEBE" w14:textId="6A33DE9A" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DCCAFC3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>25,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="11F74B7C" w14:textId="21801895" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="207F859D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>31,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008560C7" w:rsidRPr="001C62BB" w14:paraId="65618A3C" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="489512AD" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B07C4C0" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="3C780F4A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3413D77D" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="64EF5136" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="783E92CD" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="4C0B81D2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1392ABC0" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="70804322" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD3A02A" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="039C5422" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DB46D08" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="1F545BAB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC7BCD2" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="024D7542" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22A3BA3A" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="7098190D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E2C194F" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="1605EAC8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD3EE85" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="7C0CCA27" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69726A36" w14:textId="77777777" w:rsidR="008560C7" w:rsidRPr="001C62BB" w:rsidRDefault="008560C7" w:rsidP="007D2C5F">
+          <w:p w14:paraId="11B42FA9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082281B" w:rsidRPr="001C62BB" w14:paraId="38E0C7C5" w14:textId="77777777" w:rsidTr="002F4EFE">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="4F10A8E3" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A00F9DC" w14:textId="77777777" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+          <w:p w14:paraId="19FA5E1A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="427E5380" w14:textId="1B0162FD" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F8CA76" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="03562288" w14:textId="5902CE34" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="477BE17D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1A776465" w14:textId="29612893" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76866354" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="715337E0" w14:textId="2EF63AE0" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9D9570" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="20938DA1" w14:textId="4C63FF60" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="647AB058" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57AD19B3" w14:textId="77777777" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
-[...67 lines deleted...]
-          <w:p w14:paraId="7E024A13" w14:textId="77777777" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+          <w:p w14:paraId="51CC04D2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE1D8DD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65495154" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C1E273" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="511934F0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082281B" w:rsidRPr="001C62BB" w14:paraId="34B6905E" w14:textId="77777777" w:rsidTr="002F4EFE">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="4992385B" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="225C96A0" w14:textId="77777777" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+          <w:p w14:paraId="4D2BF42A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="550B4B98" w14:textId="11085B22" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A42D816" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2D5FED65" w14:textId="06D9ADCB" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61687BE3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>34,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="54231A1A" w14:textId="06F04BEC" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0065A0A4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>35,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="61AD2C30" w14:textId="6A7497CF" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D059A4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>42,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4B8517FC" w14:textId="51120CCD" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="350BCCE9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>32,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF603A0" w14:textId="77777777" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
-[...67 lines deleted...]
-          <w:p w14:paraId="03321E06" w14:textId="77777777" w:rsidR="0082281B" w:rsidRPr="001C62BB" w:rsidRDefault="0082281B" w:rsidP="0082281B">
+          <w:p w14:paraId="20C0D0D3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="201801C0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5407E715" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3903A5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4DA3CF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5ACD24DD" w14:textId="77777777" w:rsidR="003308A4" w:rsidRPr="001C62BB" w:rsidRDefault="003308A4" w:rsidP="008560C7">
+    <w:p w14:paraId="0988D427" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B0C2468" w14:textId="77777777" w:rsidR="00814238" w:rsidRPr="001C62BB" w:rsidRDefault="00814238" w:rsidP="008560C7">
+    <w:p w14:paraId="613F8E85" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BDD4F65" w14:textId="0089EA25" w:rsidR="007D2C5F" w:rsidRPr="001C62BB" w:rsidRDefault="00814238" w:rsidP="007D2C5F">
+    <w:p w14:paraId="5E4B608D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Варіант </w:t>
+        <w:t>Варіант 5.</w:t>
       </w:r>
-      <w:r w:rsidR="00573F4C" w:rsidRPr="001C62BB">
-[...9 lines deleted...]
-      <w:r w:rsidR="00573F4C" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Залежність обсягів випуску продукції </w:t>
       </w:r>
-      <w:r w:rsidR="007D2C5F" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C5F" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>(тис. грн) від вартості основних засобів X (тис. грн)</w:t>
+        <w:t xml:space="preserve"> (тис. грн) від вартості основних засобів X (тис. грн)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00573F4C" w:rsidRPr="001C62BB" w14:paraId="37582BC3" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="6B8607E0" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="243BB693" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="0CC3F211" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21D7FA00" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="542A3EC8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="759E883F" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="73B758DE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DDDC635" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="5BD93129" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2009B9B2" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="363FDD1E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30259E5B" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="4B129EF7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E38E7D8" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="2469461E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58231AB1" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="75B3C550" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55C3CE3E" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="0CA574CB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53CC0779" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="427E446C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55479CD3" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="0113B150" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00226981" w:rsidRPr="001C62BB" w14:paraId="00F6BAAD" w14:textId="77777777" w:rsidTr="00A41546">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="3E6688C3" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C939AE6" w14:textId="77777777" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+          <w:p w14:paraId="0FE916F6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="55AA5932" w14:textId="4660E784" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C22A0AC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>744</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="032CC5BC" w14:textId="7113B5DE" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="577AE75C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>409</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="67AA665B" w14:textId="3700A708" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="210A9E73" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>687</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0F259F95" w14:textId="48E84B69" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6D5614" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>547</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3167DE89" w14:textId="680C9B58" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="108C0EDE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>566</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="78D10B94" w14:textId="774BA35C" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="682306B4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>568</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="06B6167E" w14:textId="092591D8" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C5201A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>571</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="12899EA4" w14:textId="43A24719" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6D50D2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4497BC44" w14:textId="46042FBF" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC27E27" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>586</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0C1E4982" w14:textId="3FC279A4" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="036E6D5F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>684</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00226981" w:rsidRPr="001C62BB" w14:paraId="7CCB8830" w14:textId="77777777" w:rsidTr="00A41546">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="02C06C2A" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1464260A" w14:textId="77777777" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+          <w:p w14:paraId="7E9983F7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="61140108" w14:textId="71D21E8E" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6268A6D8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="57788C79" w14:textId="6BB6023C" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D5A015" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="46B1EA27" w14:textId="20937E33" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="156B29E3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3270BF19" w14:textId="7542C542" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B329E4A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2A5FEF43" w14:textId="2F2022A3" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FEF58E4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3D6A9443" w14:textId="13A433DC" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C322521" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3CC6ADA6" w14:textId="783A5B99" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC73808" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2D0094F2" w14:textId="2B698826" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07BD6AF8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0A5EC103" w14:textId="269FEB72" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08BD5A54" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="701F534C" w14:textId="1D45BEE5" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="633EFEC3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573F4C" w:rsidRPr="001C62BB" w14:paraId="78045870" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="75211D95" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="273483C3" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="2B023B42" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24AFA017" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="0FA82F12" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="009D5A71" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="422272B9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA34A7D" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="3E97EAFD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="266D620C" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="651EC632" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D573406" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="68A667A5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25739B37" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="52E30BF8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F1664A5" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="6B4EF990" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="791FFBB5" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="4FC90CA9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B0852ED" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="6EF79944" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="696237D2" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="2BBFB8CB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00226981" w:rsidRPr="001C62BB" w14:paraId="3C23FAB9" w14:textId="77777777" w:rsidTr="00951FB5">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="06860476" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59C1C921" w14:textId="77777777" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+          <w:p w14:paraId="1278D52B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7A4DEE59" w14:textId="0A1F682D" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="409685CC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>664</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1ABDB3BC" w14:textId="0D11953C" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6997BF45" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>709</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7AA5003F" w14:textId="14388BA8" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D91A3F0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>673</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="27075FA2" w14:textId="6A1E5BCB" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="574B2147" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>680</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="60EC8F4F" w14:textId="0B1FD67D" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78487AA1" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>606</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6E42B226" w14:textId="075DCCF8" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F956A87" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>468</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0FB93D97" w14:textId="1D88FC26" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72247037" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>501</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="507C7EFB" w14:textId="0224AB6B" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF1F081" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>574</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="532034B4" w14:textId="0F44EDF5" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA46EE3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>395</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1592CF36" w14:textId="054A72D5" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="753ED533" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>751</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00226981" w:rsidRPr="001C62BB" w14:paraId="1D202D45" w14:textId="77777777" w:rsidTr="00951FB5">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="178A3026" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B565636" w14:textId="77777777" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+          <w:p w14:paraId="5E65CAF4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4A3628A3" w14:textId="46C4DC19" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0227D34D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1AC1D8F2" w14:textId="742E2799" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE1F096" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="19AC8CB0" w14:textId="2FCF8FCE" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12D78C81" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0B9E0E70" w14:textId="6E4A845F" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7235EB74" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="499C91A3" w14:textId="1516233C" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1996C2FE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="168C07D6" w14:textId="30541620" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47C35BDF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="15156C9E" w14:textId="7CF5D8AB" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA84C6F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="71F4B500" w14:textId="7AAA8B19" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8910AB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="53D0A567" w14:textId="5A0D4844" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="585161DC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0666498C" w14:textId="198EC4CA" w:rsidR="00226981" w:rsidRPr="001C62BB" w:rsidRDefault="00226981" w:rsidP="00226981">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45242AC9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="76756663" w14:textId="77777777" w:rsidR="007D2C5F" w:rsidRPr="001C62BB" w:rsidRDefault="007D2C5F" w:rsidP="008560C7">
+    <w:p w14:paraId="2B65CE17" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10E5D842" w14:textId="77777777" w:rsidR="003308A4" w:rsidRPr="001C62BB" w:rsidRDefault="003308A4" w:rsidP="008560C7">
+    <w:p w14:paraId="7BA0093D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CA60BDB" w14:textId="46E0E2D7" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00814238" w:rsidP="00573F4C">
+    <w:p w14:paraId="458F74E7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Варіант </w:t>
+        <w:t>Варіант 6.</w:t>
       </w:r>
-      <w:r w:rsidR="00053100" w:rsidRPr="001C62BB">
-[...9 lines deleted...]
-      <w:r w:rsidR="00053100" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Залежність продуктивності праці за рік в певній сфері виробництва </w:t>
       </w:r>
-      <w:r w:rsidR="00650120" w:rsidRPr="001C62BB">
-[...8 lines deleted...]
-      <w:r w:rsidR="00573F4C" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidR="00573F4C" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>(</w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="001B46D2" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>тис.грн</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="001B46D2" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">.) від питомої ваги механізованих робіт X (%) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00573F4C" w:rsidRPr="001C62BB" w14:paraId="436AB6EF" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="2EC55BAF" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6921AD05" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="2B84929E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF77833" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="17F982EE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FCB1F21" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="5A209B88" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E7636B0" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="2FFB9DA7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="781CE7F5" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="62DBE310" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07FBA309" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="28A2BD06" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BAA3BA7" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="063A4B5A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CBF5607" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="056969B5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="435414A6" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="3808E619" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA8F06F" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="48702067" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B1C9AC7" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="1097E8A9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w14:paraId="555E872B" w14:textId="77777777" w:rsidTr="00766978">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="76E09B4A" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF8C55D" w14:textId="77777777" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+          <w:p w14:paraId="645B1C91" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="35B8791F" w14:textId="0F054D82" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1663D845" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="010B6951" w14:textId="65446F56" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F6C90A2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2DD3EDBE" w14:textId="2175ECA9" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F547DB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="36545709" w14:textId="0AA57DC9" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D26E75" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5C9BBE69" w14:textId="1F7A1B2D" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71E4466F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5DE4A4E6" w14:textId="57352049" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6EF88C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2796F4D5" w14:textId="0FE830DE" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0542062E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="653B4AB8" w14:textId="07C254BF" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F3B4BA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2EAE6FA7" w14:textId="58535E2E" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30692F3E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="74FE2857" w14:textId="66B04EA7" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E463809" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w14:paraId="48817BF0" w14:textId="77777777" w:rsidTr="00766978">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="00B0A6E8" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26745650" w14:textId="77777777" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+          <w:p w14:paraId="21B266E9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="581FFECC" w14:textId="15A40E31" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5422CA64" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5E7EB9BD" w14:textId="79F56926" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BB3EAF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3EA87B80" w14:textId="7FEDE8A8" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B60B00C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6096B04B" w14:textId="51E322E4" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="174E6220" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0FF62270" w14:textId="4D964B10" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35172E15" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7093D975" w14:textId="0860FEBB" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="554FA7E8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="730A553D" w14:textId="37D43C41" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE945AC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3460</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6E74E930" w14:textId="162510E5" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F22C1E1" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1622C329" w14:textId="25F31356" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2374D23F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4EA5C4F3" w14:textId="330AEECB" w:rsidR="002D4FD2" w:rsidRPr="001C62BB" w:rsidRDefault="002D4FD2" w:rsidP="002D4FD2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53B277F4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573F4C" w:rsidRPr="001C62BB" w14:paraId="6C778575" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="3DB87CF9" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A7C81FA" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="13FFCEE7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05931ADB" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="57B1255F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7779FE86" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="41F38E5B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E265903" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="37A91D50" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40318528" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="6DD6613F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46CE2ACB" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="545DB043" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E4C90B9" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="293FD647" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A590764" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="110C36C4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="147D3650" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="1C9DAFEF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22994A45" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="6873162D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC2FD2C" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="22269896" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w14:paraId="29A60A6C" w14:textId="77777777" w:rsidTr="00411CB7">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="3AE8015D" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4047B8BD" w14:textId="77777777" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+          <w:p w14:paraId="699F250F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1A86FF68" w14:textId="0A50C22E" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="195DB107" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4800FCF7" w14:textId="516D0136" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5D27B2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="68F574CE" w14:textId="356DE931" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C89C73" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2B8F0450" w14:textId="612616D5" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0526B7E1" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="28A5461C" w14:textId="729EA044" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3968ECE2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="677F59DD" w14:textId="5D5F31ED" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09547225" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA76E3F" w14:textId="77777777" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
-[...50 lines deleted...]
-          <w:p w14:paraId="57D536D9" w14:textId="77777777" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+          <w:p w14:paraId="07ABB955" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F194B8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE34272" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2878BC99" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w14:paraId="1FB5D8AC" w14:textId="77777777" w:rsidTr="00411CB7">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="4C32B061" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61EA9C76" w14:textId="77777777" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+          <w:p w14:paraId="71892712" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="008142CC" w14:textId="4FC8A75E" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35ACD906" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="79EC3D1C" w14:textId="54CD07C3" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="430E7BD8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="76F1536E" w14:textId="652403AA" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB1DDF2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4270</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="231A9CDF" w14:textId="67C20004" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9C4389" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4F00DEDE" w14:textId="218F5CB4" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D7C891" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3420</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6F72CBE7" w14:textId="30D72B9B" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25364ECD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4820</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22055448" w14:textId="77777777" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
-[...50 lines deleted...]
-          <w:p w14:paraId="4EAEB72B" w14:textId="77777777" w:rsidR="001D5A8B" w:rsidRPr="001C62BB" w:rsidRDefault="001D5A8B" w:rsidP="001D5A8B">
+          <w:p w14:paraId="2F79C612" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DB071D5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="250BFBA8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C2187F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1E45EF1D" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="008560C7">
+    <w:p w14:paraId="4FA556D3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BF300F3" w14:textId="77777777" w:rsidR="003308A4" w:rsidRPr="001C62BB" w:rsidRDefault="003308A4" w:rsidP="008560C7">
+    <w:p w14:paraId="1500B179" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34786D2E" w14:textId="77777777" w:rsidR="00814238" w:rsidRPr="001C62BB" w:rsidRDefault="00814238">
-[...20 lines deleted...]
-    <w:p w14:paraId="0B013DC7" w14:textId="393AA22C" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00814238" w:rsidP="00573F4C">
+    <w:p w14:paraId="56A53A1C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Варіант </w:t>
+        <w:t>Варіант 7.</w:t>
       </w:r>
-      <w:r w:rsidR="00853D23" w:rsidRPr="001C62BB">
-[...9 lines deleted...]
-      <w:r w:rsidR="00853D23" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Залежність між денним товарообігом </w:t>
       </w:r>
-      <w:r w:rsidR="00573F4C" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidR="00573F4C" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>(</w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00853D23" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>тис.грн</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00853D23" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">) та середньоденною інтенсивністю потоку покупців </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">) та середньоденною інтенсивністю потоку покупців X (тис. осіб / день) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00573F4C" w:rsidRPr="001C62BB" w14:paraId="308824EB" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="20071FED" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49ABBA62" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="1BB32522" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C1A1931" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="42A43E7A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7045539A" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="31FD9FD8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA51CE1" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="69E9ECEB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F51A6CD" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="4E32F033" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A78CFC1" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="1335C5E6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17C6EB51" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="10F5B537" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="453E51DA" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="3D35BC59" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02D6E05B" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="5187731B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0869B377" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="5457A54E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A169CBF" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="416D7AA7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w14:paraId="362D6EBF" w14:textId="77777777" w:rsidTr="00953D12">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="68B7A267" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71FD183F" w14:textId="77777777" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+          <w:p w14:paraId="4C6096F9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="159810AA" w14:textId="7993EBE1" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="308C9A10" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="05C41344" w14:textId="6899F16F" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFF15DB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>21,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4E23D272" w14:textId="6F7A59B5" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00F63553" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4,70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4F4D48D6" w14:textId="2CBC886E" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00685E90" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12,72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="62F02962" w14:textId="13094AE3" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0070A3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3270872B" w14:textId="6FE71136" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EEDF6A5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5,73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="21FE4C0C" w14:textId="319B931D" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A1BC259" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="33B83084" w14:textId="7A3FE05D" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FBC930" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8,17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3C2A0EB8" w14:textId="345078DF" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5762361D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="34838FB9" w14:textId="5D86E11B" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC2E427" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w14:paraId="7D4E3A83" w14:textId="77777777" w:rsidTr="00953D12">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="6D201B22" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07FE5441" w14:textId="77777777" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+          <w:p w14:paraId="67DE3B88" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="42F3044D" w14:textId="5769A806" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="539EC2BF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7FF8CAC5" w14:textId="75413135" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA1FA46" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>35,70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0687EEBE" w14:textId="4E8318C0" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0AFD96" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11,66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="27DE9636" w14:textId="7C28F188" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69AF3922" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>31,20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="21356F62" w14:textId="71913369" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="022FBECC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="19FECD4F" w14:textId="2231A9A2" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB74BBB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5F1706D8" w14:textId="0EB487B3" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE14AE9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>21,42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="116E80B0" w14:textId="634A2DB7" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44038E82" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="574B88D9" w14:textId="3F77F43F" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="577EDE1A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>24,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="07CDCD6B" w14:textId="2EB32839" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="391B7339" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573F4C" w:rsidRPr="001C62BB" w14:paraId="579DA1E1" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="649C4D3E" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D27C015" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="03BDE7DC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3900AF49" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="277483D1" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A514C33" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="3BF1B8CD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE521B5" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="434B5C13" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="304B0D26" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="3D18294F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A442FF7" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="62F57E75" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34F0E34F" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="7F0148A2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="184D199B" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="6F4C71E6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60DC02DC" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="62BA78EB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73668A8F" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="26BDACA9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FDE8B95" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="55958857" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w14:paraId="197E9B5C" w14:textId="77777777" w:rsidTr="006F37C4">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="4366BB96" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55580AE8" w14:textId="77777777" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+          <w:p w14:paraId="5B4C22FB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2DA73BC7" w14:textId="1D051776" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12E6E0C3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16,07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="03ACFE70" w14:textId="300AB834" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4949B2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1EA9CA8F" w14:textId="6CCCDD65" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9CF5A0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72CC8871" w14:textId="77777777" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
-[...101 lines deleted...]
-          <w:p w14:paraId="6EFDCBC1" w14:textId="77777777" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+          <w:p w14:paraId="4C87CB4C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="108F0A17" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A82C1E9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6555F244" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D3C06C0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72DBCABD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FDB070" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w14:paraId="07AB8218" w14:textId="77777777" w:rsidTr="006F37C4">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="55C38E82" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="291ACFCC" w14:textId="77777777" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+          <w:p w14:paraId="57374FEB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="04A28181" w14:textId="2F7ECD10" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0001CFD4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>32,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="694EF4C6" w14:textId="0A8AB787" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="608EA93E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>36,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="151131A4" w14:textId="1586616D" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFF9653" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAA0EA9" w14:textId="77777777" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
-[...101 lines deleted...]
-          <w:p w14:paraId="192A527F" w14:textId="77777777" w:rsidR="00AA1A87" w:rsidRPr="001C62BB" w:rsidRDefault="00AA1A87" w:rsidP="00AA1A87">
+          <w:p w14:paraId="7736DDF1" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EED670E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44974B58" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B323ED7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A1B012" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42EC8705" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0704948D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="59AA8FC9" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="008560C7">
+    <w:p w14:paraId="4A3EEE4A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F5AED47" w14:textId="77777777" w:rsidR="003308A4" w:rsidRPr="001C62BB" w:rsidRDefault="003308A4" w:rsidP="008560C7">
+    <w:p w14:paraId="6B485749" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E4DC623" w14:textId="67571070" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00814238" w:rsidP="00573F4C">
+    <w:p w14:paraId="51497385" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Варіант </w:t>
+        <w:t>Варіант 8.</w:t>
       </w:r>
-      <w:r w:rsidR="00E67E4E" w:rsidRPr="001C62BB">
-[...9 lines deleted...]
-      <w:r w:rsidR="00E67E4E" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>Залежність продуктивності праці Y (</w:t>
+        <w:t xml:space="preserve"> Залежність продуктивності праці Y (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="002973F0" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>тис.грн</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="002973F0" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.) від питомої ваги працівників з технічною освітою X (%)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00573F4C" w:rsidRPr="001C62BB" w14:paraId="7B3DAD9F" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="4F800B2B" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68B7049B" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="09E193A8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50388A9F" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="2DEA3B72" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="242AC736" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="0DF74CB9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1829271B" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="6347138C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DCDEB08" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="38C5C07F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FBE82E6" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="15768B6D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB08819" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="7FCF8C6A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5161F90E" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="584ACB12" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="369C5CFD" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="485D6873" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27A813A7" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="427CE7BB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7606BAEB" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="4CD2D69C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E481D" w:rsidRPr="001C62BB" w14:paraId="763D6B66" w14:textId="77777777" w:rsidTr="00F65F5E">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="573BD579" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="083AAE77" w14:textId="77777777" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+          <w:p w14:paraId="7E394B0E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4E43CEE4" w14:textId="2F987406" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77016180" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1A64DB7E" w14:textId="6D76D871" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0670CD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2A45425F" w14:textId="3A4427E2" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11222159" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3E1008EF" w14:textId="13872A64" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="656601A3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="08338B2D" w14:textId="0514207C" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1559ADCC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3C6EE25D" w14:textId="553EAFF6" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C6D2DF2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="04EED94A" w14:textId="2242F5BE" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="738877A6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5A1294A4" w14:textId="35CB5C47" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55631A3B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="15DD5097" w14:textId="705A59F9" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F23E3F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="666971BE" w14:textId="43C46F3B" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="494AD78B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E481D" w:rsidRPr="001C62BB" w14:paraId="67D305F1" w14:textId="77777777" w:rsidTr="00F65F5E">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="564A806B" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4E1F0B" w14:textId="77777777" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+          <w:p w14:paraId="2D7964F7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2909AD8F" w14:textId="367B2275" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="252321B0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="73540224" w14:textId="014F91FC" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD01B21" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="78E30BF2" w14:textId="6F92A057" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DAD91AF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="394E4045" w14:textId="09A44E0E" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BAD878" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0A046C90" w14:textId="34955226" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="490F2AAA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="66C58D74" w14:textId="6365CDFA" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E4A900" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="43D07D5F" w14:textId="1E9EFB83" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10345EC3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3460</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3066845F" w14:textId="735FFCE5" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="442418AF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="67F108B3" w14:textId="7659D8DA" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D3D41B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="24E7B337" w14:textId="2AC475A1" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="547CE42D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573F4C" w:rsidRPr="001C62BB" w14:paraId="7D160B1C" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="2120C1F1" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2597DAE6" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="032D5C32" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB5760E" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="7E369D09" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="457EE262" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="10336F4A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FBFA7A3" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="20412E98" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="668EF07A" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="7FA54658" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14AC777A" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="0288A8F7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3770402A" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="4FC6BD1C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="685A519D" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="1651A98D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF9E360" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="55E2508D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C94D6EE" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="66391241" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25064872" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="367E2A12" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E481D" w:rsidRPr="001C62BB" w14:paraId="22696A20" w14:textId="77777777" w:rsidTr="00526CFE">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="299D0858" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51B53F3C" w14:textId="77777777" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+          <w:p w14:paraId="00BD0662" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3147C99F" w14:textId="2989609B" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EAA8A2E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2A0EB706" w14:textId="75EBA0A3" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F8409D7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="119027FD" w14:textId="6DF636CB" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="277A372D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="625AE156" w14:textId="4E86A960" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16A38A6C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="53838492" w14:textId="26A5EFFA" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B02193E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7781B731" w14:textId="51B096F3" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
-[...67 lines deleted...]
-          <w:p w14:paraId="1134673E" w14:textId="77777777" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+          <w:p w14:paraId="3A8F285B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="210BF3D1" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62955AB6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C5E464" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D795DD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E481D" w:rsidRPr="001C62BB" w14:paraId="52DBBCD0" w14:textId="77777777" w:rsidTr="00526CFE">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="733B37A8" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="411914BB" w14:textId="77777777" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+          <w:p w14:paraId="0855CF45" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7A3D323B" w14:textId="1AE9EB88" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EFD3F7D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="18BCFBA5" w14:textId="0AB1FB7D" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34798BCE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4270</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="250EA64F" w14:textId="32D529CD" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F53F2B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3E0EF579" w14:textId="4CFF5A7D" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C852C97" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5EEBF574" w14:textId="4868F3B8" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C0C59C6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4270</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D343C75" w14:textId="7E9BBD18" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
-[...67 lines deleted...]
-          <w:p w14:paraId="7302F0C5" w14:textId="77777777" w:rsidR="008E481D" w:rsidRPr="001C62BB" w:rsidRDefault="008E481D" w:rsidP="008E481D">
+          <w:p w14:paraId="40DCCE42" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71E17ED5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72CBAECE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AFE17BD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E16DB9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52E74C28" w14:textId="77777777" w:rsidR="003308A4" w:rsidRPr="001C62BB" w:rsidRDefault="003308A4" w:rsidP="008560C7">
+    <w:p w14:paraId="41D325FC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E617725" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="008560C7">
+    <w:p w14:paraId="5C651B6C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C248D66" w14:textId="0B3FBE2D" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00814238" w:rsidP="00573F4C">
+    <w:p w14:paraId="2DD9E723" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Варіант </w:t>
+        <w:t>Варіант 9.</w:t>
       </w:r>
-      <w:r w:rsidR="00E67E4E" w:rsidRPr="001C62BB">
-[...9 lines deleted...]
-      <w:r w:rsidR="00E67E4E" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Залежність кількості телефонів на 1000 осіб </w:t>
       </w:r>
-      <w:r w:rsidR="00F66AEF" w:rsidRPr="001C62BB">
-[...8 lines deleted...]
-      <w:r w:rsidR="00573F4C" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidR="00573F4C" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (штук) від ВВП на душу населення X (ум. од.) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00573F4C" w:rsidRPr="001C62BB" w14:paraId="37C623ED" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="7DE6A6A7" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31515C6B" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="1B84E895" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="195350F6" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="54DB5ED0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C55A9E9" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="7ED144B9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D64207D" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="3D467461" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="353F5B3D" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="52EB7ACA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A9C0881" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="2ED27126" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EFF126F" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="5A4B8982" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A72F070" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="1EE71DBD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="767EB06E" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="236CA983" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7543718E" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="1AAFD5DE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37684FB2" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="66AC5FDE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00812E5B" w:rsidRPr="001C62BB" w14:paraId="3FCBBAE9" w14:textId="77777777" w:rsidTr="00966096">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="381F057E" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="475D00C8" w14:textId="77777777" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+          <w:p w14:paraId="14946129" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="55F3CFA6" w14:textId="79C0B4B0" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B602B8D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1589</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0571E8BA" w14:textId="768730CA" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="537388E7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1757</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7DF9DDBD" w14:textId="13B1189F" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1257E71A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4628</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="75BCA85F" w14:textId="03BDCF95" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51499A79" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2204</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="61944982" w14:textId="2B27107A" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB7FF7B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7253</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="10D4E9F4" w14:textId="392CABA2" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D0DE43" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2723</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="531FF46E" w14:textId="6C53AAE1" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07EB7C3F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3317</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0BF1020C" w14:textId="0DEE5033" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="700A306F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3033</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="37E830EB" w14:textId="06ED28B4" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F11154" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3575</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="61A987CD" w14:textId="3BED0E09" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="283298DC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4286</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00812E5B" w:rsidRPr="001C62BB" w14:paraId="758BADC2" w14:textId="77777777" w:rsidTr="00966096">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="217DF080" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05CE44A8" w14:textId="77777777" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+          <w:p w14:paraId="192276E3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="552C837F" w14:textId="0C027734" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A379A36" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="27BD8E42" w14:textId="0489C2A5" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2223E8DA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2E073BC4" w14:textId="07413151" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A8C7DD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>223</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="668C941C" w14:textId="03F9D63E" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24084CDE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3A1AE212" w14:textId="71D3DE72" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D79A37B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>302</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="345F9598" w14:textId="56530675" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E81A6C8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="51FAC5E1" w14:textId="0666D976" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE845A8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1C862487" w14:textId="5312633C" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC539BD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="61341613" w14:textId="5C3415FA" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C44DD4E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="263FB83C" w14:textId="79817D3E" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38EAC46A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573F4C" w:rsidRPr="001C62BB" w14:paraId="208C0F64" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="12C1CA8B" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A95F520" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="778017BE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35E973AA" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="081BCB8A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58070C96" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="2D5C15D2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="217AA971" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="40BDE4F8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79C30A72" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="5005C31A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A74B2AC" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="081AA174" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79F742AD" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="00B08CED" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC5F105" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="101B12E7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DBBFE32" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="79B0E13C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4013928A" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="11BDC4C8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49E991D2" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="3832DFD5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00812E5B" w:rsidRPr="001C62BB" w14:paraId="56E6D402" w14:textId="77777777" w:rsidTr="003B7230">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="07FFEF09" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38372A99" w14:textId="77777777" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+          <w:p w14:paraId="2F83FA02" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3769FD0F" w14:textId="45B356CD" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="751AEB73" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="781DFB3E" w14:textId="3D2FEFDD" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C79AFB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3784</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="313C6EB6" w14:textId="0A90D47C" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="189160EF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2462</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="76701940" w14:textId="7EDB7D2D" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C406AD2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5038</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4585A3FC" w14:textId="465FB225" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4EC464" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="32F0DE94" w14:textId="60E6B39D" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED122D1" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1974</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D979A0C" w14:textId="5D592077" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
-[...50 lines deleted...]
-          <w:p w14:paraId="27B7F2B5" w14:textId="77777777" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+          <w:p w14:paraId="18319ABF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="420A5DAA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B81927" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA9B135" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00812E5B" w:rsidRPr="001C62BB" w14:paraId="77272DBB" w14:textId="77777777" w:rsidTr="003B7230">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="22E3CB9B" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70602ACA" w14:textId="77777777" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+          <w:p w14:paraId="0081E944" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="34566DF6" w14:textId="51B83081" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12DE83A3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>163</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="72C54377" w14:textId="31E54F20" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6CC4F3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="14BA28EA" w14:textId="74CEA828" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CCA795" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="44C05613" w14:textId="5EC5FD64" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5645E6C1" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>269</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="21B2F22B" w14:textId="6FCBB3CC" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52B25BF8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>291</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6901183C" w14:textId="268D3C62" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7F1B7A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A0BB3F9" w14:textId="3F3F50CB" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
-[...50 lines deleted...]
-          <w:p w14:paraId="378B5420" w14:textId="77777777" w:rsidR="00812E5B" w:rsidRPr="001C62BB" w:rsidRDefault="00812E5B" w:rsidP="00812E5B">
+          <w:p w14:paraId="6A4DDDC0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48410510" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="016C0963" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B0D4E3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35126488" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="008560C7">
+    <w:p w14:paraId="1806AEB3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DA78A27" w14:textId="77777777" w:rsidR="003308A4" w:rsidRPr="001C62BB" w:rsidRDefault="003308A4" w:rsidP="008560C7">
+    <w:p w14:paraId="5368B965" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F6BBE5A" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00814238" w:rsidP="00573F4C">
+    <w:p w14:paraId="739D27E6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk162012066"/>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Варіант </w:t>
+        <w:t>Варіант 10.</w:t>
       </w:r>
-      <w:r w:rsidR="00E67E4E" w:rsidRPr="001C62BB">
-[...10 lines deleted...]
-      <w:r w:rsidR="00E67E4E" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Залежність виходу цукру з 1 т переробленої сировини </w:t>
       </w:r>
-      <w:r w:rsidR="00297B70" w:rsidRPr="001C62BB">
-[...8 lines deleted...]
-      <w:r w:rsidR="00573F4C" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidR="00573F4C" w:rsidRPr="001C62BB">
+      <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> (%)</w:t>
+        <w:t xml:space="preserve"> (кг) від цукристості буряку X (%)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00573F4C" w:rsidRPr="001C62BB" w14:paraId="2BAE469E" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="0315D1E2" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="237267C7" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
-[...11 lines deleted...]
-            <w:bookmarkStart w:id="1" w:name="_Hlk161959812"/>
+          <w:p w14:paraId="6F10A0BB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7703F20A" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="6BF321A3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D69650A" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="695E6638" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F5610C3" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="658463DC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23CE0AD8" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="22F7CFE2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3282B9A4" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="17EEC63A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C1892C1" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="3E377098" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35C2EF93" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="6FE742AB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="126D9EBD" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="15F596F4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="126F8551" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="09ACD9CC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5A20EF" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="472C21B4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00301928" w:rsidRPr="001C62BB" w14:paraId="5D7A60BB" w14:textId="77777777" w:rsidTr="00543092">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="59DAE5FE" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57D7F46A" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+          <w:p w14:paraId="77217642" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="12C85842" w14:textId="3A3BBBC8" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C2B3CB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2AEE95F9" w14:textId="2B7B9A90" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D786038" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1DFC3B90" w14:textId="587F2533" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E100648" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7085CF70" w14:textId="7317C74A" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37CDCC00" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5873EA81" w14:textId="697AA70D" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D17FFA7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="71F84993" w14:textId="1DD4EDC6" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB799D6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5D2B9020" w14:textId="385721B5" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A957D6F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6B45020D" w14:textId="1802E445" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F9EB3C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="516C922D" w14:textId="799200C4" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75C22374" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4D30A017" w14:textId="02427ED7" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D6FDFF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00301928" w:rsidRPr="001C62BB" w14:paraId="1CB7D157" w14:textId="77777777" w:rsidTr="00543092">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="6E3AD360" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ADDBFA0" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+          <w:p w14:paraId="3DB6309E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="680D20DC" w14:textId="02248EBE" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1173F418" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5AB2798D" w14:textId="31F2E803" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2867F644" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>133</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0BEE0A11" w14:textId="0DC5FAB4" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="375F555D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>140</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4604DA9C" w14:textId="5EE03CC3" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5A8F46" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4343617F" w14:textId="0AF45728" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30375D01" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0B002247" w14:textId="1E73D61C" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F7AA68" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1F2FA8CE" w14:textId="09B96EAC" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="765136B6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>129</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="026BA45B" w14:textId="474B54EC" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24ACE9A4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>128</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="768CEF67" w14:textId="6516DDCD" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="188C066E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="17C9330A" w14:textId="14E91B69" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EDF793C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573F4C" w:rsidRPr="001C62BB" w14:paraId="3CB5C3D6" w14:textId="77777777" w:rsidTr="00573F4C">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="38707ABB" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52E6ADC0" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="61CC0F3F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76A492F6" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="6C71CA03" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22A6DD02" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="645FC508" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76795018" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="4916AC22" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="270295AB" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="05D6613B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="293478CB" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="0C5CD5D9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D0ADC03" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="6084AF43" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04A737E2" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="5D44777A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E1795F2" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="26A870DE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09E02B46" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="26FEBD8E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77E8E568" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="00573F4C">
+          <w:p w14:paraId="15BAC050" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00301928" w:rsidRPr="001C62BB" w14:paraId="74C1D50D" w14:textId="77777777" w:rsidTr="007F47BE">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="02EF7F5E" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2426C8BA" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+          <w:p w14:paraId="4E211E37" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7EEF5531" w14:textId="1CF4DEC6" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67910C5A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3EA43FE6" w14:textId="6D275165" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4293D9DF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E342136" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
-[...118 lines deleted...]
-          <w:p w14:paraId="3D335147" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+          <w:p w14:paraId="3D1A1F8C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E39080A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF63ABA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D37DC44" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="130A0FB9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0409D8CB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CE9A26" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78FC5255" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00301928" w:rsidRPr="001C62BB" w14:paraId="2234BB46" w14:textId="77777777" w:rsidTr="007F47BE">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="6740D11E" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B173FC5" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+          <w:p w14:paraId="38F5EF9F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="55F63FB5" w14:textId="488433F1" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF682A0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>142</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="62F6E61B" w14:textId="5789ADEC" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04FE1922" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>138</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34E69478" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
-[...118 lines deleted...]
-          <w:p w14:paraId="2459C058" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+          <w:p w14:paraId="2316DB23" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE18084" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0C27A2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29597055" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="673737BB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C61EC61" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B63135" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8AB4A4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="5C0134F5" w14:textId="77777777" w:rsidR="00573F4C" w:rsidRPr="001C62BB" w:rsidRDefault="00573F4C" w:rsidP="006819AD">
+    <w:p w14:paraId="3CA34810" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="087E3DF3" w14:textId="5215B671" w:rsidR="001F507E" w:rsidRPr="001C62BB" w:rsidRDefault="001F507E" w:rsidP="006819AD">
+    <w:p w14:paraId="5F105152" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F3AED40" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="006819AD">
-[...32 lines deleted...]
-    <w:p w14:paraId="10F07F56" w14:textId="71E8B04C" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="006819AD">
+    <w:p w14:paraId="100CA9E2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Варіант 11. </w:t>
       </w:r>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Залежність між денним товарообігом Y (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>тис.грн</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001C62BB">
@@ -21405,5868 +20596,5806 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.) і середньоденною інтенсивністю потоку покупців X (осіб/день)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006819AD" w:rsidRPr="001C62BB" w14:paraId="1121BB30" w14:textId="77777777" w:rsidTr="005B256B">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="0A0045B1" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1198D4D2" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
-[...11 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="_Hlk162012151"/>
+          <w:p w14:paraId="50DDF694" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F292EF1" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="6E495D6F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59FAA54C" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="0F926B15" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FA434F7" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="7F22AC90" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5990D832" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="70430965" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24C2E8BB" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="56CC55E9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64671D5B" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="7808ACF9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62DE1A93" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="7FE0CAC8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DAE7687" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="6DD06472" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29062649" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="6EAA6B1D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF78121" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="1ADC2190" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00301928" w:rsidRPr="001C62BB" w14:paraId="7A14F4DD" w14:textId="77777777" w:rsidTr="000A41D1">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="49D3045F" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5616DF00" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+          <w:p w14:paraId="477E4981" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4675F68A" w14:textId="6E32540B" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D6A82A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="367FE96B" w14:textId="72C4189A" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FFE25FB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="642A8D2E" w14:textId="1BF9FDCC" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2403D60B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4F76F959" w14:textId="3390FAFB" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42371EE4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2248AACB" w14:textId="023A41F9" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A8E1D3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="58CCF0F5" w14:textId="287C6E87" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04EC430F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4944BE38" w14:textId="15A66DB6" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D53D09" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6D4254AA" w14:textId="19DD5638" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D937103" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="24B6F44C" w14:textId="772C8C70" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C636BE9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="19C6C8E0" w14:textId="47EFE8A1" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2FB22C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00301928" w:rsidRPr="001C62BB" w14:paraId="07F07598" w14:textId="77777777" w:rsidTr="000A41D1">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="77E1574E" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1102CB08" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+          <w:p w14:paraId="3F5B87CE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3333B86A" w14:textId="2726CF3C" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3575B4C4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6236916C" w14:textId="024D434B" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA48F40" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>21,42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6275D10C" w14:textId="541772D9" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67189876" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11,66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5CE19A04" w14:textId="1DE57518" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="359DDDC8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="55DE716E" w14:textId="0810DA7C" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0451FF40" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>35,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="51B26AF7" w14:textId="06BA1416" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B9F990" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="44BE760C" w14:textId="6732A6E8" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A7F5CE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="59C38EE9" w14:textId="559C6AF9" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="538DE0A3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3E4E77B5" w14:textId="3570DEDD" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04EFB059" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>24,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="63532648" w14:textId="34E5F3AA" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4D05B8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>31,20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006819AD" w:rsidRPr="001C62BB" w14:paraId="3B274F40" w14:textId="77777777" w:rsidTr="005B256B">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="153D3A6E" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EDC0F1A" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="1ADF4818" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3C2BD7" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="02DD84D5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E6AB750" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="073D9721" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F075A98" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="60DB85DC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="182B4D97" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="60AB3495" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="504C6190" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="230D29B9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D47A4A3" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="4B065FC5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6083B417" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="4E94DFEF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37A0BD02" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="405FA5B9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7FC9B9" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="30657224" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D6A896F" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="005B256B">
+          <w:p w14:paraId="3ED890F1" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00301928" w:rsidRPr="001C62BB" w14:paraId="1190A6F7" w14:textId="77777777" w:rsidTr="00D56D49">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="7B8A2A29" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E18219D" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+          <w:p w14:paraId="68F74F5F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2ECE7C4C" w14:textId="0D27A23B" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72ACDF4D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4283379E" w14:textId="1CB2283A" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CFF8D79" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3EF9713B" w14:textId="0A1C5B03" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E34894" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0279AD31" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
-[...101 lines deleted...]
-          <w:p w14:paraId="4CB6881D" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+          <w:p w14:paraId="046425B8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1107B00E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF9C301" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EBAE6DC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63377C88" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62B15BEC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="492069DD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00301928" w:rsidRPr="001C62BB" w14:paraId="32A99BB0" w14:textId="77777777" w:rsidTr="00D56D49">
+      <w:tr w:rsidR="00102243" w:rsidRPr="001C62BB" w14:paraId="437876FD" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="756210D1" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+          <w:p w14:paraId="7E804FCA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4E2C1FE1" w14:textId="28084174" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B8203FA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0DCFE19E" w14:textId="724921D3" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DF5094" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>36,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7B0F2CEE" w14:textId="7176B41D" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="432337E6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C62BB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>32,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="103BB20E" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
-[...101 lines deleted...]
-          <w:p w14:paraId="241AC94F" w14:textId="77777777" w:rsidR="00301928" w:rsidRPr="001C62BB" w:rsidRDefault="00301928" w:rsidP="00301928">
+          <w:p w14:paraId="39244F3E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4100CB73" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5689D105" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00248948" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B3482E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE4C8F5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFE2259" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
-    <w:p w14:paraId="69A82F95" w14:textId="77777777" w:rsidR="006819AD" w:rsidRPr="001C62BB" w:rsidRDefault="006819AD" w:rsidP="006819AD">
+    <w:p w14:paraId="7F79ACC3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47B83B5B" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="001C62BB" w:rsidRDefault="00693A39" w:rsidP="006819AD">
+    <w:p w14:paraId="79E5A168" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="001C62BB" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1900DE9A" w14:textId="31451B7D" w:rsidR="00464E84" w:rsidRDefault="00724151" w:rsidP="00724151">
+    <w:p w14:paraId="796E1AA0" w14:textId="77777777" w:rsidR="00102243" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk162555680"/>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Варіант 12.</w:t>
       </w:r>
       <w:r w:rsidRPr="001C62BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Залежність між якістю заготовленої овочевої сировини консервним комбінатом Y (%) та відстанню перевезень X (км)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00693A39" w:rsidRPr="008560C7" w14:paraId="574EAA0F" w14:textId="77777777" w:rsidTr="005B256B">
+      <w:tr w:rsidR="00102243" w:rsidRPr="008560C7" w14:paraId="4B7E2374" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B64D394" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="1000521B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56159A5F" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="775A9186" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15D024E7" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="688DB8F7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D246517" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="1FFDBC2A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="284725E2" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="64286854" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C8512C3" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="7D374CE2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="282D9D81" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="4D8D694B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79002F75" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="450D515D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1729944B" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="2AF744F0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="312AAD3B" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="6B1C7118" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D447BD0" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="3D2B919E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00810EAA" w:rsidRPr="00724151" w14:paraId="0BF0A599" w14:textId="77777777" w:rsidTr="00E57FC8">
+      <w:tr w:rsidR="00102243" w:rsidRPr="00724151" w14:paraId="121A82BC" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FDEF6EF" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+          <w:p w14:paraId="4122F6CD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="27B427D6" w14:textId="52931038" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7562F242" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4568FDB4" w14:textId="70B45957" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF4BB5F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="67D9CEBC" w14:textId="5838201F" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC50CD9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>157</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="29DCF52A" w14:textId="1F330062" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="148A9283" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1CB61132" w14:textId="2E465F55" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23236F7A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0FBE62D7" w14:textId="65D741A9" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21786487" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="15E28403" w14:textId="05EB6B95" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B55447" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2DEF1985" w14:textId="6FF1DA2E" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="216EFB57" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>148</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="48B2C028" w14:textId="7C93D223" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39AD0063" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>174</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0C82AB41" w14:textId="433032F2" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF4B041" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00810EAA" w:rsidRPr="00724151" w14:paraId="122E2C96" w14:textId="77777777" w:rsidTr="00E57FC8">
+      <w:tr w:rsidR="00102243" w:rsidRPr="00724151" w14:paraId="3E0E86F6" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0D8EEA" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+          <w:p w14:paraId="1E1626F6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6530608D" w14:textId="6C4C8F0C" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E17BD7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0BF4EE3F" w14:textId="5E3DC2B8" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F58C418" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4E64A560" w14:textId="4FAF2110" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B679027" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="06294073" w14:textId="2D5521F1" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F12144A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="779A36D1" w14:textId="4C56E4F4" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A138EC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7235F538" w14:textId="0627B1AB" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B1167A3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1B0D6AF2" w14:textId="5913AC72" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C1B101" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6CCC744B" w14:textId="308DF1E8" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B05692" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7A964BCA" w14:textId="462B5631" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F5E566" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="72E68FF9" w14:textId="3270AACD" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="416E4309" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00693A39" w:rsidRPr="00724151" w14:paraId="3D52E8A0" w14:textId="77777777" w:rsidTr="005B256B">
+      <w:tr w:rsidR="00102243" w:rsidRPr="00724151" w14:paraId="5BF41D27" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="107123FA" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="4E5C6B46" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F7DEB1C" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="4A8C4973" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CB18156" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="02EAA5A3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40BBBD39" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="7EE0FE0E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D570CA5" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="187F66DC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F8D0716" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="6A99D592" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30559542" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="2AA31F1A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E4BDCA4" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="4EECF2D9" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F5C6D5A" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="732D56D4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37DBCD25" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="2D6907B7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0659C7CE" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="3159C555" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00810EAA" w:rsidRPr="00724151" w14:paraId="65A433F3" w14:textId="77777777" w:rsidTr="009953C5">
+      <w:tr w:rsidR="00102243" w:rsidRPr="00724151" w14:paraId="6068A868" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30B32435" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+          <w:p w14:paraId="3F0F41C0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6380D62D" w14:textId="062D2054" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="475A41C2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="60A55CC7" w14:textId="3D3B32F9" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C99959A" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42E535BB" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
-[...118 lines deleted...]
-          <w:p w14:paraId="5D5D76D2" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+          <w:p w14:paraId="5B0D24E3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="224D00B1" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F20532C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1623CD20" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76810E20" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5007E918" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A862724" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67987FB8" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00810EAA" w:rsidRPr="00724151" w14:paraId="50E91A36" w14:textId="77777777" w:rsidTr="009953C5">
+      <w:tr w:rsidR="00102243" w:rsidRPr="00724151" w14:paraId="4E848144" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6769CD10" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+          <w:p w14:paraId="2A119392" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="60ECCC35" w14:textId="03D21AB5" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F571031" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7762EE95" w14:textId="6601CEDA" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1524EE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2967C876" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
-[...118 lines deleted...]
-          <w:p w14:paraId="30087E7C" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+          <w:p w14:paraId="2836A57D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53777CE2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29FEC717" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2880CB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E1B181" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07637FD4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2B92F4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15B15131" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3AC7A417" w14:textId="77777777" w:rsidR="00693A39" w:rsidRDefault="00693A39" w:rsidP="006819AD">
+    <w:p w14:paraId="4C5FFDF2" w14:textId="77777777" w:rsidR="00102243" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="136C6908" w14:textId="1E016747" w:rsidR="00693A39" w:rsidRPr="001C62BB" w:rsidRDefault="00724151" w:rsidP="00724151">
+    <w:p w14:paraId="199E0A81" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00FD48DA" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D0BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Варіант 13. </w:t>
       </w:r>
       <w:r w:rsidRPr="002D0BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Залежність між доходністю кредитних операцій комерційного банку Y (%) та розміром кредитної ставки X (%)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="926"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
         <w:gridCol w:w="927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00693A39" w:rsidRPr="008560C7" w14:paraId="631652F5" w14:textId="77777777" w:rsidTr="005B256B">
+      <w:tr w:rsidR="00102243" w:rsidRPr="008560C7" w14:paraId="49863A43" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2D9476" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="5F05A551" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42A56B6D" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="76A405F0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F17187A" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="0D84CF83" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1412DF08" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="3B1989DD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33030029" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="5DCAC2BE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1529FEF6" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="469DDC99" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0726E396" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="3124B0CD" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79F59827" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="679F6C6E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DDB05E1" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="6A0FAE7F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="367D705D" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="76A6259C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="054C81A5" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="008560C7" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="5EFDCBF4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="008560C7" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008560C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00810EAA" w:rsidRPr="00724151" w14:paraId="2D9B9A2E" w14:textId="77777777" w:rsidTr="003F5E0D">
+      <w:tr w:rsidR="00102243" w:rsidRPr="00724151" w14:paraId="34CC4EC3" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A796DCC" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+          <w:p w14:paraId="3D760863" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4F76216C" w14:textId="5DB6A3C5" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="742C94F4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="01ECFECF" w14:textId="4BBC80ED" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D5B506B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>24,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7BF8051E" w14:textId="4C6162BA" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63291BC5" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>35,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="74E93966" w14:textId="0297B904" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1B3AFE" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>31,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="324BE562" w14:textId="7B64403F" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB307BB" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>29,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="24ABA6A9" w14:textId="690DF277" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="553C4229" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>25,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="682574DD" w14:textId="5DE23EA0" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C305B3" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>36,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="00012977" w14:textId="712D34CD" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBE5F98" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>32,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="47A07247" w14:textId="7F824748" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01663392" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>30,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="714CE289" w14:textId="413027FE" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48D52A80" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>31,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00810EAA" w:rsidRPr="00724151" w14:paraId="1C65B03C" w14:textId="77777777" w:rsidTr="003F5E0D">
+      <w:tr w:rsidR="00102243" w:rsidRPr="00724151" w14:paraId="56F9161F" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4576ACA7" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+          <w:p w14:paraId="1CF6611D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="74CA699E" w14:textId="62444FEB" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F859F2" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>59,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1442C245" w14:textId="26E347D3" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9F6C88" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>61,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="60238BE2" w14:textId="5C1B4250" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B139286" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>64,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4EBA4D7E" w14:textId="54646535" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E8CE90" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>63,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5C3BC64B" w14:textId="4491B17A" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66492069" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>63,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7C331E2F" w14:textId="08F54FC7" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6D3B88" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>61,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5019E357" w14:textId="5F1D65AB" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F918CA6" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>64,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0C335A99" w14:textId="6B006E73" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCD97A4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>64,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="292758D4" w14:textId="57908689" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="033F5888" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>62,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="65878E29" w14:textId="57F206C4" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="303406E4" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>64,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00693A39" w:rsidRPr="00724151" w14:paraId="7734B1B0" w14:textId="77777777" w:rsidTr="005B256B">
+      <w:tr w:rsidR="00102243" w:rsidRPr="00724151" w14:paraId="43354DD1" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0426B283" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="2CD28412" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B9AEE5B" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="23217418" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61B6FDB0" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="556F701E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="442F209B" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="2F2D1FF7" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F02A1B7" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="7130243D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0302C74B" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="5EEB2C5F" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA44B9C" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="7F122E38" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65F55E76" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="77842841" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1135CDF4" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="24094704" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="582AD17F" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="12F6329B" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB3D664" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="00724151" w:rsidRDefault="00693A39" w:rsidP="005B256B">
+          <w:p w14:paraId="0A002919" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00810EAA" w:rsidRPr="00724151" w14:paraId="45948ED8" w14:textId="77777777" w:rsidTr="00742E6B">
+      <w:tr w:rsidR="00102243" w:rsidRPr="00724151" w14:paraId="03CCC165" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B91946A" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+          <w:p w14:paraId="6EF72B6E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5AF77A80" w14:textId="5145A744" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4A195E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>30,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="63237217" w14:textId="36DFBA2A" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04BBEF1D" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>28,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61DCC447" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
-[...118 lines deleted...]
-          <w:p w14:paraId="3E68626C" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+          <w:p w14:paraId="38D0D559" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E957872" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="073A8156" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A808480" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F680E8C" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3602E7DA" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28856B9E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="217E4293" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00810EAA" w:rsidRPr="00724151" w14:paraId="570D47A9" w14:textId="77777777" w:rsidTr="00742E6B">
+      <w:tr w:rsidR="00102243" w:rsidRPr="00724151" w14:paraId="2FB690FE" w14:textId="77777777" w:rsidTr="00531662">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F38C47D" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+          <w:p w14:paraId="6123F7D0" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724151">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6FD6EF4F" w14:textId="4E3F259E" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE6C246" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>63,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="23A7AC4D" w14:textId="0F01AE8A" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB7DDDC" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>62,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7289D086" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
-[...118 lines deleted...]
-          <w:p w14:paraId="439F730B" w14:textId="77777777" w:rsidR="00810EAA" w:rsidRPr="00724151" w:rsidRDefault="00810EAA" w:rsidP="00810EAA">
+          <w:p w14:paraId="0EC70004" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03584AAF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D35DC03" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46464105" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1039463E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="004881CF" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A88809" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7477B70E" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00724151" w:rsidRDefault="00102243" w:rsidP="00531662">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="213451A9" w14:textId="77777777" w:rsidR="00693A39" w:rsidRDefault="00693A39" w:rsidP="006819AD">
+    <w:p w14:paraId="09E53253" w14:textId="77777777" w:rsidR="00102243" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="413DB5B2" w14:textId="77777777" w:rsidR="00693A39" w:rsidRDefault="00693A39" w:rsidP="006819AD">
+    <w:p w14:paraId="38C849A8" w14:textId="77777777" w:rsidR="00102243" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4713DC2E" w14:textId="77777777" w:rsidR="00693A39" w:rsidRPr="006819AD" w:rsidRDefault="00693A39" w:rsidP="006819AD">
+    <w:p w14:paraId="76BE9203" w14:textId="77777777" w:rsidR="00102243" w:rsidRDefault="00102243" w:rsidP="00102243">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00693A39" w:rsidRPr="006819AD" w:rsidSect="0025628C">
+    <w:p w14:paraId="42B12E78" w14:textId="77777777" w:rsidR="00102243" w:rsidRPr="00814238" w:rsidRDefault="00102243" w:rsidP="008155DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00102243" w:rsidRPr="00814238" w:rsidSect="0025628C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="567" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB17E4"/>
     <w:rsid w:val="00015F4D"/>
     <w:rsid w:val="00027B1D"/>
     <w:rsid w:val="00035F5B"/>
     <w:rsid w:val="00047040"/>
     <w:rsid w:val="00053100"/>
     <w:rsid w:val="000D0655"/>
+    <w:rsid w:val="00102243"/>
     <w:rsid w:val="001043B5"/>
     <w:rsid w:val="00110163"/>
     <w:rsid w:val="00111668"/>
     <w:rsid w:val="00154C5C"/>
     <w:rsid w:val="00173914"/>
     <w:rsid w:val="001775A5"/>
     <w:rsid w:val="001B46D2"/>
     <w:rsid w:val="001C62BB"/>
     <w:rsid w:val="001D5A8B"/>
     <w:rsid w:val="001E3862"/>
     <w:rsid w:val="001F507E"/>
     <w:rsid w:val="00206159"/>
     <w:rsid w:val="00220191"/>
     <w:rsid w:val="00226981"/>
     <w:rsid w:val="0025628C"/>
     <w:rsid w:val="00272C44"/>
     <w:rsid w:val="002973F0"/>
     <w:rsid w:val="00297B70"/>
     <w:rsid w:val="002A1A15"/>
     <w:rsid w:val="002A2FC4"/>
     <w:rsid w:val="002B3FE2"/>
     <w:rsid w:val="002B46C5"/>
     <w:rsid w:val="002C19B0"/>
     <w:rsid w:val="002D0BEA"/>
     <w:rsid w:val="002D4FD2"/>
     <w:rsid w:val="00301928"/>
     <w:rsid w:val="003308A4"/>
     <w:rsid w:val="00342E12"/>
     <w:rsid w:val="00352DF1"/>
     <w:rsid w:val="00377DC4"/>
     <w:rsid w:val="003E662D"/>
     <w:rsid w:val="00464E84"/>
     <w:rsid w:val="00465FB6"/>
     <w:rsid w:val="00485600"/>
+    <w:rsid w:val="00487377"/>
     <w:rsid w:val="004B4F0E"/>
     <w:rsid w:val="00523C56"/>
     <w:rsid w:val="00533E7F"/>
     <w:rsid w:val="00544C10"/>
     <w:rsid w:val="00550391"/>
     <w:rsid w:val="005601CF"/>
     <w:rsid w:val="00573521"/>
     <w:rsid w:val="00573F4C"/>
     <w:rsid w:val="00587253"/>
     <w:rsid w:val="005A495E"/>
     <w:rsid w:val="005C61F7"/>
     <w:rsid w:val="005D4F88"/>
     <w:rsid w:val="005D7C5E"/>
     <w:rsid w:val="00603643"/>
     <w:rsid w:val="0061603D"/>
     <w:rsid w:val="00645B69"/>
     <w:rsid w:val="00650120"/>
     <w:rsid w:val="006819AD"/>
     <w:rsid w:val="00682EE1"/>
     <w:rsid w:val="00691707"/>
     <w:rsid w:val="00693A39"/>
     <w:rsid w:val="006C1D86"/>
     <w:rsid w:val="006D3E35"/>
     <w:rsid w:val="006E3817"/>
+    <w:rsid w:val="007172AE"/>
     <w:rsid w:val="00724151"/>
     <w:rsid w:val="007D2C5F"/>
+    <w:rsid w:val="007E4028"/>
     <w:rsid w:val="007F2BC3"/>
     <w:rsid w:val="007F7FA4"/>
     <w:rsid w:val="00810EAA"/>
     <w:rsid w:val="008124C4"/>
     <w:rsid w:val="00812E5B"/>
     <w:rsid w:val="00814238"/>
     <w:rsid w:val="008155DA"/>
     <w:rsid w:val="0082281B"/>
     <w:rsid w:val="00843D38"/>
+    <w:rsid w:val="00851489"/>
     <w:rsid w:val="00853D23"/>
     <w:rsid w:val="008560C7"/>
     <w:rsid w:val="00866646"/>
     <w:rsid w:val="008E481D"/>
     <w:rsid w:val="008E4A73"/>
     <w:rsid w:val="008E4E54"/>
     <w:rsid w:val="008F19A3"/>
     <w:rsid w:val="00947108"/>
     <w:rsid w:val="009A5270"/>
     <w:rsid w:val="009E2B34"/>
     <w:rsid w:val="00A179FA"/>
     <w:rsid w:val="00A3331B"/>
     <w:rsid w:val="00A4602E"/>
     <w:rsid w:val="00A60F34"/>
     <w:rsid w:val="00AA1A87"/>
     <w:rsid w:val="00AA543D"/>
     <w:rsid w:val="00AE6DCA"/>
     <w:rsid w:val="00AF2C4C"/>
     <w:rsid w:val="00C913BF"/>
     <w:rsid w:val="00C91B03"/>
     <w:rsid w:val="00D17665"/>
     <w:rsid w:val="00D85C98"/>
     <w:rsid w:val="00DB17E4"/>
     <w:rsid w:val="00DC2C43"/>
     <w:rsid w:val="00E67E4E"/>
@@ -28053,77 +27182,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>3244</Words>
-  <Characters>1850</Characters>
+  <Words>1077</Words>
+  <Characters>4011</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>1002</Lines>
+  <Paragraphs>847</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5084</CharactersWithSpaces>
+  <CharactersWithSpaces>4241</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Samsung</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>